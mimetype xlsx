--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100010150097571</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Янівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)7-16-79-03</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>33140995@mail.gov.ua</t>
+          <t>bereza_nvk@berezivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://pervomayske-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Рева Микола Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>