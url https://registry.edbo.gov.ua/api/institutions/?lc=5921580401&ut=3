--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -392,52 +392,60 @@
           <t>вулиця Мурашка, 171-Б</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100030020072642</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Баничі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05444)65-4-85</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
-      <c r="R2" s="4"/>
-      <c r="S2" s="4"/>
+      <c r="R2" s="4" t="inlineStr">
+        <is>
+          <t>banihi_nvk@meta.ua</t>
+        </is>
+      </c>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/banichinvk/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Волончук Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>