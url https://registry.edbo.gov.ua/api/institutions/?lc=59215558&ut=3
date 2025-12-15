--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -367,51 +367,51 @@
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5921555800</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Шалигине, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Червона, 4</t>
+          <t>вулиця Калинова, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59100150010020034</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Шалигине</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0544)469454</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
@@ -428,74 +428,74 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>"Опорний заклад освіти Шалигинської селищної ради "Шалигинська загальноосвітня школа І-ІІІ ступенів" Шосткинського району Сумської області"</t>
+          <t>Шалигинська опорна гімназія Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>150197</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>ОЗО Шалигинської селищної ради "Шалигинська ЗОШ І-ІІІ ступенів"</t>
+          <t>Шалигинська опорна гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5921555800</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Шалигине, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
@@ -503,66 +503,66 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA59100150010020034</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Шалигине</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Шалигинської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05444)69463</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>33141119@mail.gov.ua</t>
+          <t>33141119@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://shalygyne-school.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Лошкарьова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">