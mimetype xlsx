--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5921280501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вільне, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева,, 18</t>
+          <t>вулиця Травнева,, 18</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59040030030074236</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Охтирський р-н, с. Вільне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та спорту Великописарівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05457)56418</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">