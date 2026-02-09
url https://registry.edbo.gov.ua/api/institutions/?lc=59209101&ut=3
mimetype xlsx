--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5920910100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Буринь, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 3</t>
+          <t>вулиця Вчительська, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59020030010075600</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, м. Буринь</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05454)21493</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">