--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59080130190071916</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Марківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Миколаївської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05443)94424</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>24021828@mail.gov.ua</t>
+          <t>markivka_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://markivka-school.at.ua</t>
+          <t>https://24021828.wixsite.com/markivkaschool/glavnaya</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Харченко Галина Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>