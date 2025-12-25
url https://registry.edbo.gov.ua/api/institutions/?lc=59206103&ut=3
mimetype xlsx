--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -319,363 +319,363 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянська гімназія №4 Ворожбянської міської ради Сумської області</t>
+          <t>Ворожбянська гімназія №1 Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>149512</v>
+        <v>150184</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянська гімназія №4</t>
+          <t>Ворожбянська гімназія №1</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5920610300</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вячеслава Безсокирного, 1</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05443)73260</t>
+          <t>(05443)98432, (05443)97553</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>vorogba4@gmail.com</t>
+          <t>vnvk1@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://vorozhbyanska4.ucoz.ua</t>
+          <t>https://sites.google.com/view/vnvk1</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Мірошниченко Ольга Миколаївна</t>
+          <t>Директор Біличенко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей (опорний заклад) Ворожбянської міської ради Сумської області</t>
+          <t>Ворожбянська гімназія №4 Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>149382</v>
+        <v>149512</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей (опорний заклад)</t>
+          <t>Ворожбянська гімназія №4</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5920610300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 22</t>
+          <t>вулиця Вячеслава Безсокирного, 1</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(05443)98436, (05443)97436</t>
+          <t>(05443)73260</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>vorzosh3@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S3" s="4"/>
+          <t>vorogba4@gmail.com</t>
+        </is>
+      </c>
+      <c r="S3" s="4" t="inlineStr">
+        <is>
+          <t>http://vorozhbyanska4.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Пєскова Валентина Іванівна</t>
+          <t>Директор Мірошниченко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей №1 Ворожбянської міської ради Сумської області</t>
+          <t>Ворожбянський ліцей (опорний заклад) Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>150184</v>
+        <v>149382</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей №1</t>
+          <t>Ворожбянський ліцей (опорний заклад)</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5920610300</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Центральна, 22</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(05443)98432, (05443)97553</t>
+          <t>(05443)98436, (05443)97436</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>vnvk1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vorzosh3@ukr.net</t>
+        </is>
+      </c>
+      <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Біличенко Тетяна Іванівна</t>
+          <t>Т.в.о. директора Пєскова Валентина Іванівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">