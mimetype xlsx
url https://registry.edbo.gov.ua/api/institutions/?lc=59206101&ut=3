--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -618,51 +618,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05443)9-11-75</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>bilopilskyizzso5@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Цюпка Вікторія Олегівна</t>
+          <t>Директор Шевцова Оксана Василівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">