--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05449)20232, (05449)70319</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>nvk-9@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://school9.shostka-rada.gov.ua/index.php</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бондар Галина Михайлівна</t>
+          <t>В.о. директора Ґасимова Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -1082,51 +1082,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05449)7-31-21, (05449)7-28-60</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>shostka.shkola7@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/shostka-shkola-7</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Величко Віталій Сергійович</t>
+          <t>В.о. директора Романченко Анжела Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">