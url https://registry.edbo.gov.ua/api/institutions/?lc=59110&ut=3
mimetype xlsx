--- v1 (2025-12-25)
+++ v2 (2026-03-27)
@@ -1449,362 +1449,362 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів № 6 - дошкільний навчальний заклад ім. Героя Радянського Союзу Колодко М.О. Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: спеціалізована школа І-ІІ ступенів-ліцей Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>137681</v>
+        <v>137713</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>ШНВК:ЗОШ І-ІІІ ст. № 6 - ДНЗ</t>
+          <t>Шосткинський НВК: сш І-ІІ ст.-ліцей</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Свободи, 33</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-99-81</t>
+          <t>(05449)72589, (05449)72249</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>nvk6.shostka@ukr.net</t>
+          <t>shnvk-licey@shostka-licey.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school6.shostka-rada.gov.ua/</t>
+          <t>http://lyceum.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Плацинда Оксана Леонідівна</t>
+          <t>Директор Василенко Вячеслав Миколайович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: спеціалізована школа І-ІІ ступенів-ліцей Шосткинської міської ради Сумської області"</t>
+          <t>Комунальний заклад Сумської обласної ради "Шосткинський ліцей спортивного профілю"</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>137713</v>
+        <v>148815</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Шосткинський НВК: сш І-ІІ ст.-ліцей</t>
+          <t>КЗ СОР "Шосткинський спортивний ліцей"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 33</t>
+          <t>вулиця Сумська, 4</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(05449)72589, (05449)72249</t>
+          <t>(05449)21107, (05449)70388</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>shnvk-licey@shostka-licey.com</t>
+          <t>42360261@mail.gov.ua</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum.shostka-rada.gov.ua/</t>
+          <t>https://sportlyceum.e-schools.info/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Василенко Вячеслав Миколайович</t>
+          <t>В.о. директора Рубльова Світлана Василівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Шосткинський ліцей спортивного профілю"</t>
+          <t>Шосткинська загальноосвітня школа І-ІІІ ступенів №6 - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>148815</v>
+        <v>137681</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Шосткинський спортивний ліцей"</t>
+          <t>ШЗШ І-ІІІ ступенів № 6 - ЗДО ШМР Сумської обл.</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>спортивний ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 4</t>
+          <t>вулиця Шкільна, 2А</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(05449)21107, (05449)70388</t>
+          <t>(05449)7-99-81</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>42360261@mail.gov.ua</t>
+          <t>nvk6.shostka@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://sportlyceum.e-schools.info/</t>
+          <t>http://school6.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Рубльова Світлана Василівна</t>
+          <t>В.о. директора Плацинда Оксана Леонідівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">