--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$23</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$22</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y23"/>
+  <dimension ref="A1:Y22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -767,2075 +767,1962 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-III ступенів №8 Сумської міської ради</t>
+          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>143777</v>
+        <v>143700</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №8 СМР</t>
+          <t>КУ Сумська ЗОШ №5, м. Суми</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 7</t>
+          <t>вулиця Василя Огієвського, 32</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0542)78-97-42</t>
+          <t>(0542)616205</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>school8-sumy@ukr.net</t>
+          <t>zosh5sumy@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://sumyschool8.online</t>
+          <t>http://zoshsumy5.jimdo.com/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Янчук Ольга Вікторівна</t>
+          <t>Директор Богодушко Борис Іванович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>143700</v>
+        <v>145017</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №5, м. Суми</t>
+          <t>КУ Сумська СШ№25, м. Суми</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Огієвського, 32</t>
+          <t>вулиця Гарбузівська, 80</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0542)616205</t>
+          <t>(0542)618255</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>zosh5sumy@ukr.net</t>
+          <t>ssh25sumy@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>http://zoshsumy5.jimdo.com/</t>
+          <t>http://ssh25.sumy.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Богодушко Борис Іванович</t>
+          <t>Директор Ванюшенко Олександр Валерійович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>145017</v>
+        <v>143776</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ№25, м. Суми</t>
+          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гарбузівська, 80</t>
+          <t>вулиця Лесі Українки, 23</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0542)618255</t>
+          <t>(0542)245390</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>ssh25sumy@ukr.net</t>
+          <t>sumyschool7@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://ssh25.sumy.ua/</t>
+          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Ванюшенко Олександр Валерійович</t>
+          <t>Директор Деменко Олександра Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
+          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>143776</v>
+        <v>144858</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
+          <t>КУ Сумський НВК №16 СМР</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 23</t>
+          <t>вулиця Родини Янових, 12</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0542)245390</t>
+          <t>(0542)61-51-15, (0542)24-54-96</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>sumyschool7@ukr.net</t>
+          <t>nvk16-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
+          <t>http://nvk16.cpcs.ws/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Деменко Олександра Миколаївна</t>
+          <t>Директор Позняк Олена Сергіївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
+          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>144858</v>
+        <v>145070</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумський НВК №16 СМР</t>
+          <t>Сумський класичний ліцей</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Родини Янових, 12</t>
+          <t>вулиця Троїцька, 5</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0542)61-51-15, (0542)24-54-96</t>
+          <t>(0542)225266</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>nvk16-sumy@ukr.net</t>
+          <t>clasgimn@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://nvk16.cpcs.ws/</t>
+          <t>https://alexgymnasia.in.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Позняк Олена Сергіївна</t>
+          <t>Директор Гончаренко Віктор Миколайович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
+          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>145070</v>
+        <v>176807</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Сумський класичний ліцей</t>
+          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 5</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0542)225266</t>
+          <t>(054)2700935</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>clasgimn@ukr.net</t>
+          <t>sumylyceum@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://alexgymnasia.in.ua/</t>
+          <t>https://kl.sumy.ua/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Віктор Миколайович</t>
+          <t>Директор Губська Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>176807</v>
+        <v>148686</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
+          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>провулок Березовий, 28</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(054)2700935</t>
+          <t>(0542)630284</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>sumylyceum@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ssogi@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Губська Ірина Олексіївна</t>
+          <t>Директор Пєсоцька Інеса Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
+          <t>Сумська початкова школа № 14 Сумської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>148686</v>
+        <v>146811</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
+          <t>СПШ №14 СМР</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>провулок Березовий, 28</t>
+          <t>вулиця Леоніда Бикова, 9</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0542)630284</t>
+          <t>(0542)255359</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>ssogi@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S13" s="4"/>
+          <t>dsraduga@ukr.net</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>http://www.nvk41.jimdo.com</t>
+        </is>
+      </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Пєсоцька Інеса Олександрівна</t>
+          <t>Директор Сагайдачна Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 14 Сумської міської ради</t>
+          <t>Сумська початкова школа № 28 Сумської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>146811</v>
+        <v>146887</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>СПШ №14 СМР</t>
+          <t>СПШ №28</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Бикова, 9</t>
+          <t>вулиця Данила Галицького, 22</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0542)255359</t>
+          <t>(0542)22-48-41</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>dsraduga@ukr.net</t>
+          <t>nvk_42@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://www.nvk41.jimdo.com</t>
+          <t>https://nvk42sumy.jimdo.com/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Сагайдачна Тетяна Володимирівна</t>
+          <t>Директор Демидова Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 28 Сумської міської ради</t>
+          <t>Сумська початкова школа № 32 Сумської міської ради</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>146887</v>
+        <v>145410</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>СПШ №28</t>
+          <t>СПШ №32</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Галицького, 22</t>
+          <t>вулиця Холодногірська, 47</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0542)22-48-41</t>
+          <t>(0542)770484</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>nvk_42@ukr.net</t>
+          <t>nvk.vesnjanka@meta.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>https://nvk42sumy.jimdo.com/</t>
+          <t>https://vesnyanka.in.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Демидова Людмила Анатоліївна</t>
+          <t>Директор Москаленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 32 Сумської міської ради</t>
+          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>145410</v>
+        <v>146733</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>СПШ №32</t>
+          <t>ССПШ №31</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодногірська, 47</t>
+          <t>вулиця Хворостянка, 4,6</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0542)770484</t>
+          <t>(0542)77-59-17</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>nvk.vesnjanka@meta.ua</t>
+          <t>snvk.37@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>https://vesnyanka.in.ua</t>
+          <t>https://zirochka.sm.ua/</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Москаленко Людмила Миколаївна</t>
+          <t>Директор Юр’єва Людмила В’ячеславівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
+          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>146733</v>
+        <v>146610</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>ССПШ №31</t>
+          <t>БНРЦ №1</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хворостянка, 4,6</t>
+          <t>вулиця Юрія Липи, 130</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0542)77-59-17</t>
+          <t>(0542)245933</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>snvk.37@ukr.net</t>
+          <t>sbnrc1sumy@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://zirochka.sm.ua/</t>
+          <t>https://srnvk34.sumy.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Юр’єва Людмила В’ячеславівна</t>
+          <t>Директор Куриленко Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>146610</v>
+        <v>144448</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>БНРЦ №1</t>
+          <t>Сумський ЗЗСО №19 СМР</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Липи, 130</t>
+          <t>вулиця Івана Харитоненка, 3</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0542)245933</t>
+          <t>(0542)251183</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>sbnrc1sumy@ukr.net</t>
+          <t>zosh19sumy@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://srnvk34.sumy.ua/</t>
+          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Куриленко Ірина Михайлівна</t>
+          <t>Директор Сюркало Богдан Іванович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>144448</v>
+        <v>143853</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №19 СМР</t>
+          <t>Сумський ЗЗСО №10 СМР</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Харитоненка, 3</t>
+          <t>вулиця Новомістенська, 30</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0542)251183</t>
+          <t>(0542)221262</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>zosh19sumy@gmail.com</t>
+          <t>nvk-10sumy@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
+          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Сюркало Богдан Іванович</t>
+          <t>Директор Купреєва Нінель Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>143853</v>
+        <v>143789</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №10 СМР</t>
-[...6 lines deleted...]
-      </c>
+          <t>Сумський ЗЗСО №12 СМР</t>
+        </is>
+      </c>
+      <c r="E20" s="4"/>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новомістенська, 30</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0542)221262</t>
+          <t>(0542)70-09-35</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>nvk-10sumy@ukr.net</t>
+          <t>sumyschool12@i.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
+          <t>http://school12-sumy.ukrosvita.org</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Купреєва Нінель Миколаївна</t>
+          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>143789</v>
+        <v>143919</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №12 СМР</t>
-[...2 lines deleted...]
-      <c r="E21" s="4"/>
+          <t>Сумський ЗЗСО №13 СМР</t>
+        </is>
+      </c>
+      <c r="E21" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>вулиця Іллінська, 9</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0542)70-09-35</t>
+          <t>(0542)221509</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>sumyschool12@i.ua</t>
+          <t>zosh132015@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>http://school12-sumy.ukrosvita.org</t>
+          <t>https://sites.google.com/site/sumzosh13</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
+          <t> Жмурко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №15 Сумської міської ради</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>143919</v>
+        <v>144205</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №13 СМР</t>
+          <t>Сумський ЗЗСО №15 СМР</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Іллінська, 9</t>
+          <t>вулиця Берестовська, 56</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0542)221509</t>
+          <t>(0542)611114</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>zosh132015@ukr.net</t>
+          <t>zosh15sumy@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sumzosh13</t>
+          <t>http://zosh15.sumy.ua/</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t> Жмурко Ірина Володимирівна</t>
+          <t>Директор Гончаренко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y23"/>
+  <autoFilter ref="A1:Y22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>