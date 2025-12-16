--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -856,51 +856,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0542)78-78-80, (0542)78-78-81</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school6sumy1@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://zosh6.sumy.ua/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Новик Людмила Вікторівна</t>
+          <t>Директор Ситник Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -969,51 +969,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(0542)62-73-18, (0542)62-73-26</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>sssh1-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/sumskaskola1/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ботвінко Юлія Володимирівна</t>
+          <t>Директор Недайвода Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1308,51 +1308,51 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0542)363293, (0542)363284</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school9sumy@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://school9-sumy.org/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривошеєва Марина Олександрівна</t>
+          <t>Директор Гриненко Марина Олександрівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1417,51 +1417,51 @@
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>licey_barsa@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Курашвілі Олег Олексійович</t>
+          <t>Директор Курашвілі Олег Олексійович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">