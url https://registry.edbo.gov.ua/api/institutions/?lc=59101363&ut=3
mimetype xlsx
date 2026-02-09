--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -1384,51 +1384,51 @@
           <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2/1</t>
+          <t>вулиця Привокзальна, 2/2</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">