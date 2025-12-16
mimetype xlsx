--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$45</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$44</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y45"/>
+  <dimension ref="A1:Y44"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1304,1563 +1304,1563 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0542)78-78-80, (0542)78-78-81</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school6sumy1@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://zosh6.sumy.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Новик Людмила Вікторівна</t>
+          <t>Директор Ситник Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-III ступенів №8 Сумської міської ради</t>
+          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>143777</v>
+        <v>143700</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №8 СМР</t>
+          <t>КУ Сумська ЗОШ №5, м. Суми</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 7</t>
+          <t>вулиця Василя Огієвського, 32</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0542)78-97-42</t>
+          <t>(0542)616205</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>school8-sumy@ukr.net</t>
+          <t>zosh5sumy@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://sumyschool8.online</t>
+          <t>http://zoshsumy5.jimdo.com/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Янчук Ольга Вікторівна</t>
+          <t>Директор Богодушко Борис Іванович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №1 ім. В.Стрельченка, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>143700</v>
+        <v>143679</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №5, м. Суми</t>
+          <t>КУ Сумська СШ № 1, м. Суми</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Огієвського, 32</t>
+          <t>вулиця Герасима Кондратьєва, 136</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0542)616205</t>
+          <t>(0542)62-73-18, (0542)62-73-26</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>zosh5sumy@ukr.net</t>
+          <t>sssh1-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://zoshsumy5.jimdo.com/</t>
+          <t>https://sites.google.com/site/sumskaskola1/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Богодушко Борис Іванович</t>
+          <t>Директор Недайвода Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №1 ім. В.Стрельченка, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №17, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>143679</v>
+        <v>143918</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ № 1, м. Суми</t>
+          <t>ССШ №17</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 136</t>
+          <t>проспект М.Лушпи, 18</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0542)62-73-18, (0542)62-73-26</t>
+          <t>(0542)325330</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sssh1-sumy@ukr.net</t>
+          <t>sumyccsh17@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sumskaskola1/</t>
+          <t>https://sites.google.com/ccsh17.distedu.org/site/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Ботвінко Юлія Володимирівна</t>
+          <t>Директор Колісник Віталій Васильович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №17, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>143918</v>
+        <v>145017</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ССШ №17</t>
+          <t>КУ Сумська СШ№25, м. Суми</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>проспект М.Лушпи, 18</t>
+          <t>вулиця Гарбузівська, 80</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0542)325330</t>
+          <t>(0542)618255</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>sumyccsh17@ukr.net</t>
+          <t>ssh25sumy@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/ccsh17.distedu.org/site/</t>
+          <t>http://ssh25.sumy.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Колісник Віталій Васильович</t>
+          <t>Директор Ванюшенко Олександр Валерійович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №29, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>145017</v>
+        <v>145016</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ№25, м. Суми</t>
+          <t>КУ Сумська СШ № 29, м.Суми</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гарбузівська, 80</t>
+          <t>вулиця Заливна, 25</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0542)618255</t>
+          <t>(0542)32-88-30</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>ssh25sumy@ukr.net</t>
+          <t>sumy-school29@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://ssh25.sumy.ua/</t>
+          <t>https://www.school29.sumy.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Ванюшенко Олександр Валерійович</t>
+          <t>Директор Рогова Віра Іванівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №29, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>145016</v>
+        <v>143776</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ № 29, м.Суми</t>
+          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заливна, 25</t>
+          <t>вулиця Лесі Українки, 23</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0542)32-88-30</t>
+          <t>(0542)245390</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>sumy-school29@ukr.net</t>
+          <t>sumyschool7@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>https://www.school29.sumy.ua</t>
+          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Рогова Віра Іванівна</t>
+          <t>Директор Деменко Олександра Миколаївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №9, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>143776</v>
+        <v>144206</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
+          <t>КУ Сумська СШ №9, м. Суми</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 23</t>
+          <t>вулиця Шістдесятників, 3</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0542)245390</t>
+          <t>(0542)363293, (0542)363284</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>sumyschool7@ukr.net</t>
+          <t>school9sumy@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
+          <t>http://school9-sumy.org/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Деменко Олександра Миколаївна</t>
+          <t>Директор Гриненко Марина Олександрівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №9, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>144206</v>
+        <v>144858</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ №9, м. Суми</t>
+          <t>КУ Сумський НВК №16 СМР</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шістдесятників, 3</t>
+          <t>вулиця Родини Янових, 12</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0542)363293, (0542)363284</t>
+          <t>(0542)61-51-15, (0542)24-54-96</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school9sumy@ukr.net</t>
+          <t>nvk16-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://school9-sumy.org/</t>
+          <t>http://nvk16.cpcs.ws/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривошеєва Марина Олександрівна</t>
+          <t>Директор Позняк Олена Сергіївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
+          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>144858</v>
+        <v>145070</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумський НВК №16 СМР</t>
+          <t>Сумський класичний ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Родини Янових, 12</t>
+          <t>вулиця Троїцька, 5</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0542)61-51-15, (0542)24-54-96</t>
+          <t>(0542)225266</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>nvk16-sumy@ukr.net</t>
+          <t>clasgimn@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://nvk16.cpcs.ws/</t>
+          <t>https://alexgymnasia.in.ua/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Позняк Олена Сергіївна</t>
+          <t>Директор Гончаренко Віктор Миколайович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
+          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>145070</v>
+        <v>176807</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Сумський класичний ліцей</t>
+          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 5</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0542)225266</t>
+          <t>(054)2700935</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>clasgimn@ukr.net</t>
+          <t>sumylyceum@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://alexgymnasia.in.ua/</t>
+          <t>https://kl.sumy.ua/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Віктор Миколайович</t>
+          <t>Директор Губська Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
+          <t>Комунальний заклад Сумської обласної ради "Обласний ліцей спортивного профілю "Барса"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>176807</v>
+        <v>149882</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
+          <t>КЗ СОР "Спортивний ліцей "Барса"</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>вулиця Привокзальна, 2/1</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(054)2700935</t>
+          <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>sumylyceum@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>licey_barsa@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Губська Ірина Олексіївна</t>
+          <t>Директор Курашвілі Олег Олексійович</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Обласний ліцей спортивного профілю "Барса"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>149882</v>
+        <v>148686</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Спортивний ліцей "Барса"</t>
+          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>спортивний ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2/1</t>
+          <t>провулок Березовий, 28</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0542)700456</t>
+          <t>(0542)630284</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>licey_barsa@ukr.net</t>
+          <t>ssogi@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Курашвілі Олег Олексійович</t>
+          <t>Директор Пєсоцька Інеса Олександрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
+          <t>ПРИВАТНА УСТАНОВА "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>148686</v>
+        <v>176922</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
+          <t>ПЗЗСО "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>провулок Березовий, 28</t>
+          <t>вулиця Революції Гідності, 15</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0542)630284</t>
+          <t>(066)4250158</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>ssogi@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S23" s="4"/>
+          <t>smart.school.gymnasium@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>http://smart-shkola.com.ua</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Пєсоцька Інеса Олександрівна</t>
+          <t>Директор Гнібіда Олександра Юріївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА УСТАНОВА "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
+          <t>Приватний заклад загальної середньої освіти «СУМСЬКА ПОЧАТКОВА ШКОЛА «СМАРТ ШКОЛА»</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>176922</v>
+        <v>176688</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
+          <t>ПЗЗСО «СМАРТ ШКОЛА»</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>5910100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця Революції Гідності, 15</t>
@@ -2868,2456 +2868,2343 @@
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(066)4250158</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>smart.school.gymnasium@ukr.net</t>
+          <t>smartschoolsumy@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://smart-shkola.com.ua</t>
+          <t>https://smartschool.e-schools.info/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Гнібіда Олександра Юріївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти «СУМСЬКА ПОЧАТКОВА ШКОЛА «СМАРТ ШКОЛА»</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ «ПРОСПЕРІТАС»</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>176688</v>
+        <v>144130</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО «СМАРТ ШКОЛА»</t>
+          <t>ПЗЗСО ліцей "Просперітас"</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>5910100000</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Революції Гідності, 15</t>
+          <t>вулиця Герасима Кондратьєва, 52</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010036634</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(066)4250158</t>
+          <t>(050)307-33-17</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>smartschoolsumy@ukr.net</t>
+          <t>prosperitas.sumy@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://smartschool.e-schools.info/</t>
+          <t>https://prosperitas.sumy.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Гнібіда Олександра Юріївна</t>
+          <t>Директор Бритова Олена Валентинівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ «ПРОСПЕРІТАС»</t>
+          <t>Сумська початкова школа № 11 Сумської міської ради</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>144130</v>
+        <v>146462</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО ліцей "Просперітас"</t>
+          <t>СПШ №11 СМР</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 52</t>
+          <t>вулиця Харківська, 66</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(050)307-33-17</t>
+          <t>(0542)33-11-20</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>prosperitas.sumy@gmail.com</t>
+          <t>guravushka-11@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://prosperitas.sumy.ua/</t>
+          <t>http://guravushka11.wixsite.com/nvk11</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Бритова Олена Валентинівна</t>
+          <t>Директор Борисенко Тетяна Дмитрівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 11 Сумської міської ради</t>
+          <t>Сумська початкова школа № 14 Сумської міської ради</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>146462</v>
+        <v>146811</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>СПШ №11 СМР</t>
+          <t>СПШ №14 СМР</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харківська, 66</t>
+          <t>вулиця Леоніда Бикова, 9</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0542)33-11-20</t>
+          <t>(0542)255359</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>guravushka-11@ukr.net</t>
+          <t>dsraduga@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://guravushka11.wixsite.com/nvk11</t>
+          <t>http://www.nvk41.jimdo.com</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисенко Тетяна Дмитрівна</t>
+          <t>Директор Сагайдачна Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 14 Сумської міської ради</t>
+          <t>Сумська початкова школа № 28 Сумської міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>146811</v>
+        <v>146887</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>СПШ №14 СМР</t>
+          <t>СПШ №28</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Бикова, 9</t>
+          <t>вулиця Данила Галицького, 22</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0542)255359</t>
+          <t>(0542)22-48-41</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>dsraduga@ukr.net</t>
+          <t>nvk_42@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://www.nvk41.jimdo.com</t>
+          <t>https://nvk42sumy.jimdo.com/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Сагайдачна Тетяна Володимирівна</t>
+          <t>Директор Демидова Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 28 Сумської міської ради</t>
+          <t>Сумська початкова школа № 30 "Унікум" Сумської міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>146887</v>
+        <v>145087</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>СПШ №28</t>
+          <t>СПШ № 30 "Унікум" СМР</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Галицького, 22</t>
+          <t>вулиця Івана Сірка, 2А</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0542)22-48-41</t>
+          <t>(0542)327975</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>nvk_42@ukr.net</t>
+          <t>super-school-30@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>https://nvk42sumy.jimdo.com/</t>
+          <t>https://school30.sumy.ua/</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Демидова Людмила Анатоліївна</t>
+          <t>Директор Сопіна Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 30 "Унікум" Сумської міської ради</t>
+          <t>Сумська початкова школа № 32 Сумської міської ради</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>145087</v>
+        <v>145410</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>СПШ № 30 "Унікум" СМР</t>
+          <t>СПШ №32</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Сірка, 2А</t>
+          <t>вулиця Холодногірська, 47</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0542)327975</t>
+          <t>(0542)770484</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>super-school-30@ukr.net</t>
+          <t>nvk.vesnjanka@meta.ua</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>https://school30.sumy.ua/</t>
+          <t>https://vesnyanka.in.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Сопіна Лариса Миколаївна</t>
+          <t>Директор Москаленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 32 Сумської міської ради</t>
+          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>145410</v>
+        <v>146733</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>СПШ №32</t>
+          <t>ССПШ №31</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодногірська, 47</t>
+          <t>вулиця Хворостянка, 4,6</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0542)770484</t>
+          <t>(0542)77-59-17</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>nvk.vesnjanka@meta.ua</t>
+          <t>snvk.37@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>https://vesnyanka.in.ua</t>
+          <t>https://zirochka.sm.ua/</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Москаленко Людмила Миколаївна</t>
+          <t>Директор Юр’єва Людмила В’ячеславівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
+          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>146733</v>
+        <v>146610</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>ССПШ №31</t>
+          <t>БНРЦ №1</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хворостянка, 4,6</t>
+          <t>вулиця Юрія Липи, 130</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0542)77-59-17</t>
+          <t>(0542)245933</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>snvk.37@ukr.net</t>
+          <t>sbnrc1sumy@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://zirochka.sm.ua/</t>
+          <t>https://srnvk34.sumy.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Юр’єва Людмила В’ячеславівна</t>
+          <t>Директор Куриленко Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>146610</v>
+        <v>144448</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>БНРЦ №1</t>
+          <t>Сумський ЗЗСО №19 СМР</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Липи, 130</t>
+          <t>вулиця Івана Харитоненка, 3</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0542)245933</t>
+          <t>(0542)251183</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>sbnrc1sumy@ukr.net</t>
+          <t>zosh19sumy@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://srnvk34.sumy.ua/</t>
+          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Куриленко Ірина Михайлівна</t>
+          <t>Директор Сюркало Богдан Іванович</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №21 Сумської міської ради</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>144448</v>
+        <v>144449</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №19 СМР</t>
+          <t>Сумський ЗЗСО №21 СМР</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Харитоненка, 3</t>
+          <t>вулиця Олега Балацького, 32</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0542)251183</t>
+          <t>(0542)33-11-87, (0542)33-13-61</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>zosh19sumy@gmail.com</t>
+          <t>zosh21sumy@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
+          <t>https://sites.google.com/view/sumyscool21</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Сюркало Богдан Іванович</t>
+          <t>Директор Шпаков Олег Федорович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №21 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №26 Сумської міської ради</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>144449</v>
+        <v>144980</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №21 СМР</t>
+          <t>Сумський ЗЗСО №26 СМР</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олега Балацького, 32</t>
+          <t>вулиця Охтирська, 21</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0542)33-11-87, (0542)33-13-61</t>
+          <t>(0542)330349</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>zosh21sumy@gmail.com</t>
+          <t>zosh26-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/sumyscool21</t>
+          <t>https://sites.google.com/school26.org.ua/zosh26smr/main</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпаков Олег Федорович</t>
+          <t>Директор Деменко Олена Валентинівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №26 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів № 2 Сумської міської ради</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>144980</v>
+        <v>143609</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №26 СМР</t>
+          <t>Сумський ЗЗСО №2 СМР</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Охтирська, 21</t>
+          <t>вулиця Герасима Кондратьєва, 76</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0542)330349</t>
+          <t>(0542)224504</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>zosh26-sumy@ukr.net</t>
+          <t>ssh_2_sumy@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/school26.org.ua/zosh26smr/main</t>
+          <t>https://sites.google.com/view/school2sumy</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Деменко Олена Валентинівна</t>
+          <t>Директор Кащенко Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів № 2 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>143609</v>
+        <v>143853</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №2 СМР</t>
+          <t>Сумський ЗЗСО №10 СМР</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 76</t>
+          <t>вулиця Новомістенська, 30</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0542)224504</t>
+          <t>(0542)221262</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>ssh_2_sumy@ukr.net</t>
+          <t>nvk-10sumy@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school2sumy</t>
+          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Кащенко Ірина Олексіївна</t>
+          <t>Директор Купреєва Нінель Миколаївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>143853</v>
+        <v>143789</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №10 СМР</t>
-[...6 lines deleted...]
-      </c>
+          <t>Сумський ЗЗСО №12 СМР</t>
+        </is>
+      </c>
+      <c r="E38" s="4"/>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новомістенська, 30</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0542)221262</t>
+          <t>(0542)70-09-35</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>nvk-10sumy@ukr.net</t>
+          <t>sumyschool12@i.ua</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
+          <t>http://school12-sumy.ukrosvita.org</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Купреєва Нінель Миколаївна</t>
+          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>143789</v>
+        <v>143919</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №12 СМР</t>
-[...2 lines deleted...]
-      <c r="E39" s="4"/>
+          <t>Сумський ЗЗСО №13 СМР</t>
+        </is>
+      </c>
+      <c r="E39" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>вулиця Іллінська, 9</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0542)70-09-35</t>
+          <t>(0542)221509</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>sumyschool12@i.ua</t>
+          <t>zosh132015@ukr.net</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>http://school12-sumy.ukrosvita.org</t>
+          <t>https://sites.google.com/site/sumzosh13</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
+          <t> Жмурко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №15 Сумської міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>143919</v>
+        <v>144205</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №13 СМР</t>
+          <t>Сумський ЗЗСО №15 СМР</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Іллінська, 9</t>
+          <t>вулиця Берестовська, 56</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0542)221509</t>
+          <t>(0542)611114</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>zosh132015@ukr.net</t>
+          <t>zosh15sumy@ukr.net</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sumzosh13</t>
+          <t>http://zosh15.sumy.ua/</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t> Жмурко Ірина Володимирівна</t>
+          <t>Директор Гончаренко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №15 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №3 Сумської міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>144205</v>
+        <v>143597</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №15 СМР</t>
+          <t>Сумський ЗЗСО №3 СМР</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берестовська, 56</t>
+          <t>вулиця Сумської артбригади, 9</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(0542)611114</t>
+          <t>(0542)701970</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>zosh15sumy@ukr.net</t>
+          <t>school3sumy@ukr.net</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://zosh15.sumy.ua/</t>
+          <t>http://Sshsumy3.jimdo.com</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Світлана Олексіївна</t>
+          <t>Директор Герман Ірина Іванівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №3 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти спеціальна школа Сумської міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>143597</v>
+        <v>145053</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №3 СМР</t>
+          <t>КУ ССЗОШ СМР</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумської артбригади, 9</t>
+          <t>проспект Свободи, 28</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(0542)701970</t>
+          <t>(0542)789738, (0542)789739</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>school3sumy@ukr.net</t>
+          <t>specshkola_sumy@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://Sshsumy3.jimdo.com</t>
+          <t>specialschool.sumy.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Герман Ірина Іванівна</t>
+          <t>Директор Слюсаренко Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти спеціальна школа Сумської міської ради</t>
+          <t>Комунальна установа В-Піщанська загальноосвітня школа I-II ступенів м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>145053</v>
+        <v>145063</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>КУ ССЗОШ СМР</t>
+          <t>В-Піщанська ЗОШ</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910191503</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
-          <t>Суми, Сумська область</t>
+          <t>с. Верхне Піщане, Суми, Сумська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>проспект Свободи, 28</t>
+          <t>вулиця Парнянська, 13</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270050038338</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Суми</t>
+          <t>Сумська обл., Сумський р-н, с. Верхнє Піщане</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0542)789738, (0542)789739</t>
+          <t>(0542)778382</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>specshkola_sumy@ukr.net</t>
+          <t>v-pischane-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>specialschool.sumy.ua</t>
+          <t>http://vpischane.jimdo.com</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Слюсаренко Валентина Миколаївна</t>
+          <t>Директор Вакула Ольга Федорівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа В-Піщанська загальноосвітня школа I-II ступенів м. Суми, Сумської області</t>
+          <t>Комунальна установа Піщанська загальноосвітня школа I-II ступенів м. Суми Сумської області</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>145063</v>
+        <v>145062</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>В-Піщанська ЗОШ</t>
+          <t>Піщанська ЗОШ І-ІІ ступенів</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>5910191503</t>
+          <t>5910191501</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
-          <t>с. Верхне Піщане, Суми, Сумська область</t>
+          <t>с. Піщане, Суми, Сумська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парнянська, 13</t>
+          <t>вулиця Шкільна, 26</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA59080270050038338</t>
+          <t>UA59080270140072850</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Верхнє Піщане</t>
+          <t>Сумська обл., Сумський р-н, с. Піщане</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0542)778382</t>
+          <t>(0542)789741</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>v-pischane-sumy@ukr.net</t>
+          <t>shcolanet2008@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://vpischane.jimdo.com</t>
+          <t>https://sites.google.com/view/pischane2020rik</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Вакула Ольга Федорівна</t>
+          <t>Директор Нагорна Наталія Іванівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y45"/>
+  <autoFilter ref="A1:Y44"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>