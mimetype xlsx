--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -2510,51 +2510,51 @@
           <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2/1</t>
+          <t>вулиця Привокзальна, 2/2</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">