--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -18532,85 +18532,93 @@
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
           <t>Кровненський заклад дошкільної освіти "Пролісок" Миколаївської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
         <v>165369</v>
       </c>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>Кровненський заклад дошкільної освіти"Пролісок"</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
           <t>5924784201</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
           <t>с. Кровне, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 91</t>
         </is>
       </c>
-      <c r="L173" s="6"/>
-      <c r="M173" s="4"/>
+      <c r="L173" s="6" t="inlineStr">
+        <is>
+          <t>UA59080150110041786</t>
+        </is>
+      </c>
+      <c r="M173" s="4" t="inlineStr">
+        <is>
+          <t>Сумська обл., Сумський р-н, с. Кровне</t>
+        </is>
+      </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
           <t>(066)6610189</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
           <t>krovnednz@i.ua</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
           <t>http://krovnednz.wixsite.com/krovne-prolicok</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
           <t>Директор Будакова Лідія Анатоліївна</t>