--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -12948,51 +12948,51 @@
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
           <t>(095)0150979</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
           <t>visenkadnz@gmail.com</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
           <t>https://visenkadnz.wixsite.com/my-site</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Ізюменко Мирослава Миколаївна</t>
+          <t>Директор Завалій Альона Анатоліївна</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
@@ -15795,56 +15795,56 @@
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
           <t>Дружба, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
           <t>вулиця Козацька, 14</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
           <t>UA59100050010097062</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дружбівської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Хутір-Михайлівської міської ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(096)9140308, (096)1562376</t>
+          <t>(096)1562376</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
           <t>drushbasad@ukr.net</t>
         </is>
       </c>
       <c r="S146" s="4"/>
       <c r="T146" s="4" t="inlineStr">
         <is>
           <t> Лисиця Валентина Євгенівна</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">