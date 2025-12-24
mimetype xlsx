--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -1304,1563 +1304,1563 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0542)78-78-80, (0542)78-78-81</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school6sumy1@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://zosh6.sumy.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Новик Людмила Вікторівна</t>
+          <t>Директор Ситник Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-III ступенів №8 Сумської міської ради</t>
+          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>143777</v>
+        <v>143700</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №8 СМР</t>
+          <t>КУ Сумська ЗОШ №5, м. Суми</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 7</t>
+          <t>вулиця Василя Огієвського, 32</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0542)78-97-42</t>
+          <t>(0542)616205</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>school8-sumy@ukr.net</t>
+          <t>zosh5sumy@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://sumyschool8.online</t>
+          <t>http://zoshsumy5.jimdo.com/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Янчук Ольга Вікторівна</t>
+          <t>Директор Богодушко Борис Іванович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська загальноосвітня школа I-IІI ступенів №5, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №1 ім. В.Стрельченка, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>143700</v>
+        <v>143679</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська ЗОШ №5, м. Суми</t>
+          <t>КУ Сумська СШ № 1, м. Суми</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Огієвського, 32</t>
+          <t>вулиця Герасима Кондратьєва, 136</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0542)616205</t>
+          <t>(0542)62-73-18, (0542)62-73-26</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>zosh5sumy@ukr.net</t>
+          <t>sssh1-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://zoshsumy5.jimdo.com/</t>
+          <t>https://sites.google.com/site/sumskaskola1/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Богодушко Борис Іванович</t>
+          <t>Директор Недайвода Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №1 ім. В.Стрельченка, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №17, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>143679</v>
+        <v>143918</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ № 1, м. Суми</t>
+          <t>ССШ №17</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 136</t>
+          <t>проспект М.Лушпи, 18</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0542)62-73-18, (0542)62-73-26</t>
+          <t>(0542)325330</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sssh1-sumy@ukr.net</t>
+          <t>sumyccsh17@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sumskaskola1/</t>
+          <t>https://sites.google.com/ccsh17.distedu.org/site/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Ботвінко Юлія Володимирівна</t>
+          <t>Директор Колісник Віталій Васильович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №17, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>143918</v>
+        <v>145017</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>ССШ №17</t>
+          <t>КУ Сумська СШ№25, м. Суми</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>проспект М.Лушпи, 18</t>
+          <t>вулиця Гарбузівська, 80</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0542)325330</t>
+          <t>(0542)618255</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>sumyccsh17@ukr.net</t>
+          <t>ssh25sumy@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/ccsh17.distedu.org/site/</t>
+          <t>http://ssh25.sumy.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Колісник Віталій Васильович</t>
+          <t>Директор Ванюшенко Олександр Валерійович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №25, м. Суми Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №29, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>145017</v>
+        <v>145016</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ№25, м. Суми</t>
+          <t>КУ Сумська СШ № 29, м.Суми</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гарбузівська, 80</t>
+          <t>вулиця Заливна, 25</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0542)618255</t>
+          <t>(0542)32-88-30</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>ssh25sumy@ukr.net</t>
+          <t>sumy-school29@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://ssh25.sumy.ua/</t>
+          <t>https://www.school29.sumy.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Ванюшенко Олександр Валерійович</t>
+          <t>Директор Рогова Віра Іванівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №29, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>145016</v>
+        <v>143776</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ № 29, м.Суми</t>
+          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заливна, 25</t>
+          <t>вулиця Лесі Українки, 23</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0542)32-88-30</t>
+          <t>(0542)245390</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>sumy-school29@ukr.net</t>
+          <t>sumyschool7@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>https://www.school29.sumy.ua</t>
+          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Рогова Віра Іванівна</t>
+          <t>Директор Деменко Олександра Миколаївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №7 імені Максима Савченка Сумської міської ради</t>
+          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №9, м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>143776</v>
+        <v>144206</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>КУ ССШ №7 ім. М. Савченка СМР</t>
+          <t>КУ Сумська СШ №9, м. Суми</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 23</t>
+          <t>вулиця Шістдесятників, 3</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0542)245390</t>
+          <t>(0542)363293, (0542)363284</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>sumyschool7@ukr.net</t>
+          <t>school9sumy@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://kussh7savchenka.wixsite.com/country-day-school-r/glavnaya</t>
+          <t>http://school9-sumy.org/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Деменко Олександра Миколаївна</t>
+          <t>Директор Гриненко Марина Олександрівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумська спеціалізована школа I-III ступенів №9, м. Суми, Сумської області</t>
+          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>144206</v>
+        <v>144858</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумська СШ №9, м. Суми</t>
+          <t>КУ Сумський НВК №16 СМР</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шістдесятників, 3</t>
+          <t>вулиця Родини Янових, 12</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0542)363293, (0542)363284</t>
+          <t>(0542)61-51-15, (0542)24-54-96</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school9sumy@ukr.net</t>
+          <t>nvk16-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://school9-sumy.org/</t>
+          <t>http://nvk16.cpcs.ws/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривошеєва Марина Олександрівна</t>
+          <t>Директор Позняк Олена Сергіївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Сумський навчально-виховний комплекс №16 імені Олексія Братушки "Загальноосвітня школа I-III ступенів - дошкільний навчальний заклад" Сумської міської ради</t>
+          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>144858</v>
+        <v>145070</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>КУ Сумський НВК №16 СМР</t>
+          <t>Сумський класичний ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Родини Янових, 12</t>
+          <t>вулиця Троїцька, 5</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0542)61-51-15, (0542)24-54-96</t>
+          <t>(0542)225266</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>nvk16-sumy@ukr.net</t>
+          <t>clasgimn@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://nvk16.cpcs.ws/</t>
+          <t>https://alexgymnasia.in.ua/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Позняк Олена Сергіївна</t>
+          <t>Директор Гончаренко Віктор Миколайович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський класичний ліцей Сумської міської ради</t>
+          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>145070</v>
+        <v>176807</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Сумський класичний ліцей</t>
+          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 5</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0542)225266</t>
+          <t>(054)2700935</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>clasgimn@ukr.net</t>
+          <t>sumylyceum@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://alexgymnasia.in.ua/</t>
+          <t>https://kl.sumy.ua/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Віктор Миколайович</t>
+          <t>Директор Губська Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумський ліцей № 33 Сумської міської ради</t>
+          <t>Комунальний заклад Сумської обласної ради "Обласний ліцей спортивного профілю "Барса"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>176807</v>
+        <v>149882</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>КЗ СУМСЬКИЙ ЛІЦЕЙ №33 СМР</t>
+          <t>КЗ СОР "Спортивний ліцей "Барса"</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>вулиця Привокзальна, 2/1</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(054)2700935</t>
+          <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>sumylyceum@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>licey_barsa@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Губська Ірина Олексіївна</t>
+          <t>Директор Курашвілі Олег Олексійович</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Обласний ліцей спортивного профілю "Барса"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>149882</v>
+        <v>148686</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Спортивний ліцей "Барса"</t>
+          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>спортивний ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2/1</t>
+          <t>провулок Березовий, 28</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0542)700456</t>
+          <t>(0542)630284</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>licey_barsa@ukr.net</t>
+          <t>ssogi@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Курашвілі Олег Олексійович</t>
+          <t>Директор Пєсоцька Інеса Олександрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Сумський обласний академічний ліцей імені Дмитра Євдокимова"</t>
+          <t>ПРИВАТНА УСТАНОВА "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>148686</v>
+        <v>176922</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>КЗСОР "СОАЛ ІМ. Д.ЄВДОКИМОВА"</t>
+          <t>ПЗЗСО "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>провулок Березовий, 28</t>
+          <t>вулиця Революції Гідності, 15</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0542)630284</t>
+          <t>(066)4250158</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>ssogi@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S23" s="4"/>
+          <t>smart.school.gymnasium@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>http://smart-shkola.com.ua</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Пєсоцька Інеса Олександрівна</t>
+          <t>Директор Гнібіда Олександра Юріївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА УСТАНОВА "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
+          <t>Приватний заклад загальної середньої освіти «СУМСЬКА ПОЧАТКОВА ШКОЛА «СМАРТ ШКОЛА»</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>176922</v>
+        <v>176688</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "СУМСЬКА ГІМНАЗІЯ "СМАРТ ШКОЛА"</t>
+          <t>ПЗЗСО «СМАРТ ШКОЛА»</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>5910100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця Революції Гідності, 15</t>
@@ -2868,21651 +2868,21655 @@
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(066)4250158</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>smart.school.gymnasium@ukr.net</t>
+          <t>smartschoolsumy@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://smart-shkola.com.ua</t>
+          <t>https://smartschool.e-schools.info/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Гнібіда Олександра Юріївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти «СУМСЬКА ПОЧАТКОВА ШКОЛА «СМАРТ ШКОЛА»</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ «ПРОСПЕРІТАС»</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>176688</v>
+        <v>144130</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО «СМАРТ ШКОЛА»</t>
+          <t>ПЗЗСО ліцей "Просперітас"</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>5910100000</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Революції Гідності, 15</t>
+          <t>вулиця Герасима Кондратьєва, 52</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010036634</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(066)4250158</t>
+          <t>(050)307-33-17</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>smartschoolsumy@ukr.net</t>
+          <t>prosperitas.sumy@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://smartschool.e-schools.info/</t>
+          <t>https://prosperitas.sumy.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Гнібіда Олександра Юріївна</t>
+          <t>Директор Бритова Олена Валентинівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ «ПРОСПЕРІТАС»</t>
+          <t>Сумська початкова школа № 11 Сумської міської ради</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>144130</v>
+        <v>146462</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО ліцей "Просперітас"</t>
+          <t>СПШ №11 СМР</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 52</t>
+          <t>вулиця Харківська, 66</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(050)307-33-17</t>
+          <t>(0542)33-11-20</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>prosperitas.sumy@gmail.com</t>
+          <t>guravushka-11@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://prosperitas.sumy.ua/</t>
+          <t>http://guravushka11.wixsite.com/nvk11</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Бритова Олена Валентинівна</t>
+          <t>Директор Борисенко Тетяна Дмитрівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 11 Сумської міської ради</t>
+          <t>Сумська початкова школа № 14 Сумської міської ради</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>146462</v>
+        <v>146811</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>СПШ №11 СМР</t>
+          <t>СПШ №14 СМР</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харківська, 66</t>
+          <t>вулиця Леоніда Бикова, 9</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0542)33-11-20</t>
+          <t>(0542)255359</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>guravushka-11@ukr.net</t>
+          <t>dsraduga@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>http://guravushka11.wixsite.com/nvk11</t>
+          <t>http://www.nvk41.jimdo.com</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисенко Тетяна Дмитрівна</t>
+          <t>Директор Сагайдачна Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 14 Сумської міської ради</t>
+          <t>Сумська початкова школа № 28 Сумської міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>146811</v>
+        <v>146887</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>СПШ №14 СМР</t>
+          <t>СПШ №28</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Бикова, 9</t>
+          <t>вулиця Данила Галицького, 22</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0542)255359</t>
+          <t>(0542)22-48-41</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>dsraduga@ukr.net</t>
+          <t>nvk_42@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://www.nvk41.jimdo.com</t>
+          <t>https://nvk42sumy.jimdo.com/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Сагайдачна Тетяна Володимирівна</t>
+          <t>Директор Демидова Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 28 Сумської міської ради</t>
+          <t>Сумська початкова школа № 30 "Унікум" Сумської міської ради</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>146887</v>
+        <v>145087</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>СПШ №28</t>
+          <t>СПШ № 30 "Унікум" СМР</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Галицького, 22</t>
+          <t>вулиця Івана Сірка, 2А</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0542)22-48-41</t>
+          <t>(0542)327975</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>nvk_42@ukr.net</t>
+          <t>super-school-30@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
-          <t>https://nvk42sumy.jimdo.com/</t>
+          <t>https://school30.sumy.ua/</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Демидова Людмила Анатоліївна</t>
+          <t>Директор Сопіна Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 30 "Унікум" Сумської міської ради</t>
+          <t>Сумська початкова школа № 32 Сумської міської ради</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>145087</v>
+        <v>145410</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>СПШ № 30 "Унікум" СМР</t>
+          <t>СПШ №32</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Сірка, 2А</t>
+          <t>вулиця Холодногірська, 47</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0542)327975</t>
+          <t>(0542)770484</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>super-school-30@ukr.net</t>
+          <t>nvk.vesnjanka@meta.ua</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>https://school30.sumy.ua/</t>
+          <t>https://vesnyanka.in.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Сопіна Лариса Миколаївна</t>
+          <t>Директор Москаленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Сумська початкова школа № 32 Сумської міської ради</t>
+          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>145410</v>
+        <v>146733</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>СПШ №32</t>
+          <t>ССПШ №31</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодногірська, 47</t>
+          <t>вулиця Хворостянка, 4,6</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0542)770484</t>
+          <t>(0542)77-59-17</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>nvk.vesnjanka@meta.ua</t>
+          <t>snvk.37@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>https://vesnyanka.in.ua</t>
+          <t>https://zirochka.sm.ua/</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Москаленко Людмила Миколаївна</t>
+          <t>Директор Юр’єва Людмила В’ячеславівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Сумська спеціальна початкова школа № 31 Сумської міської ради</t>
+          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>146733</v>
+        <v>146610</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>ССПШ №31</t>
+          <t>БНРЦ №1</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хворостянка, 4,6</t>
+          <t>вулиця Юрія Липи, 130</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0542)77-59-17</t>
+          <t>(0542)245933</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>snvk.37@ukr.net</t>
+          <t>sbnrc1sumy@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://zirochka.sm.ua/</t>
+          <t>https://srnvk34.sumy.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Юр’єва Людмила В’ячеславівна</t>
+          <t>Директор Куриленко Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Сумський багатопрофільний навчально -реабілітаційний центр № 1 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>146610</v>
+        <v>144448</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>БНРЦ №1</t>
+          <t>Сумський ЗЗСО №19 СМР</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>навчально-реабілітаційний центр</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Липи, 130</t>
+          <t>вулиця Івана Харитоненка, 3</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0542)245933</t>
+          <t>(0542)251183</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>sbnrc1sumy@ukr.net</t>
+          <t>zosh19sumy@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://srnvk34.sumy.ua/</t>
+          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Куриленко Ірина Михайлівна</t>
+          <t>Директор Сюркало Богдан Іванович</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №19 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №21 Сумської міської ради</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>144448</v>
+        <v>144449</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №19 СМР</t>
+          <t>Сумський ЗЗСО №21 СМР</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Харитоненка, 3</t>
+          <t>вулиця Олега Балацького, 32</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0542)251183</t>
+          <t>(0542)33-11-87, (0542)33-13-61</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>zosh19sumy@gmail.com</t>
+          <t>zosh21sumy@gmail.com</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://zosh19sumy.wixsite.com/zzso19sumy</t>
+          <t>https://sites.google.com/view/sumyscool21</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Сюркало Богдан Іванович</t>
+          <t>Директор Шпаков Олег Федорович</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №21 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти I-III ступенів №26 Сумської міської ради</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>144449</v>
+        <v>144980</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №21 СМР</t>
+          <t>Сумський ЗЗСО №26 СМР</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олега Балацького, 32</t>
+          <t>вулиця Охтирська, 21</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0542)33-11-87, (0542)33-13-61</t>
+          <t>(0542)330349</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>zosh21sumy@gmail.com</t>
+          <t>zosh26-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/sumyscool21</t>
+          <t>https://sites.google.com/school26.org.ua/zosh26smr/main</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпаков Олег Федорович</t>
+          <t>Директор Деменко Олена Валентинівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти I-III ступенів №26 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів № 2 Сумської міської ради</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>144980</v>
+        <v>143609</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №26 СМР</t>
+          <t>Сумський ЗЗСО №2 СМР</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Охтирська, 21</t>
+          <t>вулиця Герасима Кондратьєва, 76</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0542)330349</t>
+          <t>(0542)224504</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>zosh26-sumy@ukr.net</t>
+          <t>ssh_2_sumy@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/school26.org.ua/zosh26smr/main</t>
+          <t>https://sites.google.com/view/school2sumy</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Деменко Олена Валентинівна</t>
+          <t>Директор Кащенко Ірина Олексіївна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів № 2 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>143609</v>
+        <v>143853</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №2 СМР</t>
+          <t>Сумський ЗЗСО №10 СМР</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910136600</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасима Кондратьєва, 76</t>
+          <t>вулиця Новомістенська, 30</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0542)224504</t>
+          <t>(0542)221262</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>ssh_2_sumy@ukr.net</t>
+          <t>nvk-10sumy@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school2sumy</t>
+          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Кащенко Ірина Олексіївна</t>
+          <t>Директор Купреєва Нінель Миколаївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №10 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>143853</v>
+        <v>143789</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №10 СМР</t>
-[...6 lines deleted...]
-      </c>
+          <t>Сумський ЗЗСО №12 СМР</t>
+        </is>
+      </c>
+      <c r="E38" s="4"/>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новомістенська, 30</t>
+          <t>вулиця Засумська, 3</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0542)221262</t>
+          <t>(0542)70-09-35</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>nvk-10sumy@ukr.net</t>
+          <t>sumyschool12@i.ua</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/ssh10.ukr.education/school10sumy/головна</t>
+          <t>http://school12-sumy.ukrosvita.org</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Купреєва Нінель Миколаївна</t>
+          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №12 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>143789</v>
+        <v>143919</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №12 СМР</t>
-[...2 lines deleted...]
-      <c r="E39" s="4"/>
+          <t>Сумський ЗЗСО №13 СМР</t>
+        </is>
+      </c>
+      <c r="E39" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Засумська, 3</t>
+          <t>вулиця Іллінська, 9</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0542)70-09-35</t>
+          <t>(0542)221509</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>sumyschool12@i.ua</t>
+          <t>zosh132015@ukr.net</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>http://school12-sumy.ukrosvita.org</t>
+          <t>https://sites.google.com/site/sumzosh13</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Черв’яцова Юлія Олександрівна</t>
+          <t> Жмурко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №13 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №15 Сумської міської ради</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>143919</v>
+        <v>144205</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №13 СМР</t>
+          <t>Сумський ЗЗСО №15 СМР</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>5910136600</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Іллінська, 9</t>
+          <t>вулиця Берестовська, 56</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0542)221509</t>
+          <t>(0542)611114</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>zosh132015@ukr.net</t>
+          <t>zosh15sumy@ukr.net</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/sumzosh13</t>
+          <t>http://zosh15.sumy.ua/</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t> Жмурко Ірина Володимирівна</t>
+          <t>Директор Гончаренко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №15 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №3 Сумської міської ради</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>144205</v>
+        <v>143597</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №15 СМР</t>
+          <t>Сумський ЗЗСО №3 СМР</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>5910136600</t>
+          <t>5910136300</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берестовська, 56</t>
+          <t>вулиця Сумської артбригади, 9</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(0542)611114</t>
+          <t>(0542)701970</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>zosh15sumy@ukr.net</t>
+          <t>school3sumy@ukr.net</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://zosh15.sumy.ua/</t>
+          <t>http://Sshsumy3.jimdo.com</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаренко Світлана Олексіївна</t>
+          <t>Директор Герман Ірина Іванівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти І-ІІІ ступенів №3 Сумської міської ради</t>
+          <t>Сумський заклад загальної середньої освіти спеціальна школа Сумської міської ради</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>143597</v>
+        <v>145053</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Сумський ЗЗСО №3 СМР</t>
+          <t>КУ ССЗОШ СМР</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумської артбригади, 9</t>
+          <t>проспект Свободи, 28</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(0542)701970</t>
+          <t>(0542)789738, (0542)789739</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>school3sumy@ukr.net</t>
+          <t>specshkola_sumy@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>http://Sshsumy3.jimdo.com</t>
+          <t>specialschool.sumy.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Герман Ірина Іванівна</t>
+          <t>Директор Слюсаренко Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Сумський заклад загальної середньої освіти спеціальна школа Сумської міської ради</t>
+          <t>Комунальна установа В-Піщанська загальноосвітня школа I-II ступенів м. Суми, Сумської області</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>145053</v>
+        <v>145063</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>КУ ССЗОШ СМР</t>
+          <t>В-Піщанська ЗОШ</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>5910136300</t>
+          <t>5910191503</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
-          <t>Суми, Сумська область</t>
+          <t>с. Верхне Піщане, Суми, Сумська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>проспект Свободи, 28</t>
+          <t>вулиця Парнянська, 13</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270050038338</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Суми</t>
+          <t>Сумська обл., Сумський р-н, с. Верхнє Піщане</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0542)789738, (0542)789739</t>
+          <t>(0542)778382</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>specshkola_sumy@ukr.net</t>
+          <t>v-pischane-sumy@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>specialschool.sumy.ua</t>
+          <t>http://vpischane.jimdo.com</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Слюсаренко Валентина Миколаївна</t>
+          <t>Директор Вакула Ольга Федорівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа В-Піщанська загальноосвітня школа I-II ступенів м. Суми, Сумської області</t>
+          <t>Глухівська загальноосвітня школа I-IІI ступенів №1 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>145063</v>
+        <v>150148</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>В-Піщанська ЗОШ</t>
+          <t>Глухівська загальноосвітня школа №1</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>5910191503</t>
+          <t>5910300000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
-          <t>с. Верхне Піщане, Суми, Сумська область</t>
+          <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парнянська, 13</t>
+          <t>вулиця Вознесенська, 13</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA59080270050038338</t>
+          <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Верхнє Піщане</t>
+          <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0542)778382</t>
+          <t>(05444)2-22-38</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>v-pischane-sumy@ukr.net</t>
+          <t>zosh_1@meta.ua</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://vpischane.jimdo.com</t>
+          <t>http://1school.glukhiv-osvita.gov.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Вакула Ольга Федорівна</t>
+          <t>Директор Матосова Алла Миколаївна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа I-IІI ступенів №1 Глухівської міської ради Сумської області</t>
+          <t>Глухівська загальноосвітня школа I-IІI ступенів №2 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>150148</v>
+        <v>150292</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа №1</t>
+          <t>Школа №2</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>5910300000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вознесенська, 13</t>
+          <t>вулиця Інститутська, 41</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(05444)2-22-38</t>
+          <t>(05444)2-22-45</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>zosh_1@meta.ua</t>
+          <t>zosh2-glukhiv@ukr.net</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://1school.glukhiv-osvita.gov.ua</t>
+          <t>http://glukhiv-zosh2.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Матосова Алла Миколаївна</t>
+          <t>Директор Давиденко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа I-IІI ступенів №2 Глухівської міської ради Сумської області</t>
+          <t>Глухівська загальноосвітня школа I-IІI ступенів №3 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>150292</v>
+        <v>150293</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Школа №2</t>
+          <t>Школа №3</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>5910300000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інститутська, 41</t>
+          <t>вулиця Київська, 45</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(05444)2-22-45</t>
+          <t>(05444)22733</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>zosh2-glukhiv@ukr.net</t>
+          <t>Ukesd_school-3@ukr.net</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>http://glukhiv-zosh2.edukit.sumy.ua/</t>
+          <t>https://glsch3.wordpress.com/</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Наталія Олександрівна</t>
+          <t>Директор Маринченко Едуард Олексійович</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа I-IІI ступенів №3 Глухівської міської ради Сумської області</t>
+          <t>Глухівська загальноосвітня школа I-IІI ступенів №6 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>150293</v>
+        <v>150478</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Школа №3</t>
+          <t>Глухівська загальноосвітня школа №6</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>5910300000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 45</t>
+          <t>вулиця Героїв Крут, 5</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(05444)22733</t>
+          <t>(05444)7-20-09, (05444)7-26-90</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>Ukesd_school-3@ukr.net</t>
+          <t>shkolan6@ukr.net</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>https://glsch3.wordpress.com/</t>
+          <t>http://glukhiv-zosh6.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Маринченко Едуард Олексійович</t>
+          <t>Директор Говоруха Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа I-IІI ступенів №6 Глухівської міської ради Сумської області</t>
+          <t>Глухівський навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа I-II ступенів №4 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>150478</v>
+        <v>150313</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Глухівська загальноосвітня школа №6</t>
+          <t>Глухівський НВК:ДНЗ-ЗОШ І-ІІ ступенів №4</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>5910300000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Крут, 5</t>
+          <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(05444)7-20-09, (05444)7-26-90</t>
+          <t>(05444)22736</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>shkolan6@ukr.net</t>
+          <t>zos4@i.ua</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>http://glukhiv-zosh6.sumy.sch.in.ua</t>
+          <t>http://gluhovnvk4.wordpress.com</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Говоруха Тетяна Миколаївна</t>
+          <t>Директор Гурець Елла Анатоліївна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Глухівський навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа I-II ступенів №4 Глухівської міської ради Сумської області</t>
+          <t>Комунальний заклад Сумської обласної ради "Глухівський ліцей з посиленою військово-фізичною підготовкою"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>150313</v>
+        <v>148049</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>Глухівський НВК:ДНЗ-ЗОШ І-ІІ ступенів №4</t>
+          <t>КЗ СОР "Глухівський ліцей"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей з посиленою військово-фізичною підготовкою</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>5910300000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Глухів, Сумська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 1</t>
+          <t>вулиця Жужоми, 8</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Глухівської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(05444)22736</t>
+          <t>(05444)22700</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>zos4@i.ua</t>
+          <t>gluhov_internat@ukr.net</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>http://gluhovnvk4.wordpress.com</t>
+          <t>https://www.hlukhivlitsey.in.ua</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Гурець Елла Анатоліївна</t>
+          <t>В.о. директора Троша Наталія В'ячеславівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради Глухівський ліцей-інтернат з посиленою військово-фізичною підготовкою</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "КОНОТОПСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>148049</v>
+        <v>136603</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>Глухівський ліцей-інтернат</t>
+          <t>КЗ СОР "Конотопська спеціальна школа"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>5910300000</t>
+          <t>5910400000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
-          <t>Глухів, Сумська область</t>
+          <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жужоми, 8</t>
+          <t>вулиця Братів Тимошенків, 8</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA59100030010033445</t>
+          <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Глухів</t>
+          <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(05444)22700</t>
+          <t>(05447)2-62-44</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>gluhov_internat@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>konotop_int@ukr.net</t>
+        </is>
+      </c>
+      <c r="S50" s="4"/>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Троша Наталія В'ячеславівна</t>
+          <t>Директор Дрига Петро Якович</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "КОНОТОПСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
+          <t>комунальний заклад Сумської обласної ради "Конотопський обласний академічний ліцей "Лідер"</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>136603</v>
+        <v>150001</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Конотопська спеціальна школа"</t>
+          <t>Конотопський обласний академічний ліцей "Лідер"</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Немолота, 8</t>
+          <t>вулиця Інтернатна, 122</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(05447)2-62-44</t>
+          <t>(05447)62449</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>konotop_int@ukr.net</t>
+          <t>internat122@ukr.net</t>
         </is>
       </c>
       <c r="S51" s="4"/>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Дрига Петро Якович</t>
+          <t> Аптерман Олександр Йосипович</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Сумської обласної ради "Конотопський обласний академічний ліцей "Лідер"</t>
+          <t>Конотопська початкова школа «Казка» Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>150001</v>
+        <v>138270</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>Конотопський обласний академічний ліцей "Лідер"</t>
+          <t>Конотопська початкова школа «Казка»</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інтернатна, 122</t>
+          <t>вулиця Успенсько-Троїцька, 58</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(05447)62449</t>
+          <t>(05447)25327</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>internat122@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S52" s="4"/>
+          <t>nvk-skazka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S52" s="4" t="inlineStr">
+        <is>
+          <t>https://nvk-kazka.osvita-konotop.gov.ua/</t>
+        </is>
+      </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t> Аптерман Олександр Йосипович</t>
+          <t>Директор Селезньова Світлана Валентинівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Конотопська початкова школа «Казка» Конотопської міської ради Сумської області</t>
+          <t>Конотопська початкова школа «Лідер» Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>138270</v>
+        <v>138359</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Конотопська початкова школа «Казка»</t>
+          <t>Конотопська початкова школа «Лідер»</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Успенсько-Троїцька, 58</t>
+          <t>вулиця Володимира Шухова, 10</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(05447)25327</t>
+          <t>(05447)63071</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>nvk-skazka@ukr.net</t>
+          <t>konotop_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>https://nvk-kazka.osvita-konotop.gov.ua/</t>
+          <t>https://nvk.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Селезньова Світлана Валентинівна</t>
+          <t>Директор Савченко Ірина Василівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Конотопська початкова школа «Лідер» Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №1 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>138359</v>
+        <v>136769</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Конотопська початкова школа «Лідер»</t>
+          <t>Конотопський ліцей №1</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Шухова, 10</t>
+          <t>вулиця Братів Лузанів, 21(а/с28)</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(05447)63071</t>
+          <t>(05447)23123</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>konotop_nvk@ukr.net</t>
+          <t>reception@konotopgymnasia.org.ua</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>https://nvk.osvita-konotop.gov.ua/</t>
+          <t>gymnasia.osvita-konotop.gov.ua</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Ірина Василівна</t>
+          <t>Директор Кириченко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №1 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №10 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>136769</v>
+        <v>138058</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №1</t>
+          <t>Конотопський ліцей №10</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Братів Лузанів, 21(а/с28)</t>
+          <t>проспект Миру, 65</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(05447)23123</t>
+          <t>(05447)62138, (05447)62172</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>reception@konotopgymnasia.org.ua</t>
+          <t>mega.school_10@ukr.net</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>gymnasia.osvita-konotop.gov.ua</t>
+          <t>https://school10.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Кириченко Тетяна Василівна</t>
+          <t>Директор Горшеніна Світлана Павлівна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №10 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №11 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>138058</v>
+        <v>138061</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №10</t>
+          <t>Конотопський ліцей №11</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 65</t>
+          <t>вулиця Свободи, 8</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(05447)62138, (05447)62172</t>
+          <t>(05447)60561</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>mega.school_10@ukr.net</t>
+          <t>_school_11@ukr.net</t>
         </is>
       </c>
       <c r="S56" s="4" t="inlineStr">
         <is>
-          <t>https://school10.osvita-konotop.gov.ua/</t>
+          <t>https://school11.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Горшеніна Світлана Павлівна</t>
+          <t>Директор Федорченко Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №11 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №12 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>138061</v>
+        <v>138071</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №11</t>
+          <t>Конотопський ліцей №12</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 8</t>
+          <t>вулиця Ярослава Мудрого, 2</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(05447)60561</t>
+          <t>(05447)23677</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>_school_11@ukr.net</t>
+          <t>kss12th@ukr.net</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>https://school11.osvita-konotop.gov.ua/</t>
+          <t>https://school12.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Федорченко Вікторія Володимирівна</t>
+          <t>Директор Гричановський Анатолій Миколайович</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №12 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №13 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>138071</v>
+        <v>138068</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №12</t>
+          <t>Конотопський ліцей №13</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 2</t>
+          <t>вулиця Б.Хмельницького, 91</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(05447)23677</t>
+          <t>(05447)60875</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>kss12th@ukr.net</t>
+          <t>kzosh13@ukr.net</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>https://school12.osvita-konotop.gov.ua/</t>
+          <t>https://school13.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Гричановський Анатолій Миколайович</t>
+          <t>Директор Яровий Юрій Миколайович</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №13 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №14 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>138068</v>
+        <v>138062</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №13</t>
+          <t>Конотопський ліцей №14</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б.Хмельницького, 91</t>
+          <t>вулиця Січових Стрільців, 29</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(05447)60875</t>
+          <t>(05447)60157</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>kzosh13@ukr.net</t>
+          <t>school14_konotop@ukr.net</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
-          <t>https://school13.osvita-konotop.gov.ua/</t>
+          <t>https://school14.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Яровий Юрій Миколайович</t>
+          <t>Директор Демеха Інна Вадимівна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №14 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №2 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>138062</v>
+        <v>138037</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №14</t>
+          <t>Конотопський ліцей №2</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 29</t>
+          <t>вулиця Зоряна, 12</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(05447)60157</t>
+          <t>(05447)26342, (05447)66311</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>school14_konotop@ukr.net</t>
+          <t>konotop.school2@gmail.com</t>
         </is>
       </c>
       <c r="S60" s="4" t="inlineStr">
         <is>
-          <t>https://school14.osvita-konotop.gov.ua/</t>
+          <t>school2.osvita-konotop.gov.ua</t>
         </is>
       </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Демеха Інна Вадимівна</t>
+          <t>Директор Матвійчук Олена Борисівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №2 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №3 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>138037</v>
+        <v>138049</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №2</t>
+          <t>Конотопський ліцей №3</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зоряна, 12</t>
+          <t>вулиця Клубна, 150</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(05447)26342, (05447)66311</t>
+          <t>(05447)31668</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>konotop.school2@gmail.com</t>
+          <t>school3konotop@ukr.net</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>school2.osvita-konotop.gov.ua</t>
+          <t>school3.osvita-konotop.gov.ua</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвійчук Олена Борисівна</t>
+          <t>Т.в.о. директора Куртова Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №3 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №5 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>138049</v>
+        <v>138050</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №3</t>
+          <t>Конотопський ліцей №5</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клубна, 150</t>
+          <t>вулиця Гетьманська, 6</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(05447)31668</t>
+          <t>(05447)23379, (05447)23540, (05447)66376</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>school3konotop@ukr.net</t>
+          <t>school5konotop@ukr.net</t>
         </is>
       </c>
       <c r="S62" s="4" t="inlineStr">
         <is>
-          <t>school3.osvita-konotop.gov.ua</t>
+          <t>konotop-school5.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Куртова Олена Анатоліївна</t>
+          <t>Директор Гулєва Олена Валентинівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №5 Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №7 імені Григорія Гуляницького Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>138050</v>
+        <v>138052</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №5</t>
+          <t>Конотопський ліцей №7 ім. Г.Гуляницького</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гетьманська, 6</t>
+          <t>вулиця Путивльська, 27</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(05447)23379, (05447)23540, (05447)66376</t>
+          <t>(05447)63496</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>school5konotop@ukr.net</t>
+          <t>school7konotop@gmail.com</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>konotop-school5.sumy.sch.in.ua</t>
+          <t>https://school7.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Гулєва Олена Валентинівна</t>
+          <t>Директор Пустовойт Сергій Вячеславович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №7 імені Григорія Гуляницького Конотопської міської ради Сумської області</t>
+          <t>Конотопський ліцей №9 Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>138052</v>
+        <v>138057</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №7 ім. Г.Гуляницького</t>
+          <t>Конотопський ліцей №9</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>5910400000</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Путивльська, 27</t>
+          <t>вулиця Сарнавська, 38-А</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(05447)63496</t>
+          <t>(05447)67509</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school7konotop@gmail.com</t>
+          <t>school9kon@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>https://school7.osvita-konotop.gov.ua/</t>
+          <t>https://school9.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Пустовойт Сергій Вячеславович</t>
+          <t>Директор Меренок Тетяна Андріївна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №9 Конотопської міської ради Сумської області</t>
+          <t>Комунальний заклад Сумської обласної ради "Лебединський навчально-реабілітаційний центр"</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>138057</v>
+        <v>149478</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>Конотопський ліцей №9</t>
+          <t>КЗ СОР "Лебединський НРЦ"</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
-          <t>5910400000</t>
+          <t>5910500000</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
-          <t>Конотоп, Сумська область</t>
+          <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сарнавська, 38-А</t>
+          <t>вулиця Маршала Рибалка, 33</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
-          <t>UA59020070010054283</t>
+          <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Конотоп</t>
+          <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Конотопської міської ради Сумської області.</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(05447)67509</t>
+          <t>(05445)22505</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>school9kon@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lebinternat@gmail.com</t>
+        </is>
+      </c>
+      <c r="S65" s="4"/>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Меренок Тетяна Андріївна</t>
+          <t>Директор Удод Анатолій Васильович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Лебединський навчально-реабілітаційний центр"</t>
+          <t>Лебединська гімназія з початковою школою № 4 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>149478</v>
+        <v>139604</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Лебединський НРЦ"</t>
+          <t>Лебединська гімназія з початковою школою № 4</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маршала Рибалка, 33</t>
+          <t>вулиця Олександра Чапаєва, 1</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(05445)22505</t>
+          <t>(05445)2-06-64</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>lebinternat@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S66" s="4"/>
+          <t>school4lebed@ukr.net</t>
+        </is>
+      </c>
+      <c r="S66" s="4" t="inlineStr">
+        <is>
+          <t>http://lebzosh4.com.ua/</t>
+        </is>
+      </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Удод Анатолій Васильович</t>
+          <t>Директор Дубовик Олена Сергіївна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Лебединська гімназія з початковою школою № 4 Лебединської міської ради Сумської області</t>
+          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 3 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>139604</v>
+        <v>139669</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>Лебединська гімназія з початковою школою № 4</t>
+          <t>Лебединський ЗЗСО І-ІІІ ступенів № 3</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Чапаєва, 1</t>
+          <t>площа Зуєва, 12</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(05445)2-06-64</t>
+          <t>(05445)39631</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>school4lebed@ukr.net</t>
+          <t>lebedynzosh3@ukr.net</t>
         </is>
       </c>
       <c r="S67" s="4" t="inlineStr">
         <is>
-          <t>http://lebzosh4.com.ua/</t>
+          <t>https://lebedyn3.school.org.ua/</t>
         </is>
       </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Дубовик Олена Сергіївна</t>
+          <t>Директор Фролова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 3 Лебединської міської ради Сумської області</t>
+          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 5 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>139669</v>
+        <v>139605</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Лебединський ЗЗСО І-ІІІ ступенів № 3</t>
+          <t>Лебединський ЗЗСО І-ІІІ ступенів № 5</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>площа Зуєва, 12</t>
+          <t>площа Соборна, 35</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(05445)39631</t>
+          <t>(05445)22440, (05445)21667</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>lebedynzosh3@ukr.net</t>
+          <t>schoollebedyn5@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4" t="inlineStr">
         <is>
-          <t>https://lebedyn3.school.org.ua/</t>
+          <t>http://lebedyn-school5.ucoz.net/</t>
         </is>
       </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Фролова Тетяна Іванівна</t>
+          <t>Директор Плужник Лариса Станіславівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 5 Лебединської міської ради Сумської області</t>
+          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 6 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>139605</v>
+        <v>139650</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Лебединський ЗЗСО І-ІІІ ступенів № 5</t>
+          <t>Лебединський ЗЗСО I-III ступенів № 6</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>площа Соборна, 35</t>
+          <t>вулиця Першогвардійська, 37</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(05445)22440, (05445)21667</t>
+          <t>(05445)21537</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>schoollebedyn5@gmail.com</t>
+          <t>lebedinschool6@ukr.net</t>
         </is>
       </c>
       <c r="S69" s="4" t="inlineStr">
         <is>
-          <t>http://lebedyn-school5.ucoz.net/</t>
+          <t>http://lebzosh6.at.ua</t>
         </is>
       </c>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Плужник Лариса Станіславівна</t>
+          <t>Директор Верхова Валентина Юріївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів № 6 Лебединської міської ради Сумської області</t>
+          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів №1 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>139650</v>
+        <v>139649</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>Лебединський ЗЗСО I-III ступенів № 6</t>
+          <t>Лебединський ЗЗСО І-ІІІ ступенів №1</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першогвардійська, 37</t>
+          <t>вулиця Героїв Майдану, 18</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(05445)21537</t>
+          <t>(05445)22142</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>lebedinschool6@ukr.net</t>
+          <t>lebzosh1@gmail.com</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
-          <t>http://lebzosh6.at.ua</t>
+          <t>http://zosh1lebedyn.blogspot.com/</t>
         </is>
       </c>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Верхова Валентина Юріївна</t>
+          <t>Директор Прокопченко Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів №1 Лебединської міської ради Сумської області</t>
+          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів №7 Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>139649</v>
+        <v>139644</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Лебединський ЗЗСО І-ІІІ ступенів №1</t>
+          <t>Лебединський ЗЗСО І-ІІІ ступенів № 7</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>5910500000</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Лебедин, Сумська область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 18</t>
+          <t>вулиця Сумська, 9</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Лебедин</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(05445)22142</t>
+          <t>(05445)219-37, (05445)2-19-37</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>lebzosh1@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>osvita7shkola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S71" s="4"/>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопченко Наталія Анатоліївна</t>
+          <t>Директор Судніцина Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Лебединський заклад загальної середньої освіти І-ІІІ ступенів №7 Лебединської міської ради Сумської області</t>
+          <t>Гімназія №9 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>139644</v>
+        <v>141818</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Лебединський ЗЗСО І-ІІІ ступенів № 7</t>
+          <t>Гімназія № 9 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
-          <t>5910500000</t>
+          <t>5910200000</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
-          <t>Лебедин, Сумська область</t>
+          <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 9</t>
+          <t>вулиця Короленка, 2</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
-          <t>UA59080110010031484</t>
+          <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Лебедин</t>
+          <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(05445)219-37, (05445)2-19-37</t>
+          <t>(05446)22175</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>osvita7shkola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S72" s="4"/>
+          <t>oht.zosh.9@meta.ua</t>
+        </is>
+      </c>
+      <c r="S72" s="4" t="inlineStr">
+        <is>
+          <t>https://9.school.sumy.ua/</t>
+        </is>
+      </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Судніцина Людмила Миколаївна</t>
+          <t>Директор Рудакова Світлана Костянтинівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №9 Охтирської міської ради Сумської області</t>
+          <t>Ліцей №1 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>141818</v>
+        <v>140702</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 9 Охтирської міської ради Сумської області</t>
+          <t>Ліцей №1</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Короленка, 2</t>
+          <t>вулиця Перемоги, 2</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(05446)22175</t>
+          <t>(05446)22080</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>oht.zosh.9@meta.ua</t>
+          <t>aht_shkola1@ukr.net</t>
         </is>
       </c>
       <c r="S73" s="4" t="inlineStr">
         <is>
-          <t>https://9.school.sumy.ua/</t>
+          <t>https://1.school.sumy.ua/</t>
         </is>
       </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудакова Світлана Костянтинівна</t>
+          <t>Директор Шульженко Інесса Анатоліївна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №1 Охтирської міської ради Сумської області</t>
+          <t>Ліцей №3 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>140702</v>
+        <v>140768</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №1</t>
+          <t>Ліцей №3</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 2</t>
+          <t>вулиця Шевченка, 22</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(05446)22080</t>
+          <t>(05446)25534</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>aht_shkola1@ukr.net</t>
+          <t>zosh3okh@meta.ua</t>
         </is>
       </c>
       <c r="S74" s="4" t="inlineStr">
         <is>
-          <t>https://1.school.sumy.ua/</t>
+          <t>http://zosh3okhtyrka.ucoz.ua</t>
         </is>
       </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Шульженко Інесса Анатоліївна</t>
+          <t>Директор Ситнік Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №3 Охтирської міської ради Сумської області</t>
+          <t>Ліцей №5 імені Р.К. Рапія Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>140768</v>
+        <v>140769</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №3</t>
+          <t>Ліцей №5 ім. Р.К. Рапія</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 22</t>
+          <t>вулиця Армійська, 107</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(05446)25534</t>
+          <t>(05446)3-15-13</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>zosh3okh@meta.ua</t>
+          <t>ozosh_5rapiy@ukr.net</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>http://zosh3okhtyrka.ucoz.ua</t>
+          <t>http://okhtyrka-school5.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Ситнік Тетяна Михайлівна</t>
+          <t>Директор Сотнікова Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №5 імені Р.К. Рапія Охтирської міської ради Сумської області</t>
+          <t>Ліцей імені Б.Д. Антоненка-Давидовича Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>140769</v>
+        <v>141477</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №5 ім. Р.К. Рапія</t>
+          <t>Ліцей імені Б.Д. Антоненка-Давидовича</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Армійська, 107</t>
+          <t>вулиця Сумська, 4</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(05446)3-15-13</t>
+          <t>(05446)2-46-53, (099)9322799</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>ozosh_5rapiy@ukr.net</t>
+          <t>ahtgimnaziya@ukr.net</t>
         </is>
       </c>
       <c r="S76" s="4" t="inlineStr">
         <is>
-          <t>http://okhtyrka-school5.sumy.sch.in.ua</t>
+          <t>https://sites.google.com/site/ahtgimnaziya1/</t>
         </is>
       </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Сотнікова Ольга Миколаївна</t>
+          <t>Директор Лучко Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Ліцей імені Б.Д. Антоненка-Давидовича Охтирської міської ради Сумської області</t>
+          <t>Охтирська загальноосвітня школа І-ІІ ступенів №6 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>141477</v>
+        <v>140781</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Ліцей імені Б.Д. Антоненка-Давидовича</t>
+          <t>ЗОШ І-ІІ ступенів №6</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 4</t>
+          <t>вулиця Сумська, 44</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(05446)2-46-53, (099)9322799</t>
+          <t>(05446)24334</t>
         </is>
       </c>
       <c r="Q77" s="4"/>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>ahtgimnaziya@ukr.net</t>
+          <t>shool6@ukr.net</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/ahtgimnaziya1/</t>
+          <t>http://school6.okhtyrka.net/</t>
         </is>
       </c>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t>Директор Лучко Ольга Михайлівна</t>
+          <t>Директор Гусарова Антоніна Василівна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Охтирська загальноосвітня школа І-ІІ ступенів №6 Охтирської міської ради Сумської області</t>
+          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №11 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>140781</v>
+        <v>141478</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІ ступенів №6</t>
+          <t>ЗОШ І-ІІІ ступенів № 11</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 44</t>
+          <t>вулиця Сумська, 223</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
-          <t>(05446)24334</t>
+          <t>(05446)23744</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>shool6@ukr.net</t>
+          <t>aht_zosh11@ukr.net</t>
         </is>
       </c>
       <c r="S78" s="4" t="inlineStr">
         <is>
-          <t>http://school6.okhtyrka.net/</t>
+          <t>https://sites.google.com/site/ohtskola11/novini</t>
         </is>
       </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>Директор Гусарова Антоніна Василівна</t>
+          <t>Директор Сергієнко Олена Миколаївна</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №11 Охтирської міської ради Сумської області</t>
+          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №2 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>141478</v>
+        <v>141626</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів № 11</t>
+          <t>ЗОШ І-ІІІ ступенів №2</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 223</t>
+          <t>провулок Сумський, 35</t>
         </is>
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>(05446)23744</t>
+          <t>(05446)22770</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>aht_zosh11@ukr.net</t>
+          <t>scool2@meta.ua</t>
         </is>
       </c>
       <c r="S79" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/ohtskola11/novini</t>
+          <t>http://school-2-okhtyrka.cf/</t>
         </is>
       </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Сергієнко Олена Миколаївна</t>
+          <t>Директор Бондаренко Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №2 Охтирської міської ради Сумської області</t>
+          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №4 імені Остапа Вишні Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>141626</v>
+        <v>141627</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів №2</t>
+          <t>ЗОШ І-ІІІ ступенів №4 імені Остапа Вишні</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>провулок Сумський, 35</t>
+          <t>вулиця Холодноярська, 4</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(05446)22770</t>
+          <t>(05446)2-26-01</t>
         </is>
       </c>
       <c r="Q80" s="4"/>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>scool2@meta.ua</t>
+          <t>ostvishnya@gmail.com</t>
         </is>
       </c>
       <c r="S80" s="4" t="inlineStr">
         <is>
-          <t>http://school-2-okhtyrka.cf/</t>
+          <t>http://okhtyrka-shkola4.net/</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондаренко Світлана Анатоліївна</t>
+          <t>Директор Єременко Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №4 імені Остапа Вишні Охтирської міської ради Сумської області</t>
+          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №8 Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>141627</v>
+        <v>140782</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів №4 імені Остапа Вишні</t>
+          <t>ЗОШ І-ІІІ ступенів № 8</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
           <t>5910200000</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J81" s="4" t="inlineStr">
         <is>
           <t>Охтирка, Сумська область</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодноярська, 4</t>
+          <t>вулиця Гоголя, 30-А</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
           <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Охтирка</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(05446)2-26-01</t>
+          <t>(05446)2-32-24</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>ostvishnya@gmail.com</t>
+          <t>zoh8.okhtyrka@gmail.com</t>
         </is>
       </c>
       <c r="S81" s="4" t="inlineStr">
         <is>
-          <t>http://okhtyrka-shkola4.net/</t>
+          <t>https://www.zosh8-akhtyrka.com.ua/</t>
         </is>
       </c>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Єременко Тетяна Сергіївна</t>
+          <t>В.о. директора Голець Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Охтирська загальноосвітня школа І-ІІІ ступенів №8 Охтирської міської ради Сумської області</t>
+          <t>Підлипненський ліцей Конотопської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>140782</v>
+        <v>136768</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ступенів № 8</t>
+          <t>Підлипненський ліцей</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
-          <t>5910200000</t>
+          <t>5910490501</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
-          <t>Охтирка, Сумська область</t>
+          <t>с. Підлипне, Конотоп, Сумська область</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 30-А</t>
+          <t>вулиця Чарівна, 18а</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
-          <t>UA59040110010017443</t>
+          <t>UA59020070040032122</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Охтирка</t>
+          <t>Сумська обл., Конотопський р-н, с. Підлипне</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Охтирської міської ради</t>
+          <t>Управління освіти Конотопської міської ради Сумської області.</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(05446)2-32-24</t>
+          <t>(05447)55807</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>zoh8.okhtyrka@gmail.com</t>
+          <t>school15-pidlipne@ukr.net</t>
         </is>
       </c>
       <c r="S82" s="4" t="inlineStr">
         <is>
-          <t>https://www.zosh8-akhtyrka.com.ua/</t>
+          <t>https://school15.osvita-konotop.gov.ua/</t>
         </is>
       </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Голець Людмила Леонідівна</t>
+          <t>Директор Щербина Віктор Борисович</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Підлипненський ліцей Конотопської міської ради Сумської області</t>
+          <t>Комунальна установа Піщанська загальноосвітня школа I-II ступенів м. Суми Сумської області</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>136768</v>
+        <v>145062</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>Підлипненський ліцей</t>
+          <t>Піщанська ЗОШ І-ІІ ступенів</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
-          <t>5910490501</t>
+          <t>5910191501</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
-          <t>с. Підлипне, Конотоп, Сумська область</t>
+          <t>с. Піщане, Суми, Сумська область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чарівна, 18а</t>
+          <t>вулиця Шкільна, 26</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
-          <t>UA59020070040032122</t>
+          <t>UA59080270140072850</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Підлипне</t>
+          <t>Сумська обл., Сумський р-н, с. Піщане</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Конотопської міської ради Сумської області.</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(05447)55807</t>
+          <t>(0542)789741</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>school15-pidlipne@ukr.net</t>
+          <t>shcolanet2008@ukr.net</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
-          <t>https://school15.osvita-konotop.gov.ua/</t>
+          <t>https://sites.google.com/view/pischane2020rik</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Директор Щербина Віктор Борисович</t>
+          <t>Директор Нагорна Наталія Іванівна</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>Комунальна установа Піщанська загальноосвітня школа I-II ступенів м. Суми Сумської області</t>
+          <t>Комунальний заклад "Роменський ліцей №4 Роменської міської ради Сумської області імені Героя України Тетяни Маркус"</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>145062</v>
+        <v>144015</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Піщанська ЗОШ І-ІІ ступенів</t>
+          <t>Роменський ліцей № 4 ім. Тетяни Маркус</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
-          <t>5910191501</t>
+          <t>5910700000</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
-          <t>с. Піщане, Суми, Сумська область</t>
+          <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 26</t>
+          <t>вулиця Монастирська, 2</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
-          <t>UA59080270140072850</t>
+          <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Піщане</t>
+          <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(0542)789741</t>
+          <t>(05448)54129</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>shcolanet2008@ukr.net</t>
+          <t>shkol4@ukr.net</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/pischane2020rik</t>
+          <t>http://romny-school4.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Нагорна Наталія Іванівна</t>
+          <t>Директор Кущ Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Роменський ліцей №4 Роменської міської ради Сумської області імені Героя України Тетяни Маркус"</t>
+          <t>Роменська загальноосвітня школа І-ІІ ступенів №6 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>144015</v>
+        <v>144090</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>Роменський ліцей № 4 ім. Тетяни Маркус</t>
+          <t>Роменська ЗОШ №6</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
-          <t>вулиця Монастирська, 2</t>
+          <t>вулиця Всіхсвятська, 5</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(05448)54129</t>
+          <t>(05448)72921</t>
         </is>
       </c>
       <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>shkol4@ukr.net</t>
+          <t>romny.school6@gmail.com</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>http://romny-school4.edukit.sumy.ua/</t>
+          <t>http://www.romny-zosh6.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>Директор Кущ Людмила Миколаївна</t>
+          <t>Директор Боярко Оксана Юріївна</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>Роменська загальноосвітня школа І-ІІ ступенів №6 Роменської міської ради Сумської області</t>
+          <t>Роменська загальноосвітня школа І-ІІІ ступенів №10 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>144090</v>
+        <v>144245</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>Роменська ЗОШ №6</t>
+          <t>Школа №10</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>вулиця Всіхсвятська, 5</t>
+          <t>вулиця Конотопська, 50</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(05448)72921</t>
+          <t>(05448)58991</t>
         </is>
       </c>
       <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>romny.school6@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>scool10@ukr.net</t>
+        </is>
+      </c>
+      <c r="S86" s="4"/>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>Директор Боярко Оксана Юріївна</t>
+          <t>Директор Хоменко Альбіна Миколаївна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>Роменська загальноосвітня школа І-ІІІ ступенів №10 Роменської міської ради Сумської області</t>
+          <t>Роменська загальноосвітня школа І-ІІІ ступенів №11 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B87" s="5" t="n">
-        <v>144245</v>
+        <v>143829</v>
       </c>
       <c r="C87" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>Школа №10</t>
+          <t>Школа №11</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>вулиця Конотопська, 50</t>
+          <t>вулиця Героїв Роменщини, 121</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>(05448)58991</t>
+          <t>(05448)52226</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>scool10@ukr.net</t>
+          <t>r_school_11@ukr.net</t>
         </is>
       </c>
       <c r="S87" s="4"/>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>Директор Хоменко Альбіна Миколаївна</t>
+          <t>Директор Зеленська Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>Роменська загальноосвітня школа І-ІІІ ступенів №11 Роменської міської ради Сумської області</t>
+          <t>Роменська загальноосвітня школа І-ІІІ ступенів №5 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B88" s="5" t="n">
-        <v>143829</v>
+        <v>143836</v>
       </c>
       <c r="C88" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>Школа №11</t>
+          <t>Школа №5</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H88" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Роменщини, 121</t>
+          <t>вулиця Прокопенка, 76</t>
         </is>
       </c>
       <c r="L88" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
-          <t>(05448)52226</t>
+          <t>(05448)31590</t>
         </is>
       </c>
       <c r="Q88" s="4"/>
       <c r="R88" s="4" t="inlineStr">
         <is>
-          <t>r_school_11@ukr.net</t>
+          <t>romny-school5@ukr.net</t>
         </is>
       </c>
       <c r="S88" s="4"/>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>Директор Зеленська Вікторія Володимирівна</t>
+          <t>Директор Діхнич Наталія Федорівна</t>
         </is>
       </c>
       <c r="U88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Роменська загальноосвітня школа І-ІІІ ступенів №5 Роменської міської ради Сумської області</t>
+          <t>Роменська загальноосвітня школа І-ІІІ ступенів №7 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B89" s="5" t="n">
-        <v>143836</v>
+        <v>144073</v>
       </c>
       <c r="C89" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>Школа №5</t>
+          <t>м. Ромни ЗОШ №7</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H89" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прокопенка, 76</t>
+          <t>вулиця Полтавська, 32</t>
         </is>
       </c>
       <c r="L89" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N89" s="7"/>
       <c r="O89" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>(05448)31590</t>
+          <t>(05448)79794</t>
         </is>
       </c>
       <c r="Q89" s="4"/>
       <c r="R89" s="4" t="inlineStr">
         <is>
-          <t>romny-school5@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S89" s="4"/>
+          <t>romny.school7@gmail.com</t>
+        </is>
+      </c>
+      <c r="S89" s="4" t="inlineStr">
+        <is>
+          <t>romnyschool7.e-schools.info</t>
+        </is>
+      </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>Директор Діхнич Наталія Федорівна</t>
+          <t>Директор Федько Світлана Василівна</t>
         </is>
       </c>
       <c r="U89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>Роменська загальноосвітня школа І-ІІІ ступенів №7 Роменської міської ради Сумської області</t>
+          <t>Роменський заклад загальної середньої освіти І-ІІ ступенів №8 Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B90" s="5" t="n">
-        <v>144073</v>
+        <v>144074</v>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>м. Ромни ЗОШ №7</t>
+          <t>Роменська ЗОШ №8</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G90" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H90" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I90" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J90" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
-          <t>вулиця Полтавська, 32</t>
+          <t>вулиця Троїцька, 94</t>
         </is>
       </c>
       <c r="L90" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M90" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N90" s="7"/>
       <c r="O90" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P90" s="4" t="inlineStr">
         <is>
-          <t>(05448)79794</t>
+          <t>(05448)78036</t>
         </is>
       </c>
       <c r="Q90" s="4"/>
       <c r="R90" s="4" t="inlineStr">
         <is>
-          <t>romny.school7@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>shool8@ukr.net</t>
+        </is>
+      </c>
+      <c r="S90" s="4"/>
       <c r="T90" s="4" t="inlineStr">
         <is>
-          <t>Директор Федько Світлана Василівна</t>
+          <t>Директор Прокопенко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Роменський заклад загальної середньої освіти І-ІІ ступенів №8 Роменської міської ради Сумської області</t>
+          <t>Роменський ліцей №1 ім. П.І. Калнишевського Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B91" s="5" t="n">
-        <v>144074</v>
+        <v>143833</v>
       </c>
       <c r="C91" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>Роменська ЗОШ №8</t>
+          <t>Роменський ліцей № 1 РМР</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 94</t>
+          <t>вулиця Іллінська, 15</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
-          <t>(05448)78036</t>
+          <t>(05448)54335</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
         <is>
-          <t>shool8@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S91" s="4"/>
+          <t>school-1-romny@ukr.net</t>
+        </is>
+      </c>
+      <c r="S91" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/szoshno1romny/</t>
+        </is>
+      </c>
       <c r="T91" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопенко Тетяна Іванівна</t>
+          <t>Директор Судьїна Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Роменський ліцей №1 ім. П.І. Калнишевського Роменської міської ради Сумської області</t>
+          <t>Роменський ліцей №2 ім. акад. А.Ф. Йоффе Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B92" s="5" t="n">
-        <v>143833</v>
+        <v>143996</v>
       </c>
       <c r="C92" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>Роменський ліцей № 1 РМР</t>
+          <t>Роменський ліцей № 2 РМР</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G92" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H92" s="6" t="inlineStr">
         <is>
           <t>5910700000</t>
         </is>
       </c>
       <c r="I92" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>Ромни, Сумська область</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
-          <t>вулиця Іллінська, 15</t>
+          <t>вулиця Соборна, 33</t>
         </is>
       </c>
       <c r="L92" s="6" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M92" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Ромни</t>
         </is>
       </c>
       <c r="N92" s="7"/>
       <c r="O92" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
-          <t>(05448)54335</t>
+          <t>(05448)52405</t>
         </is>
       </c>
       <c r="Q92" s="4"/>
       <c r="R92" s="4" t="inlineStr">
         <is>
-          <t>school-1-romny@ukr.net</t>
+          <t>romnyschool2@ukr.net</t>
         </is>
       </c>
       <c r="S92" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/szoshno1romny/</t>
+          <t>http://school2romny.com.ua</t>
         </is>
       </c>
       <c r="T92" s="4" t="inlineStr">
         <is>
-          <t>Директор Судьїна Валентина Володимирівна</t>
+          <t>Директор Юракова Олена Вячеславівна</t>
         </is>
       </c>
       <c r="U92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Роменський ліцей №2 ім. акад. А.Ф. Йоффе Роменської міської ради Сумської області</t>
+          <t>Комунальна організація (установа, заклад) «Шосткинська загальноосвітня школа I-III ступенів № 5 Шосткинської міської ради Сумської області»</t>
         </is>
       </c>
       <c r="B93" s="5" t="n">
-        <v>143996</v>
+        <v>137674</v>
       </c>
       <c r="C93" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>Роменський ліцей № 2 РМР</t>
+          <t>Школа №5</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H93" s="6" t="inlineStr">
         <is>
-          <t>5910700000</t>
+          <t>5911000000</t>
         </is>
       </c>
       <c r="I93" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J93" s="4" t="inlineStr">
         <is>
-          <t>Ромни, Сумська область</t>
+          <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K93" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 33</t>
+          <t>вулиця Марата, 24-А</t>
         </is>
       </c>
       <c r="L93" s="6" t="inlineStr">
         <is>
-          <t>UA59060110010062596</t>
+          <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M93" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Ромни</t>
+          <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N93" s="7"/>
       <c r="O93" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P93" s="4" t="inlineStr">
         <is>
-          <t>(05448)52405</t>
+          <t>(05449)75568, (05449)61288</t>
         </is>
       </c>
       <c r="Q93" s="4"/>
       <c r="R93" s="4" t="inlineStr">
         <is>
-          <t>romnyschool2@ukr.net</t>
+          <t>sh5.at.ua@gmail.com</t>
         </is>
       </c>
       <c r="S93" s="4" t="inlineStr">
         <is>
-          <t>http://school2romny.com.ua</t>
+          <t>http://sh5.at.ua</t>
         </is>
       </c>
       <c r="T93" s="4" t="inlineStr">
         <is>
-          <t>Директор Юракова Олена Вячеславівна</t>
+          <t>Директор Михайленко Микола Миколайович</t>
         </is>
       </c>
       <c r="U93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) «Шосткинська загальноосвітня школа I-III ступенів № 5 Шосткинської міської ради Сумської області»</t>
+          <t>Комунальна організація (установа, заклад) «Шосткинський навчально-виховний комплекс: Шосткинська загальноосвітня школа І-ІІІ ступенів №9 - дошкільний навчальний заклад Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B94" s="5" t="n">
-        <v>137674</v>
+        <v>137715</v>
       </c>
       <c r="C94" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>Школа №5</t>
+          <t>ШНВК ШЗШ № 9-ДНЗ</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>вулиця Марата, 24-А</t>
+          <t>вулиця Сумська, 2</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
-          <t>(05449)75568, (05449)61288</t>
+          <t>(05449)20232, (05449)70319</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
         <is>
-          <t>sh5.at.ua@gmail.com</t>
+          <t>nvk-9@ukr.net</t>
         </is>
       </c>
       <c r="S94" s="4" t="inlineStr">
         <is>
-          <t>http://sh5.at.ua</t>
+          <t>http://school9.shostka-rada.gov.ua/index.php</t>
         </is>
       </c>
       <c r="T94" s="4" t="inlineStr">
         <is>
-          <t>Директор Михайленко Микола Миколайович</t>
+          <t>В.о. директора Ґасимова Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) «Шосткинський навчально-виховний комплекс: Шосткинська загальноосвітня школа І-ІІІ ступенів №9 - дошкільний навчальний заклад Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська гімназія Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B95" s="5" t="n">
-        <v>137715</v>
+        <v>137716</v>
       </c>
       <c r="C95" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>ШНВК ШЗШ № 9-ДНЗ</t>
+          <t>Шосткинська гімназія ШМР Сумської області</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 2</t>
+          <t>вулиця Інститутська, 4</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>(05449)20232, (05449)70319</t>
+          <t>(05449)22040, (05449)72030</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
         <is>
-          <t>nvk-9@ukr.net</t>
+          <t>shostka.gimn@gmail.com</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>http://school9.shostka-rada.gov.ua/index.php</t>
+          <t>http://shostka-gimnaz.sumy.sch.in.ua/tab/hot/</t>
         </is>
       </c>
       <c r="T95" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бондар Галина Михайлівна</t>
+          <t>Директор Мороз Юлія Михайлівна</t>
         </is>
       </c>
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська гімназія Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №11 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B96" s="5" t="n">
-        <v>137716</v>
+        <v>138108</v>
       </c>
       <c r="C96" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>Шосткинська гімназія ШМР Сумської області</t>
+          <t>Школа №11</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G96" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H96" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I96" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J96" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інститутська, 4</t>
+          <t>вулиця Свободи, 70</t>
         </is>
       </c>
       <c r="L96" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M96" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N96" s="7"/>
       <c r="O96" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
-          <t>(05449)22040, (05449)72030</t>
+          <t>(05449)62409</t>
         </is>
       </c>
       <c r="Q96" s="4"/>
       <c r="R96" s="4" t="inlineStr">
         <is>
-          <t>shostka.gimn@gmail.com</t>
+          <t>shostka-school-11@ukr.net</t>
         </is>
       </c>
       <c r="S96" s="4" t="inlineStr">
         <is>
-          <t>http://shostka-gimnaz.sumy.sch.in.ua/tab/hot/</t>
+          <t>school11.shostka-rada.gov.ua</t>
         </is>
       </c>
       <c r="T96" s="4" t="inlineStr">
         <is>
-          <t>Директор Мороз Юлія Михайлівна</t>
+          <t>Директор Грибук Наталія Григорівна</t>
         </is>
       </c>
       <c r="U96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №11 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №12 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B97" s="5" t="n">
-        <v>138108</v>
+        <v>137738</v>
       </c>
       <c r="C97" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>Школа №11</t>
+          <t>ШЗШ І-ІІІ ступенів № 12 ШМР Сумської області</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H97" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I97" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J97" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 70</t>
+          <t>вулиця Ціолковського, 10</t>
         </is>
       </c>
       <c r="L97" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M97" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N97" s="7"/>
       <c r="O97" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P97" s="4" t="inlineStr">
         <is>
-          <t>(05449)62409</t>
+          <t>(05449)42163, (05449)20036</t>
         </is>
       </c>
       <c r="Q97" s="4"/>
       <c r="R97" s="4" t="inlineStr">
         <is>
-          <t>shostka-school-11@ukr.net</t>
+          <t>school12shostka@ukr.net</t>
         </is>
       </c>
       <c r="S97" s="4" t="inlineStr">
         <is>
-          <t>school11.shostka-rada.gov.ua</t>
+          <t>http://school12.shostka-rada.gov.ua</t>
         </is>
       </c>
       <c r="T97" s="4" t="inlineStr">
         <is>
-          <t>Директор Грибук Наталія Григорівна</t>
+          <t>Директор Круш Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №12 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №4 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B98" s="5" t="n">
-        <v>137738</v>
+        <v>137663</v>
       </c>
       <c r="C98" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>ШЗШ І-ІІІ ступенів № 12 ШМР Сумської області</t>
+          <t>Школа №4</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H98" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I98" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ціолковського, 10</t>
+          <t>вулиця Заводська, 30</t>
         </is>
       </c>
       <c r="L98" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
-          <t>(05449)42163, (05449)20036</t>
+          <t>(05449)7-75-62</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
-          <t>school12shostka@ukr.net</t>
+          <t>schoo4@ukr.net</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>http://school12.shostka-rada.gov.ua</t>
+          <t>http://school4.shostka-rada.gov.ua/index.php</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
-          <t>Директор Круш Ірина Володимирівна</t>
+          <t>Директор Редман Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №4 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №7 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B99" s="5" t="n">
-        <v>137663</v>
+        <v>137714</v>
       </c>
       <c r="C99" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>Школа №4</t>
+          <t>Шосткинська ЗОШ №7</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G99" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H99" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I99" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J99" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K99" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 30</t>
+          <t>вулиця Матросова, 1</t>
         </is>
       </c>
       <c r="L99" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M99" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N99" s="7"/>
       <c r="O99" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P99" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-75-62</t>
+          <t>(05449)7-31-21, (05449)7-28-60</t>
         </is>
       </c>
       <c r="Q99" s="4"/>
       <c r="R99" s="4" t="inlineStr">
         <is>
-          <t>schoo4@ukr.net</t>
+          <t>shostka.shkola7@gmail.com</t>
         </is>
       </c>
       <c r="S99" s="4" t="inlineStr">
         <is>
-          <t>http://school4.shostka-rada.gov.ua/index.php</t>
+          <t>https://sites.google.com/view/shostka-shkola-7</t>
         </is>
       </c>
       <c r="T99" s="4" t="inlineStr">
         <is>
-          <t>Директор Редман Людмила Миколаївна</t>
+          <t>В.о. директора Романченко Анжела Миколаївна</t>
         </is>
       </c>
       <c r="U99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №7 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №8 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B100" s="5" t="n">
-        <v>137714</v>
+        <v>137762</v>
       </c>
       <c r="C100" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>Шосткинська ЗОШ №7</t>
+          <t>Школа № 8</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H100" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I100" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J100" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K100" s="4" t="inlineStr">
         <is>
-          <t>вулиця Матросова, 1</t>
+          <t>вулиця Озерна, 29</t>
         </is>
       </c>
       <c r="L100" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M100" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N100" s="7"/>
       <c r="O100" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P100" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-31-21, (05449)7-28-60</t>
+          <t>(05449)4-32-57</t>
         </is>
       </c>
       <c r="Q100" s="4"/>
       <c r="R100" s="4" t="inlineStr">
         <is>
-          <t>shostka.shkola7@gmail.com</t>
+          <t>shzosh8@ukr.net</t>
         </is>
       </c>
       <c r="S100" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/shostka-shkola-7</t>
+          <t>http://zosh-8.at.ua</t>
         </is>
       </c>
       <c r="T100" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Величко Віталій Сергійович</t>
+          <t>Директор Кириченко Олександр Васильович</t>
         </is>
       </c>
       <c r="U100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська загальноосвітня школа І-ІІІ ступенів №8 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська спеціалізована школа І-ІІІ ступенів №1 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B101" s="5" t="n">
-        <v>137762</v>
+        <v>137667</v>
       </c>
       <c r="C101" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>Школа № 8</t>
+          <t>ШСШ І-ІІІ ступенів № 1 ШМР Сумської області</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H101" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
-          <t>вулиця Озерна, 29</t>
+          <t>вулиця Чернігівська, 10</t>
         </is>
       </c>
       <c r="L101" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
-          <t>(05449)4-32-57</t>
+          <t>(05449)21331, (05449)21083</t>
         </is>
       </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4" t="inlineStr">
         <is>
-          <t>shzosh8@ukr.net</t>
+          <t>sh1_shostka@ukr.net</t>
         </is>
       </c>
       <c r="S101" s="4" t="inlineStr">
         <is>
-          <t>http://zosh-8.at.ua</t>
+          <t>http://school1.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>Директор Кириченко Олександр Васильович</t>
+          <t>В.о. директора Сметана Ірина Віталіївна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська спеціалізована школа І-ІІІ ступенів №1 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинська спеціальна загальноосвітня школа І-ІІ ступенів №10 Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B102" s="5" t="n">
-        <v>137667</v>
+        <v>137718</v>
       </c>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
-          <t>ШСШ І-ІІІ ступенів № 1 ШМР Сумської області</t>
+          <t>Шосткинська СЗШ №10</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G102" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H102" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I102" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J102" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K102" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чернігівська, 10</t>
+          <t>вулиця Герцена, 3</t>
         </is>
       </c>
       <c r="L102" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M102" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N102" s="7"/>
       <c r="O102" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P102" s="4" t="inlineStr">
         <is>
-          <t>(05449)21331, (05449)21083</t>
+          <t>(05449)73015</t>
         </is>
       </c>
       <c r="Q102" s="4"/>
       <c r="R102" s="4" t="inlineStr">
         <is>
-          <t>sh1_shostka@ukr.net</t>
+          <t>shostka-shkola10@ukr.net</t>
         </is>
       </c>
       <c r="S102" s="4" t="inlineStr">
         <is>
-          <t>http://school1.shostka-rada.gov.ua/</t>
+          <t>http://school10.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T102" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сметана Ірина Віталіївна</t>
+          <t>В.о. директора Макаренко Олена Сергіївна</t>
         </is>
       </c>
       <c r="U102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинська спеціальна загальноосвітня школа І-ІІ ступенів №10 Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів № 6 - дошкільний навчальний заклад ім. Героя Радянського Союзу Колодко М.О. Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B103" s="5" t="n">
-        <v>137718</v>
+        <v>137681</v>
       </c>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>Шосткинська СЗШ №10</t>
+          <t>ШНВК:ЗОШ І-ІІІ ст. № 6 - ДНЗ</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G103" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H103" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I103" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J103" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K103" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герцена, 3</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L103" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M103" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N103" s="7"/>
       <c r="O103" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
-          <t>(05449)73015</t>
+          <t>(05449)7-99-81</t>
         </is>
       </c>
       <c r="Q103" s="4"/>
       <c r="R103" s="4" t="inlineStr">
         <is>
-          <t>shostka-shkola10@ukr.net</t>
+          <t>nvk6.shostka@ukr.net</t>
         </is>
       </c>
       <c r="S103" s="4" t="inlineStr">
         <is>
-          <t>http://school10.shostka-rada.gov.ua/</t>
+          <t>http://school6.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Макаренко Олена Сергіївна</t>
+          <t>В.о. директора Плацинда Оксана Леонідівна</t>
         </is>
       </c>
       <c r="U103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів № 6 - дошкільний навчальний заклад ім. Героя Радянського Союзу Колодко М.О. Шосткинської міської ради Сумської області"</t>
+          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: спеціалізована школа І-ІІ ступенів-ліцей Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B104" s="5" t="n">
-        <v>137681</v>
+        <v>137713</v>
       </c>
       <c r="C104" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
-          <t>ШНВК:ЗОШ І-ІІІ ст. № 6 - ДНЗ</t>
+          <t>Шосткинський НВК: сш І-ІІ ст.-ліцей</t>
         </is>
       </c>
       <c r="E104" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G104" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H104" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I104" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Свободи, 33</t>
         </is>
       </c>
       <c r="L104" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N104" s="7"/>
       <c r="O104" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-99-81</t>
+          <t>(05449)72589, (05449)72249</t>
         </is>
       </c>
       <c r="Q104" s="4"/>
       <c r="R104" s="4" t="inlineStr">
         <is>
-          <t>nvk6.shostka@ukr.net</t>
+          <t>shnvk-licey@shostka-licey.com</t>
         </is>
       </c>
       <c r="S104" s="4" t="inlineStr">
         <is>
-          <t>http://school6.shostka-rada.gov.ua/</t>
+          <t>http://lyceum.shostka-rada.gov.ua/</t>
         </is>
       </c>
       <c r="T104" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Плацинда Оксана Леонідівна</t>
+          <t>Директор Василенко Вячеслав Миколайович</t>
         </is>
       </c>
       <c r="U104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y104" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Комунальна організація (установа, заклад) "Шосткинський навчально-виховний комплекс: спеціалізована школа І-ІІ ступенів-ліцей Шосткинської міської ради Сумської області"</t>
+          <t>Комунальний заклад Сумської обласної ради "Шосткинський ліцей спортивного профілю"</t>
         </is>
       </c>
       <c r="B105" s="5" t="n">
-        <v>137713</v>
+        <v>148815</v>
       </c>
       <c r="C105" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>Шосткинський НВК: сш І-ІІ ст.-ліцей</t>
+          <t>КЗ СОР "Шосткинський спортивний ліцей"</t>
         </is>
       </c>
       <c r="E105" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H105" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 33</t>
+          <t>вулиця Сумська, 4</t>
         </is>
       </c>
       <c r="L105" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N105" s="7"/>
       <c r="O105" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
-          <t>(05449)72589, (05449)72249</t>
+          <t>(05449)21107, (05449)70388</t>
         </is>
       </c>
       <c r="Q105" s="4"/>
       <c r="R105" s="4" t="inlineStr">
         <is>
-          <t>shnvk-licey@shostka-licey.com</t>
+          <t>42360261@mail.gov.ua</t>
         </is>
       </c>
       <c r="S105" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum.shostka-rada.gov.ua/</t>
+          <t>https://sportlyceum.e-schools.info/</t>
         </is>
       </c>
       <c r="T105" s="4" t="inlineStr">
         <is>
-          <t>Директор Василенко Вячеслав Миколайович</t>
+          <t>В.о. директора Рубльова Світлана Василівна</t>
         </is>
       </c>
       <c r="U105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Шосткинський ліцей спортивного профілю"</t>
+          <t>Шосткинська початкова школа "Паросток" Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B106" s="5" t="n">
-        <v>148815</v>
+        <v>138116</v>
       </c>
       <c r="C106" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Шосткинський спортивний ліцей"</t>
+          <t>ШПШ "Паросток" ШМР Сумської області</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>спортивний ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G106" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H106" s="6" t="inlineStr">
         <is>
           <t>5911000000</t>
         </is>
       </c>
       <c r="I106" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J106" s="4" t="inlineStr">
         <is>
           <t>Шостка, Сумська область</t>
         </is>
       </c>
       <c r="K106" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 4</t>
+          <t>вулиця Знаменська, 4А</t>
         </is>
       </c>
       <c r="L106" s="6" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M106" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Шостка</t>
         </is>
       </c>
       <c r="N106" s="7"/>
       <c r="O106" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P106" s="4" t="inlineStr">
         <is>
-          <t>(05449)21107, (05449)70388</t>
+          <t>(05449)7-21-43</t>
         </is>
       </c>
       <c r="Q106" s="4"/>
       <c r="R106" s="4" t="inlineStr">
         <is>
-          <t>42360261@mail.gov.ua</t>
+          <t>parostok_shostka@ukr.net</t>
         </is>
       </c>
       <c r="S106" s="4" t="inlineStr">
         <is>
-          <t>https://sportlyceum.e-schools.info/</t>
+          <t>http://school13.shostka.ua/</t>
         </is>
       </c>
       <c r="T106" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Рубльова Світлана Василівна</t>
+          <t>В.о. директора Назаренко Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y106" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="4" t="inlineStr">
         <is>
-          <t>Шосткинська початкова школа "Паросток" Шосткинської міської ради Сумської області</t>
+          <t>АЛТИНІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B107" s="5" t="n">
-        <v>138116</v>
+        <v>139119</v>
       </c>
       <c r="C107" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>ШПШ "Паросток" ШМР Сумської області</t>
+          <t>АЛТИНІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G107" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H107" s="6" t="inlineStr">
         <is>
-          <t>5911000000</t>
+          <t>5922680401</t>
         </is>
       </c>
       <c r="I107" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J107" s="4" t="inlineStr">
         <is>
-          <t>Шостка, Сумська область</t>
+          <t>с. Алтинівка, Кролевецький район, Сумська область</t>
         </is>
       </c>
       <c r="K107" s="4" t="inlineStr">
         <is>
-          <t>вулиця Знаменська, 4А</t>
+          <t>вулиця Чайківка, 19</t>
         </is>
       </c>
       <c r="L107" s="6" t="inlineStr">
         <is>
-          <t>UA59100170010017917</t>
+          <t>UA59020090020077404</t>
         </is>
       </c>
       <c r="M107" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., м. Шостка</t>
+          <t>Сумська обл., Конотопський р-н, с. Алтинівка</t>
         </is>
       </c>
       <c r="N107" s="7"/>
       <c r="O107" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Кролевецької міської ради</t>
         </is>
       </c>
       <c r="P107" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-21-43</t>
+          <t>(05453)72249</t>
         </is>
       </c>
       <c r="Q107" s="4"/>
       <c r="R107" s="4" t="inlineStr">
         <is>
-          <t>parostok_shostka@ukr.net</t>
+          <t>altynivska.sh@ukr.net</t>
         </is>
       </c>
       <c r="S107" s="4" t="inlineStr">
         <is>
-          <t>http://school13.shostka.ua/</t>
+          <t>altynivka.krolevec-osvita.gov.ua</t>
         </is>
       </c>
       <c r="T107" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Назаренко Світлана Миколаївна</t>
+          <t>Директор Федоренко Михайло Васильович</t>
         </is>
       </c>
       <c r="U107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V107" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="4" t="inlineStr">
         <is>
-          <t>АЛТИНІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Анастасівський ліцей - заклад загальної середньої освіти I-III ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B108" s="5" t="n">
-        <v>139119</v>
+        <v>143417</v>
       </c>
       <c r="C108" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>АЛТИНІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Анастасівський ліцей</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G108" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H108" s="6" t="inlineStr">
         <is>
-          <t>5922680401</t>
+          <t>5924180601</t>
         </is>
       </c>
       <c r="I108" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J108" s="4" t="inlineStr">
         <is>
-          <t>с. Алтинівка, Кролевецький район, Сумська область</t>
+          <t>с. Анастасівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K108" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайківка, 19</t>
+          <t>вулиця Шкільна, 63</t>
         </is>
       </c>
       <c r="L108" s="6" t="inlineStr">
         <is>
-          <t>UA59020090020077404</t>
+          <t>UA59060010020040055</t>
         </is>
       </c>
       <c r="M108" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Алтинівка</t>
+          <t>Сумська обл., Роменський р-н, с. Анастасівка</t>
         </is>
       </c>
       <c r="N108" s="7"/>
       <c r="O108" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Кролевецької міської ради</t>
+          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P108" s="4" t="inlineStr">
         <is>
-          <t>(05453)72249</t>
+          <t>(0544)895383</t>
         </is>
       </c>
       <c r="Q108" s="4"/>
       <c r="R108" s="4" t="inlineStr">
         <is>
-          <t>altynivska.sh@ukr.net</t>
+          <t>Anastasivka-school@ukr.net</t>
         </is>
       </c>
       <c r="S108" s="4" t="inlineStr">
         <is>
-          <t>altynivka.krolevec-osvita.gov.ua</t>
+          <t>http://anastasivka-zosh.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T108" s="4" t="inlineStr">
         <is>
-          <t>Директор Федоренко Михайло Васильович</t>
+          <t>Директор Баскакова Лідія Михайлівна</t>
         </is>
       </c>
       <c r="U108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V108" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="4" t="inlineStr">
         <is>
-          <t>Анастасівський ліцей - заклад загальної середньої освіти I-III ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Андріївська гімназія - заклад загальної середньої освіти І-ІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B109" s="5" t="n">
-        <v>143417</v>
+        <v>142535</v>
       </c>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>Анастасівський ліцей</t>
+          <t>Андріївська гімназія</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G109" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H109" s="6" t="inlineStr">
         <is>
-          <t>5924180601</t>
+          <t>5924180901</t>
         </is>
       </c>
       <c r="I109" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J109" s="4" t="inlineStr">
         <is>
-          <t>с. Анастасівка, Роменський район, Сумська область</t>
+          <t>с. Андріївка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K109" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 63</t>
+          <t>вулиця Новоселиця, 30</t>
         </is>
       </c>
       <c r="L109" s="6" t="inlineStr">
         <is>
-          <t>UA59060010020040055</t>
+          <t>UA59060010030037017</t>
         </is>
       </c>
       <c r="M109" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Анастасівка</t>
+          <t>Сумська обл., Роменський р-н, с. Андріївка</t>
         </is>
       </c>
       <c r="N109" s="7"/>
       <c r="O109" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
-          <t>(0544)895383</t>
+          <t>(05448)97245</t>
         </is>
       </c>
       <c r="Q109" s="4"/>
       <c r="R109" s="4" t="inlineStr">
         <is>
-          <t>Anastasivka-school@ukr.net</t>
+          <t>andriyivskiynvk@ukr.net</t>
         </is>
       </c>
       <c r="S109" s="4" t="inlineStr">
         <is>
-          <t>http://anastasivka-zosh.sumy.sch.in.ua/</t>
+          <t>https://andriyivskiynvk.e-schools.info/</t>
         </is>
       </c>
       <c r="T109" s="4" t="inlineStr">
         <is>
-          <t>Директор Баскакова Лідія Михайлівна</t>
+          <t>Директор Ізюменко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V109" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="4" t="inlineStr">
         <is>
-          <t>Андріївська гімназія - заклад загальної середньої освіти І-ІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Андріяшівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B110" s="5" t="n">
-        <v>142535</v>
+        <v>143419</v>
       </c>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>Андріївська гімназія</t>
+          <t>Андріяшівський ліцей</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G110" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H110" s="6" t="inlineStr">
         <is>
-          <t>5924180901</t>
+          <t>5924181101</t>
         </is>
       </c>
       <c r="I110" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J110" s="4" t="inlineStr">
         <is>
-          <t>с. Андріївка, Роменський район, Сумська область</t>
+          <t>с. Андріяшівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K110" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новоселиця, 30</t>
+          <t>вулиця Шкільна, 56-А</t>
         </is>
       </c>
       <c r="L110" s="6" t="inlineStr">
         <is>
-          <t>UA59060010030037017</t>
+          <t>UA59060010010071206</t>
         </is>
       </c>
       <c r="M110" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Андріївка</t>
+          <t>Сумська обл., Роменський р-н, с. Андріяшівка</t>
         </is>
       </c>
       <c r="N110" s="7"/>
       <c r="O110" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
-          <t>(05448)97245</t>
+          <t>(05448)93304</t>
         </is>
       </c>
       <c r="Q110" s="4"/>
       <c r="R110" s="4" t="inlineStr">
         <is>
-          <t>andriyivskiynvk@ukr.net</t>
+          <t>andriachivka@mail.ukr.net</t>
         </is>
       </c>
       <c r="S110" s="4" t="inlineStr">
         <is>
-          <t>https://andriyivskiynvk.e-schools.info/</t>
+          <t>https://sites.google.com/view/and-school/</t>
         </is>
       </c>
       <c r="T110" s="4" t="inlineStr">
         <is>
-          <t>Директор Ізюменко Наталія Іванівна</t>
+          <t>Директор Ковшик Марина Михайлівна</t>
         </is>
       </c>
       <c r="U110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V110" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="4" t="inlineStr">
         <is>
-          <t>Андріяшівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Байрацький ліцей Липоводолинської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B111" s="5" t="n">
-        <v>143419</v>
+        <v>139517</v>
       </c>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>Андріяшівський ліцей</t>
+          <t>Байрацький ліцей</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G111" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H111" s="6" t="inlineStr">
         <is>
-          <t>5924181101</t>
+          <t>5923280401</t>
         </is>
       </c>
       <c r="I111" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J111" s="4" t="inlineStr">
         <is>
-          <t>с. Андріяшівка, Роменський район, Сумська область</t>
+          <t>с. Байрак, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K111" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 56-А</t>
+          <t>вулиця Миру, 32</t>
         </is>
       </c>
       <c r="L111" s="6" t="inlineStr">
         <is>
-          <t>UA59060010010071206</t>
+          <t>UA59060070030093650</t>
         </is>
       </c>
       <c r="M111" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Андріяшівка</t>
+          <t>Сумська обл., Роменський р-н, с. Байрак</t>
         </is>
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
-          <t>(05448)93304</t>
+          <t>(066)8610121</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
-          <t>andriachivka@mail.ukr.net</t>
+          <t>bajrak.school@gmail.com</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/and-school/</t>
+          <t>http://forum-bajrak.at.ua</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковшик Марина Михайлівна</t>
+          <t>Директор Деуленко Надія Олексіївна</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="4" t="inlineStr">
         <is>
-          <t>Байрацький ліцей Липоводолинської селищної ради Сумської області</t>
+          <t>Баницький навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа І-ІІІ ступенів Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B112" s="5" t="n">
-        <v>139517</v>
+        <v>176503</v>
       </c>
       <c r="C112" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Байрацький ліцей</t>
+          <t>Баницький НВК : ДНЗ - ЗОШ І - ІІІ ступенів</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G112" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H112" s="6" t="inlineStr">
         <is>
-          <t>5923280401</t>
+          <t>5921580401</t>
         </is>
       </c>
       <c r="I112" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J112" s="4" t="inlineStr">
         <is>
-          <t>с. Байрак, Липоводолинський район, Сумська область</t>
+          <t>с. Баничі, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K112" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 32</t>
+          <t>вулиця Мурашка, 171-Б</t>
         </is>
       </c>
       <c r="L112" s="6" t="inlineStr">
         <is>
-          <t>UA59060070030093650</t>
+          <t>UA59100030020072642</t>
         </is>
       </c>
       <c r="M112" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Байрак</t>
+          <t>Сумська обл., Шосткинський р-н, с. Баничі</t>
         </is>
       </c>
       <c r="N112" s="7"/>
       <c r="O112" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
+          <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P112" s="4" t="inlineStr">
         <is>
-          <t>(066)8610121</t>
+          <t>(05444)65-4-85</t>
         </is>
       </c>
       <c r="Q112" s="4"/>
       <c r="R112" s="4" t="inlineStr">
         <is>
-          <t>bajrak.school@gmail.com</t>
+          <t>banihi_nvk@meta.ua</t>
         </is>
       </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
-          <t>http://forum-bajrak.at.ua</t>
+          <t>https://sites.google.com/view/banichinvk/</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>Директор Деуленко Надія Олексіївна</t>
+          <t>Директор Волончук Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V112" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="4" t="inlineStr">
         <is>
-          <t>Баницький навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа І-ІІІ ступенів Глухівської міської ради Сумської області</t>
+          <t>Бацманівський навчально-виховний комплекс: заклад загальної середньої освіти І-ІІІ ступенів - заклад дошкільної освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B113" s="5" t="n">
-        <v>176503</v>
+        <v>142701</v>
       </c>
       <c r="C113" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
-          <t>Баницький НВК : ДНЗ - ЗОШ І - ІІІ ступенів</t>
+          <t>Бацманівський НВК</t>
         </is>
       </c>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G113" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H113" s="6" t="inlineStr">
         <is>
-          <t>5921580401</t>
+          <t>5924186102</t>
         </is>
       </c>
       <c r="I113" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J113" s="4" t="inlineStr">
         <is>
-          <t>с. Баничі, Глухівський район, Сумська область</t>
+          <t>с. Бацмани, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K113" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мурашка, 171-Б</t>
+          <t>вулиця Перемоги, 21-А</t>
         </is>
       </c>
       <c r="L113" s="6" t="inlineStr">
         <is>
-          <t>UA59100030020072642</t>
+          <t>UA59060110030097039</t>
         </is>
       </c>
       <c r="M113" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Баничі</t>
+          <t>Сумська обл., Роменський р-н, с. Бацмани</t>
         </is>
       </c>
       <c r="N113" s="7"/>
       <c r="O113" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Глухівської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P113" s="4" t="inlineStr">
         <is>
-          <t>(05444)65-4-85</t>
+          <t>(05448)989-26</t>
         </is>
       </c>
       <c r="Q113" s="4"/>
-      <c r="R113" s="4"/>
+      <c r="R113" s="4" t="inlineStr">
+        <is>
+          <t>basmany@ukr.net</t>
+        </is>
+      </c>
       <c r="S113" s="4"/>
       <c r="T113" s="4" t="inlineStr">
         <is>
-          <t>Директор Волончук Наталія Миколаївна</t>
+          <t>Директор Чухаль Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V113" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="4" t="inlineStr">
         <is>
-          <t>Басівська гімназія Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Беївський ліцей Липоводолинської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B114" s="5" t="n">
-        <v>146368</v>
+        <v>141047</v>
       </c>
       <c r="C114" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>Басівська гімназія</t>
+          <t>Беївський ліцей</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G114" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H114" s="6" t="inlineStr">
         <is>
-          <t>5924780701</t>
+          <t>5923280801</t>
         </is>
       </c>
       <c r="I114" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J114" s="4" t="inlineStr">
         <is>
-          <t>с. Басівка, Сумський район, Сумська область</t>
+          <t>с. Беєве, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K114" s="4" t="inlineStr">
         <is>
-          <t>вулиця Холодна гора, 7-А</t>
+          <t>провулок Шкільний, 8</t>
         </is>
       </c>
       <c r="L114" s="6" t="inlineStr">
         <is>
-          <t>UA59080310020044337</t>
+          <t>UA59060070040022255</t>
         </is>
       </c>
       <c r="M114" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Басівка</t>
+          <t>Сумська обл., Роменський р-н, с. Беєве</t>
         </is>
       </c>
       <c r="N114" s="7"/>
       <c r="O114" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
         </is>
       </c>
       <c r="P114" s="4" t="inlineStr">
         <is>
-          <t>(0542)692-674</t>
+          <t>(0545)256683</t>
         </is>
       </c>
       <c r="Q114" s="4"/>
       <c r="R114" s="4" t="inlineStr">
         <is>
-          <t>basivkaschool@gmail.com</t>
+          <t>beevoshkolna8@ukr.net</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
-          <t>http://school-basivka.jimdo.com/</t>
+          <t>http://beevozoch.ucoz.com/news/</t>
         </is>
       </c>
       <c r="T114" s="4" t="inlineStr">
         <is>
-          <t>Директор Фегер Валентина Вікторівна</t>
+          <t>Директор Гелеверя Надія Іванівна</t>
         </is>
       </c>
       <c r="U114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V114" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y114" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>Бацманівський навчально-виховний комплекс: заклад загальної середньої освіти І-ІІІ ступенів - заклад дошкільної освіти Роменської міської ради Сумської області</t>
+          <t>Бездрицький ліцей Бездрицької сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B115" s="5" t="n">
-        <v>142701</v>
+        <v>146709</v>
       </c>
       <c r="C115" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>Бацманівський НВК</t>
+          <t>Бездрицький ліцей</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H115" s="6" t="inlineStr">
         <is>
-          <t>5924186102</t>
+          <t>5924780901</t>
         </is>
       </c>
       <c r="I115" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
-          <t>с. Бацмани, Роменський район, Сумська область</t>
+          <t>с. Бездрик, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 21-А</t>
+          <t>вулиця Жовтнева, 37</t>
         </is>
       </c>
       <c r="L115" s="6" t="inlineStr">
         <is>
-          <t>UA59060110030097039</t>
+          <t>UA59080010010088745</t>
         </is>
       </c>
       <c r="M115" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Бацмани</t>
+          <t>Сумська обл., Сумський р-н, с. Бездрик</t>
         </is>
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Бездрицької сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
-          <t>(05448)989-26</t>
+          <t>(095)2511181</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
-          <t>basmany@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S115" s="4"/>
+          <t>bezdryk_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S115" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/bezdrickaskola</t>
+        </is>
+      </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
-          <t>Директор Чухаль Ольга Олександрівна</t>
+          <t>Директор Петренко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>Беївський ліцей Липоводолинської селищної ради Сумської області</t>
+          <t>комунальний заклад Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Веселка"</t>
         </is>
       </c>
       <c r="B116" s="5" t="n">
-        <v>141047</v>
+        <v>150460</v>
       </c>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>Беївський ліцей</t>
+          <t>Березівський НВК</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G116" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H116" s="6" t="inlineStr">
         <is>
-          <t>5923280801</t>
+          <t>5921581101</t>
         </is>
       </c>
       <c r="I116" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
-          <t>с. Беєве, Липоводолинський район, Сумська область</t>
+          <t>с. Береза, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 8</t>
+          <t>вулиця Довженка, 1</t>
         </is>
       </c>
       <c r="L116" s="6" t="inlineStr">
         <is>
-          <t>UA59060070040022255</t>
+          <t>UA59100010010091247</t>
         </is>
       </c>
       <c r="M116" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Беєве</t>
+          <t>Сумська обл., Шосткинський р-н, с. Береза</t>
         </is>
       </c>
       <c r="N116" s="7"/>
       <c r="O116" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
-          <t>(0545)256683</t>
+          <t>(05444)67534</t>
         </is>
       </c>
       <c r="Q116" s="4"/>
       <c r="R116" s="4" t="inlineStr">
         <is>
-          <t>beevoshkolna8@ukr.net</t>
+          <t>bereza_nvk@berezivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S116" s="4" t="inlineStr">
         <is>
-          <t>http://beevozoch.ucoz.com/news/</t>
+          <t>https://bereza-nvk.e-schools.info</t>
         </is>
       </c>
       <c r="T116" s="4" t="inlineStr">
         <is>
-          <t>Директор Гелеверя Надія Іванівна</t>
+          <t>Директор Рева Микола Юрійович</t>
         </is>
       </c>
       <c r="U116" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>Бездрицький ліцей Бездрицької сільської ради Сумського району Сумської області</t>
+          <t>Берестівський ліцей Липоводолинської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B117" s="5" t="n">
-        <v>146709</v>
+        <v>143882</v>
       </c>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>Бездрицький ліцей</t>
+          <t>Берестівський ліцей</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G117" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H117" s="6" t="inlineStr">
         <is>
-          <t>5924780901</t>
+          <t>5923281201</t>
         </is>
       </c>
       <c r="I117" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
-          <t>с. Бездрик, Сумський район, Сумська область</t>
+          <t>с. Берестівка, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 37</t>
+          <t>вулиця Сумська, 1</t>
         </is>
       </c>
       <c r="L117" s="6" t="inlineStr">
         <is>
-          <t>UA59080010010088745</t>
+          <t>UA59060070050069547</t>
         </is>
       </c>
       <c r="M117" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Бездрик</t>
+          <t>Сумська обл., Роменський р-н, с. Берестівка</t>
         </is>
       </c>
       <c r="N117" s="7"/>
       <c r="O117" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Бездрицької сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
         </is>
       </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
-          <t>(095)2511181</t>
+          <t>(050)9069857</t>
         </is>
       </c>
       <c r="Q117" s="4"/>
       <c r="R117" s="4" t="inlineStr">
         <is>
-          <t>bezdryk_school@ukr.net</t>
+          <t>24014952@mail.gov.ua</t>
         </is>
       </c>
       <c r="S117" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/bezdrickaskola</t>
+          <t>https://sites.google.com/site/berestivskazos/</t>
         </is>
       </c>
       <c r="T117" s="4" t="inlineStr">
         <is>
-          <t>Директор Петренко Тетяна Василівна</t>
+          <t>Директор Гречаник Віктор Олексійович</t>
         </is>
       </c>
       <c r="U117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Веселка"</t>
+          <t>Біжівська гімназія з дошкільним підрозділом Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B118" s="5" t="n">
-        <v>150460</v>
+        <v>151318</v>
       </c>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Березівський НВК</t>
+          <t>Біжівська гімназія з дошкільним підрозділом</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H118" s="6" t="inlineStr">
         <is>
-          <t>5921581101</t>
+          <t>5920980801</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
-          <t>с. Береза, Глухівський район, Сумська область</t>
+          <t>с. Біжівка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довженка, 1</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
-          <t>UA59100010010091247</t>
+          <t>UA59020030030069981</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Береза</t>
+          <t>Сумська обл., Конотопський р-н, с. Біжівка</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
-          <t>(05444)67534</t>
+          <t>(05454)5-13-41</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
-          <t>33141082@mail.gov.ua</t>
+          <t>bizhivka2012@i.ua</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
-          <t>https://bereza-nvk.e-schools.info</t>
+          <t>bizhivka.e-schools</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Рева Микола Юрійович</t>
+          <t>Директор Киріченко Світлана Григорівна</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Берестівський ліцей Липоводолинської селищної ради Сумської області</t>
+          <t>Біланівська гімназія Річківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>143882</v>
+        <v>149500</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Берестівський ліцей</t>
+          <t>Біланівська гімназія</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
-          <t>5923281201</t>
+          <t>5920681803</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
-          <t>с. Берестівка, Липоводолинський район, Сумська область</t>
+          <t>с. Білани, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 1</t>
+          <t>вулиця Лесі Українки, 9</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
-          <t>UA59060070050069547</t>
+          <t>UA59080210050047037</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Берестівка</t>
+          <t>Сумська обл., Сумський р-н, с. Білани</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(050)9069857</t>
+          <t>(05443)95282</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>24014952@mail.gov.ua</t>
+          <t>bilanyschool2016@ukr.net</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/berestivskazos/</t>
+          <t>http://bilanygimnaziya.e-schools.info</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t>Директор Гречаник Віктор Олексійович</t>
+          <t>Директор Сидоренко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Біжівська гімназія з дошкільним підрозділом Буринської міської ради Сумської області</t>
+          <t>Білківська філія Ліцею №2 Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>151318</v>
+        <v>141247</v>
       </c>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>Біжівська гімназія з дошкільним підрозділом</t>
+          <t>Білківська філія Ліцею №2 ТМР</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
-          <t>5920980801</t>
+          <t>5925080401</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
-          <t>с. Біжівка, Буринський район, Сумська область</t>
+          <t>с. Білка, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
-          <t>UA59020030030069981</t>
+          <t>UA59040130030094126</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Біжівка</t>
+          <t>Сумська обл., Охтирський р-н, с. Білка</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(05454)5-13-41</t>
+          <t>(05458)5-72-17</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>bizhivka2012@i.ua</t>
+          <t>bilka-school@ukr.net</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>bizhivka.e-schools</t>
+          <t>http://bilka.at.ua</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>Директор Киріченко Світлана Григорівна</t>
+          <t>Завідувач філією Маленко Людмила Борисівна</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Біланівська гімназія Річківської сільської ради Сумського району Сумської області</t>
+          <t>Біловодський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>149500</v>
+        <v>142566</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Біланівська гімназія</t>
+          <t>Біловодський ЗЗСО РМР</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
-          <t>5920681803</t>
+          <t>5924182001</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
-          <t>с. Білани, Білопільський район, Сумська область</t>
+          <t>с. Біловод, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 9</t>
+          <t>бульвар Миру, 15</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
-          <t>UA59080210050047037</t>
+          <t>UA59060110040052541</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Білани</t>
+          <t>Сумська обл., Роменський р-н, с. Біловод</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(05443)95282</t>
+          <t>(096)6247630</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>bilanyschool2016@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bilovodschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S121" s="4"/>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидоренко Олена Володимирівна</t>
+          <t>Директор Литвиненко Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Білківська філія Ліцею №2 Тростянецької міської ради</t>
+          <t>Білопільська гімназія №3 Білопільської міської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>141247</v>
+        <v>148511</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>Білківська філія Ліцею №2 ТМР</t>
+          <t>Білопільська гімназія №3</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
-          <t>5925080401</t>
+          <t>5920610100</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
-          <t>с. Білка, Тростянецький район, Сумська область</t>
+          <t>Білопілля, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Петропавлівська, 12</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
-          <t>UA59040130030094126</t>
+          <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Білка</t>
+          <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(05458)5-72-17</t>
+          <t>(05443)92704</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>bilka-school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bilschool3@ukr.net</t>
+        </is>
+      </c>
+      <c r="S122" s="4"/>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Маленко Людмила Борисівна</t>
+          <t>Директор Дегтярьова Ніна Миколаївна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Біловодський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Білопільська гімназія №4 Білопільської міської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>142566</v>
+        <v>148784</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Біловодський ЗЗСО РМР</t>
+          <t>Білопільська гімназія №4</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
-          <t>5924182001</t>
+          <t>5920610100</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
-          <t>с. Біловод, Роменський район, Сумська область</t>
+          <t>Білопілля, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>бульвар Миру, 15</t>
+          <t>вулиця Вокзальна, 31</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
-          <t>UA59060110040052541</t>
+          <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Біловод</t>
+          <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(096)6247630</t>
+          <t>(05443)90269</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>bilovodschool@ukr.net</t>
+          <t>school4bil@ukr.net</t>
         </is>
       </c>
       <c r="S123" s="4"/>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Директор Литвиненко Світлана Миколаївна</t>
+          <t>Директор Гончаров Микола Іванович</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №3 Білопільської міської ради Сумського району Сумської області</t>
+          <t>Білопільська гімназія №5 Білопільської міської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>148511</v>
+        <v>150191</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №3</t>
+          <t>Білопільська гімназія №5</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
           <t>5920610100</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Білопілля, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петропавлівська, 12</t>
+          <t>вулиця Сумська, 7</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
           <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(05443)92704</t>
+          <t>(05443)9-11-75</t>
         </is>
       </c>
       <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>bilschool3@ukr.net</t>
+          <t>bilopilskyizzso5@ukr.net</t>
         </is>
       </c>
       <c r="S124" s="4"/>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Дегтярьова Ніна Миколаївна</t>
+          <t>Директор Шевцова Оксана Василівна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №4 Білопільської міської ради Сумського району Сумської області</t>
+          <t>Білопільський ліцей №1 Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>148784</v>
+        <v>149946</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №4</t>
+          <t>Білопільський ліцей №1</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
           <t>5920610100</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Білопілля, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 31</t>
+          <t>вулиця Макаренка, 15</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(05443)90269</t>
+          <t>(05443)91248</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>school4bil@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S125" s="4"/>
+          <t>bil_spec_school_1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S125" s="4" t="inlineStr">
+        <is>
+          <t>https://www.sites.google.com/site/bilopschool1/</t>
+        </is>
+      </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Гончаров Микола Іванович</t>
+          <t>Директор Оксененко Галина Кузьмівна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №5 Білопільської міської ради Сумського району Сумської області</t>
+          <t>Білопільський ліцей №2 імені С.М. Гордієнка Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>150191</v>
+        <v>148510</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>Білопільська гімназія №5</t>
+          <t>Білопільський ліцей №2 імені С.М. Гордієнка</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
           <t>5920610100</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Білопілля, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 7</t>
+          <t>вулиця Соборна, 84</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
           <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, м. Білопілля</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(05443)9-11-75</t>
+          <t>(05443)91258</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>bilopilskyizzso5@ukr.net</t>
+          <t>school-2-bilopillya@ukr.net</t>
         </is>
       </c>
       <c r="S126" s="4"/>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Цюпка Вікторія Олегівна</t>
+          <t>Директор Ткаленко Олександр Миколайович</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Білопільський ліцей №1 Білопільської міської ради Сумської області</t>
+          <t>Бобрицький заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>149946</v>
+        <v>142702</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>Білопільський ліцей №1</t>
+          <t>Бобрицький ЗЗСО РМР</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>5920610100</t>
+          <t>5924182301</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
-          <t>Білопілля, Білопільський район, Сумська область</t>
+          <t>с. Бобрик, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 15</t>
+          <t>вулиця Київська, 62</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA59080030010079123</t>
+          <t>UA59060110050015596</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, м. Білопілля</t>
+          <t>Сумська обл., Роменський р-н, с. Бобрик</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(05443)91248</t>
+          <t>(05448)94643</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>bil_spec_school_1@ukr.net</t>
+          <t>bobrykschool@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>https://www.sites.google.com/site/bilopschool1/</t>
+          <t>http://bobrykschool.at.ua/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Оксененко Галина Кузьмівна</t>
+          <t>Директор Коренівський Олексій Григорович</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Білопільський ліцей №2 імені С.М. Гордієнка Білопільської міської ради Сумської області</t>
+          <t>Богданівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>148510</v>
+        <v>137250</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>Білопільський ліцей №2 імені С.М. Гордієнка</t>
+          <t>Богданівський НВК:ЗОШ І-ІІІ ст.-ЗДО</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>5920610100</t>
+          <t>5925380401</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
-          <t>Білопілля, Білопільський район, Сумська область</t>
+          <t>с. Богданівка, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 84</t>
+          <t>вулиця Зоряний Шлях, 104</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA59080030010079123</t>
+          <t>UA59100170040052082</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, м. Білопілля</t>
+          <t>Сумська обл., Шосткинський р-н, с. Богданівка</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(05443)91258</t>
+          <t>(05449)36417</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>school-2-bilopillya@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S128" s="4"/>
+          <t>bogdanivka97@gmail.com</t>
+        </is>
+      </c>
+      <c r="S128" s="4" t="inlineStr">
+        <is>
+          <t>http://bogdanivka-nvk.edukit.sumy.ua</t>
+        </is>
+      </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаленко Олександр Миколайович</t>
+          <t>Директор Овсієнко Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Бобрицький заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>ліцей Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>142702</v>
+        <v>142194</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Бобрицький ЗЗСО РМР</t>
+          <t>ліцей Боромлянської сільради</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
-          <t>5924182301</t>
+          <t>5925080801</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
-          <t>с. Бобрик, Роменський район, Сумська область</t>
+          <t>с. Боромля, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 62</t>
+          <t>вулиця Харківська, 8</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
-          <t>UA59060110050015596</t>
+          <t>UA59040010010031876</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Бобрик</t>
+          <t>Сумська обл., Охтирський р-н, с. Боромля</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>відділ освіти Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(05448)94643</t>
+          <t>(05458)58470</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>bobrykschool@ukr.net</t>
+          <t>boromlya-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
-          <t>http://bobrykschool.at.ua/</t>
+          <t>http://boromlia-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Коренівський Олексій Григорович</t>
+          <t>Директор Білоус Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Богданівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Бочечківський заклад загальної середньої освіти І-ІІІ ступенів Бочечківської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>137250</v>
+        <v>137074</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Богданівський НВК:ЗОШ І-ІІІ ст.-ЗДО</t>
+          <t>Бочечківський ЗЗСО</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
-          <t>5925380401</t>
+          <t>5922080401</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
-          <t>с. Богданівка, Шосткинський район, Сумська область</t>
+          <t>с. Бочечки, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зоряний Шлях, 104</t>
+          <t>вулиця Загребля, 10</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
-          <t>UA59100170040052082</t>
+          <t>UA59020010010057105</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Богданівка</t>
+          <t>Сумська обл., Конотопський р-н, с. Бочечки</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти, культури і туризму, молоді та спорту Бочечківської сільської ради</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(05449)36417</t>
+          <t>(054)4757624</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>bogdanivka97@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>33258627@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S130" s="4"/>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Овсієнко Оксана Миколаївна</t>
+          <t>Директор Коросько Тетяна Андріївна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>ліцей Боромлянської сільської ради</t>
+          <t>Бугруватський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>142194</v>
+        <v>141091</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>ліцей Боромлянської сільради</t>
+          <t>Бугруватський ліцей</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
-          <t>5925080801</t>
+          <t>5920380801</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
-          <t>с. Боромля, Тростянецький район, Сумська область</t>
+          <t>с. Бугрувате, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харківська, 8</t>
+          <t>вулиця Зелена, 4</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
-          <t>UA59040010010031876</t>
+          <t>UA59040150040042805</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Боромля</t>
+          <t>Сумська обл., Охтирський р-н, с. Бугрувате</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
-          <t>відділ освіти Боромлянської сільської ради</t>
+          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(05458)58470</t>
+          <t>(05446)71244</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>boromlya-nvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bugruvateschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S131" s="4"/>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Білоус Світлана Миколаївна</t>
+          <t>В.о. директора Горобій Альона Валентинівна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Бочечківський заклад загальної середньої освіти І-ІІІ ступенів Бочечківської сільської ради Конотопського району Сумської області</t>
+          <t>Будильський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>137074</v>
+        <v>139347</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>Бочечківський ЗЗСО</t>
+          <t>Будильський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
-          <t>5922080401</t>
+          <t>5922981201</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
-          <t>с. Бочечки, Конотопський район, Сумська область</t>
+          <t>с. Будилка, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>вулиця Загребля, 10</t>
+          <t>вулиця Шкільна, 58</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
-          <t>UA59020010010057105</t>
+          <t>UA59080110100024702</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Бочечки</t>
+          <t>Сумська обл., Сумський р-н, с. Будилка</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури і туризму, молоді та спорту Бочечківської сільської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(054)4757624</t>
+          <t>(05445)33240</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>33258627@mail.gov.ua</t>
-[...2 lines deleted...]
-      <c r="S132" s="4"/>
+          <t>budilskashkola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S132" s="4" t="inlineStr">
+        <is>
+          <t>http://budylka.lbd-osv.gov.ua/</t>
+        </is>
+      </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Коросько Тетяна Андріївна</t>
+          <t>Директор Савченко Наталія Петрівна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Бугруватський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Буймерська загальноосвітня школа I-III ступенів Тростянецької районної ради Сумської області</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>141091</v>
+        <v>140991</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D133" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D133" s="4"/>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
-          <t>5920380801</t>
+          <t>5925081201</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
-          <t>с. Бугрувате, Охтирський район, Сумська область</t>
+          <t>с. Буймер, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 4</t>
+          <t>вулиця Леніна, 34</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
-          <t>UA59040150040042805</t>
+          <t>UA59040130050087661</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Бугрувате</t>
+          <t>Сумська обл., Охтирський р-н, с. Буймер</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Відділ освіти Тростянецької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(05446)71244</t>
+          <t>(054)585-73-19</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>bugruvateschool@ukr.net</t>
+          <t>buymer-school@ukr.net</t>
         </is>
       </c>
       <c r="S133" s="4"/>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Горобій Альона Валентинівна</t>
+          <t> Галицька Ірина Іванівна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Будильський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Буринський міський ліцей №1 імені В.М. Кравченка Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>139347</v>
+        <v>149966</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>Будильський ЗЗСО І-ІІІ ступенів</t>
+          <t>Буринський міський ліцей №1 ім. В.М. Кравченка</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
-          <t>5922981201</t>
+          <t>5920910100</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
-          <t>с. Будилка, Лебединський район, Сумська область</t>
+          <t>Буринь, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 58</t>
+          <t>вулиця Вчительська, 3</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
-          <t>UA59080110100024702</t>
+          <t>UA59020030010075600</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Будилка</t>
+          <t>Сумська обл., Конотопський р-н, м. Буринь</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(05445)33240</t>
+          <t>(05454)21493</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>budilskashkola@gmail.com</t>
+          <t>burinscool1@ukr.net</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
-          <t>http://budylka.lbd-osv.gov.ua/</t>
+          <t>http://buryn-specschool1.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Наталія Петрівна</t>
+          <t>Директор Надженко Лідія Олександрівна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Буймерська загальноосвітня школа I-III ступенів Тростянецької районної ради Сумської області</t>
+          <t>Буринський міський ліцей №2 імені Ю.М. Лавошника Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>140991</v>
+        <v>149648</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D135" s="4"/>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>Буринський міський ліцей №2 ім. Ю.М. Лавошника</t>
+        </is>
+      </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>5925081201</t>
+          <t>5920910100</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
-          <t>с. Буймер, Тростянецький район, Сумська область</t>
+          <t>Буринь, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леніна, 34</t>
+          <t>вулиця Шевченка, 2</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA59040130050087661</t>
+          <t>UA59020030010075600</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Буймер</t>
+          <t>Сумська обл., Конотопський р-н, м. Буринь</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької районної державної адміністрації</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(054)585-73-19</t>
+          <t>(05454)21072</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>buymer-school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S135" s="4"/>
+          <t>burinscool2@ukr.net</t>
+        </is>
+      </c>
+      <c r="S135" s="4" t="inlineStr">
+        <is>
+          <t>http://buryn-specschool2.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t> Галицька Ірина Іванівна</t>
+          <t>Директор Дерев'янченко Микола Юрійович</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №1 імені В.М. Кравченка Буринської міської ради Сумської області</t>
+          <t>Буринський міський ліцей №3 Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>149966</v>
+        <v>149363</v>
       </c>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №1 ім. В.М. Кравченка</t>
+          <t>Буринський міський ліцей №3</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
           <t>5920910100</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Буринь, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 3</t>
+          <t>вулиця Центральна, 4-Г</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
           <t>UA59020030010075600</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, м. Буринь</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(05454)21493</t>
+          <t>(099)2965758</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>burinscool1@ukr.net</t>
+          <t>burinshcool_3@ukr.net</t>
         </is>
       </c>
       <c r="S136" s="4" t="inlineStr">
         <is>
-          <t>http://buryn-specschool1.sumy.sch.in.ua</t>
+          <t>http://buryn-school3.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t>Директор Надженко Лідія Олександрівна</t>
+          <t>Директор Ященко Віра Михайлівна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №2 імені Ю.М. Лавошника Буринської міської ради Сумської області</t>
+          <t>В'язенська філія Путивльського ліцею № 1 ім. Р. Руднєва Путивльської міської ради</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>149648</v>
+        <v>143438</v>
       </c>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №2 ім. Ю.М. Лавошника</t>
+          <t>В'язенська філія Путивльського ліцею № 1 ім. Р. Руднєва Путивльської міської ради</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>5920910100</t>
+          <t>5923882301</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
-          <t>Буринь, Буринський район, Сумська область</t>
+          <t>с. В'язенка, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 2</t>
+          <t>вулиця Незалежна, 3</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA59020030010075600</t>
+          <t>UA59020150070080490</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, м. Буринь</t>
+          <t>Сумська обл., Конотопський р-н, с. В’язенка</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(05454)21072</t>
+          <t>(05442)62134</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>burinscool2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>terechenko_luda@ukr.net</t>
+        </is>
+      </c>
+      <c r="S137" s="4"/>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t>Директор Дерев'янченко Микола Юрійович</t>
+          <t>Завідувач філією Терещенко Людмила Василівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №3 Буринської міської ради Сумської області</t>
+          <t>В'язівська філія Грунського ліцею імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>149363</v>
+        <v>141119</v>
       </c>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Буринський міський ліцей №3</t>
+          <t>В'язівська філія Грунського ліцею імені Андрія Діхтяренка</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>5920910100</t>
+          <t>5920381601</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
-          <t>Буринь, Буринський район, Сумська область</t>
+          <t>с. В'язове, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 4-Г</t>
+          <t>вулиця Гагаріна, 21</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA59020030010075600</t>
+          <t>UA59040050050097770</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, м. Буринь</t>
+          <t>Сумська обл., Охтирський р-н, с. В’язове</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(099)2965758</t>
+          <t>(099)0452448</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>burinshcool_3@ukr.net</t>
+          <t>vyazove@meta.ua</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>http://buryn-school3.sumy.sch.in.ua</t>
+          <t>http://vyazoveschool.at.ua/</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t>Директор Ященко Віра Михайлівна</t>
+          <t>Завідувач філією Кир'ян Олена Григорівна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>В'язенська філія Путивльського ліцею № 1 ім. Р. Руднєва Путивльської міської ради</t>
+          <t>Василівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>143438</v>
+        <v>139334</v>
       </c>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>В'язенська філія Путивльського ліцею № 1 ім. Р. Руднєва Путивльської міської ради</t>
+          <t>Василівський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>5923882301</t>
+          <t>5922981601</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
-          <t>с. В'язенка, Путивльський район, Сумська область</t>
+          <t>с. Василівка, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежна, 3</t>
+          <t>вулиця Широка, 8</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA59020150070080490</t>
+          <t>UA59080110140046800</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. В’язенка</t>
+          <t>Сумська обл., Сумський р-н, с. Василівка</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(05442)62134</t>
+          <t>(05445)38326</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>terechenko_luda@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S139" s="4"/>
+          <t>vasilivkashkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S139" s="4" t="inlineStr">
+        <is>
+          <t>http://vasylivka.lbd-osv.gov.ua/</t>
+        </is>
+      </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Терещенко Людмила Василівна</t>
+          <t>Директор Терещенко Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>В'язівська філія Грунського ліцею імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
+          <t>Зарудненська гімназія Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>141119</v>
+        <v>142536</v>
       </c>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>В'язівська філія Грунського ліцею імені Андрія Діхтяренка</t>
+          <t>Зарудненська гімназія</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>5920381601</t>
+          <t>5924182601</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
-          <t>с. В'язове, Охтирський район, Сумська область</t>
+          <t>с. Василівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 21</t>
+          <t>вулиця Молодіжна, 2</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA59040050050097770</t>
+          <t>UA59060010070080032</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. В’язове</t>
+          <t>Сумська обл., Роменський р-н, с. Зарудне</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>(099)0452448</t>
+          <t>(05448)97545</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>vyazove@meta.ua</t>
+          <t>vasilivka.shkola@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>http://vyazoveschool.at.ua/</t>
+          <t>https://vasilivka-shkola.jimdofree.com/</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кир'ян Олена Григорівна</t>
+          <t>Директор Вареник Василь Іванович</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Василівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Ведмежівська гімназія - заклад загальної середньої освіти І-ІІ ступенів Роменської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>139334</v>
+        <v>143807</v>
       </c>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>Василівський ЗЗСО І-ІІІ ступенів</t>
+          <t>Ведмежівська гімназія</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>5922981601</t>
+          <t>5924188502</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
-          <t>с. Василівка, Лебединський район, Сумська область</t>
+          <t>с. Ведмеже, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Широка, 8</t>
+          <t>вулиця Шкільна, 12</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA59080110140046800</t>
+          <t>UA59060110080049061</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Василівка</t>
+          <t>Сумська обл., Роменський р-н, с. Ведмеже</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти Роменської районної державної адміністрації Сумської області</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(05445)38326</t>
+          <t>(05448)95540</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>vasilivkashkola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vedmeze_selo@ukr.net</t>
+        </is>
+      </c>
+      <c r="S141" s="4"/>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t>Директор Терещенко Людмила Олександрівна</t>
+          <t>Директор Самойленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Зарудненська гімназія Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Ліцей імені І. М. Середи Великописарівської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>142536</v>
+        <v>150073</v>
       </c>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Зарудненська гімназія</t>
+          <t>Великописарівський ліцей</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>5924182601</t>
+          <t>5921255100</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
-          <t>с. Василівка, Роменський район, Сумська область</t>
+          <t>смт Велика Писарівка, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 2</t>
+          <t>вулиця Шкільна, 6</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA59060010070080032</t>
+          <t>UA59040030010059554</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Зарудне</t>
+          <t>Сумська обл., Охтирський р-н, с-ще Велика Писарівка</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(05448)97545</t>
+          <t>(05457)51640</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>vasilivka.shkola@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vp_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S142" s="4"/>
       <c r="T142" s="4" t="inlineStr">
         <is>
-          <t>Директор Вареник Василь Іванович</t>
+          <t>Директор Сидорова Олена Юріївна</t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Ведмежівська гімназія - заклад загальної середньої освіти І-ІІ ступенів Роменської районної ради Сумської області</t>
+          <t>Великорибицька філія Миропільського ліцею Миропільської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>143807</v>
+        <v>137962</v>
       </c>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Ведмежівська гімназія</t>
+          <t>Великорибицька філія Миропільського ліцею</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>5924188502</t>
+          <t>5922381602</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
-          <t>с. Ведмеже, Роменський район, Сумська область</t>
+          <t>с. Велика Рибиця, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 12</t>
+          <t>вулиця Сумська, 2</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA59060110080049061</t>
+          <t>UA59080170030096327</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Ведмеже</t>
+          <t>Сумська обл., Сумський р-н, с. Велика Рибиця</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської районної державної адміністрації Сумської області</t>
+          <t>Відділ освіти, молоді і спорту, культури та туризму Миропільської сільської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(05448)95540</t>
+          <t>(05459)7-44-40</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>vedmeze_selo@ukr.net</t>
+          <t>velikaribica@ukr.net</t>
         </is>
       </c>
       <c r="S143" s="4"/>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t>Директор Самойленко Людмила Миколаївна</t>
+          <t>Завідувач філією Ємельяненко Віра Вікторівна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Ліцей імені І. М. Середи Великописарівської селищної ради Сумської області</t>
+          <t>Великочернеччинський заклад загальної середньої освіти I-III ступенів Сумської міської ради</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>150073</v>
+        <v>146593</v>
       </c>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Великописарівський ліцей</t>
+          <t>Великочернечченський ЗЗСО</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>5921255100</t>
+          <t>5924782201</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
-          <t>смт Велика Писарівка, Великописарівський район, Сумська область</t>
+          <t>с. Велика Чернеччина, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 6</t>
+          <t>вулиця Центральна, 8</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA59040030010059554</t>
+          <t>UA59080270040081421</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с-ще Велика Писарівка</t>
+          <t>Сумська обл., Сумський р-н, с. Велика Чернеччина</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(05457)51640</t>
+          <t>(0542)694732</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>vp_school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S144" s="4"/>
+          <t>vchernet@ukr.net</t>
+        </is>
+      </c>
+      <c r="S144" s="4" t="inlineStr">
+        <is>
+          <t>http://vel-chernechyna.edukit.sumy.ua/</t>
+        </is>
+      </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидорова Олена Юріївна</t>
+          <t>Директор Гур'янова Тетяна Олексіївна</t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Великорибицька філія Миропільського ліцею Миропільської сільської ради Сумського району Сумської області</t>
+          <t>Великобобрицький ліцей Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>137962</v>
+        <v>136890</v>
       </c>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Великорибицька філія Миропільського ліцею</t>
+          <t>Великобобрицький ліцей</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>5922381602</t>
+          <t>5922380801</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
-          <t>с. Велика Рибиця, Краснопільський район, Сумська область</t>
+          <t>с. Великий Бобрик, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 2</t>
+          <t>вулиця Черепівка, 1</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA59080170030096327</t>
+          <t>UA59080050020070690</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Велика Рибиця</t>
+          <t>Сумська обл., Сумський р-н, с. Великий Бобрик</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді і спорту, культури та туризму Миропільської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(05459)7-44-40</t>
+          <t>(05459)7-64-40</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>velikaribica@ukr.net</t>
+          <t>krasnopilbobryk@ukr.net</t>
         </is>
       </c>
       <c r="S145" s="4"/>
       <c r="T145" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Ємельяненко Віра Вікторівна</t>
+          <t>Директор Мандриченко Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Великочернеччинський заклад загальної середньої освіти I-III ступенів Сумської міської ради</t>
+          <t>Великовисторопська філія Ворожбянського закладу загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>146593</v>
+        <v>139317</v>
       </c>
       <c r="C146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Великочернечченський ЗЗСО</t>
+          <t>Великовисторопська гімназія з дошкільним відділенням та початковою школою</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>5924782201</t>
+          <t>5922982001</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
-          <t>с. Велика Чернеччина, Сумський район, Сумська область</t>
+          <t>с. Великий Вистороп, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 8</t>
+          <t>вулиця Середня, 1</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA59080270040081421</t>
+          <t>UA59080110150058671</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Велика Чернеччина</t>
+          <t>Сумська обл., Сумський р-н, с. Великий Вистороп</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(0542)694732</t>
+          <t>(05445)37240</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
-          <t>vchernet@ukr.net</t>
+          <t>bbnbk@ukr.net</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>http://vel-chernechyna.edukit.sumy.ua/</t>
+          <t>http://vvystorop.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
-          <t>Директор Гур'янова Тетяна Олексіївна</t>
+          <t>Завідувач філією Колісник Віталіна Сергіївна</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Великобобрицький ліцей Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Великосамбірський заклад загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>136890</v>
+        <v>137457</v>
       </c>
       <c r="C147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Великобобрицький ліцей</t>
+          <t>Великосамбірський ЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>5922380801</t>
+          <t>5922080801</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
-          <t>с. Великий Бобрик, Краснопільський район, Сумська область</t>
+          <t>с. Великий Самбір, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Черепівка, 1</t>
+          <t>вулиця Дептівська, 2-А</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
-          <t>UA59080050020070690</t>
+          <t>UA59020130040045479</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Великий Бобрик</t>
+          <t>Сумська обл., Конотопський р-н, с. Великий Самбір</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P147" s="4" t="inlineStr">
         <is>
-          <t>(05459)7-64-40</t>
+          <t>(067)2728673</t>
         </is>
       </c>
       <c r="Q147" s="4"/>
       <c r="R147" s="4" t="inlineStr">
         <is>
-          <t>krasnopilbobryk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S147" s="4"/>
+          <t>33258501@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S147" s="4" t="inlineStr">
+        <is>
+          <t>http://schoolvs.klasna.com</t>
+        </is>
+      </c>
       <c r="T147" s="4" t="inlineStr">
         <is>
-          <t>Директор Мандриченко Ірина Анатоліївна</t>
+          <t>Директор Давиденко Наталія Федорівна</t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Великовисторопська гімназія з дошкільним відділенням та початковою школою Лебединської міської ради Сумської області</t>
+          <t>Великобубнівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>139317</v>
+        <v>142567</v>
       </c>
       <c r="C148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Великовисторопська гімназія з дошкільним відділенням та початковою школою</t>
+          <t>Великобубнівський ЗЗСО РМР</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>5922982001</t>
+          <t>5924183201</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
-          <t>с. Великий Вистороп, Лебединський район, Сумська область</t>
+          <t>с. Великі Бубни, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K148" s="4" t="inlineStr">
         <is>
-          <t>вулиця Середня, 1</t>
+          <t>вулиця Центральна, 19</t>
         </is>
       </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
-          <t>UA59080110150058671</t>
+          <t>UA59060110100010800</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Великий Вистороп</t>
+          <t>Сумська обл., Роменський р-н, с. Великі Бубни</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P148" s="4" t="inlineStr">
         <is>
-          <t>(05445)37240</t>
+          <t>(05448)92340</t>
         </is>
       </c>
       <c r="Q148" s="4"/>
       <c r="R148" s="4" t="inlineStr">
         <is>
-          <t>bbnbk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vbubny@ukr.net</t>
+        </is>
+      </c>
+      <c r="S148" s="4"/>
       <c r="T148" s="4" t="inlineStr">
         <is>
-          <t>Директор Іващенко Сергій Вікторович</t>
+          <t>Директор Корнух Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Великосамбірський заклад загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Великовільмівська філія Садівського ліцею Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>137457</v>
+        <v>136888</v>
       </c>
       <c r="C149" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Великосамбірський ЗЗСО І-ІІІ ст.</t>
+          <t>Великовільмівська філія</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
-          <t>5922080801</t>
+          <t>5924782001</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
-          <t>с. Великий Самбір, Конотопський район, Сумська область</t>
+          <t>с. Великі Вільми, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K149" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дептівська, 2-А</t>
+          <t>вулиця Шкільна, 36</t>
         </is>
       </c>
       <c r="L149" s="6" t="inlineStr">
         <is>
-          <t>UA59020130040045479</t>
+          <t>UA59080230060086555</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Великий Самбір</t>
+          <t>Сумська обл., Сумський р-н, с. Великі Вільми</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P149" s="4" t="inlineStr">
         <is>
-          <t>(067)2728673</t>
+          <t>(0542)695626</t>
         </is>
       </c>
       <c r="Q149" s="4"/>
       <c r="R149" s="4" t="inlineStr">
         <is>
-          <t>33258501@mail.gov.ua</t>
+          <t>vilmischool@ukr.net</t>
         </is>
       </c>
       <c r="S149" s="4" t="inlineStr">
         <is>
-          <t>http://schoolvs.klasna.com</t>
+          <t>https://sites.google.com/view/vilmyschool/home</t>
         </is>
       </c>
       <c r="T149" s="4" t="inlineStr">
         <is>
-          <t>Директор Давиденко Наталія Федорівна</t>
+          <t>Завідувач філією Ткаченко Олександр Ілліч</t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Великобубнівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Опорний заклад Верхньосироватський ліцей Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>142567</v>
+        <v>146207</v>
       </c>
       <c r="C150" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Великобубнівський ЗЗСО РМР</t>
+          <t>ОЗ Верхньосироватський ліцей</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>5924183201</t>
+          <t>5924782901</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
-          <t>с. Великі Бубни, Роменський район, Сумська область</t>
+          <t>с. Верхня Сироватка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 19</t>
+          <t>площа Козацької слави, 5</t>
         </is>
       </c>
       <c r="L150" s="6" t="inlineStr">
         <is>
-          <t>UA59060110100010800</t>
+          <t>UA59080050010056385</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Великі Бубни</t>
+          <t>Сумська обл., Сумський р-н, с. Верхня Сироватка</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P150" s="4" t="inlineStr">
         <is>
-          <t>(05448)92340</t>
+          <t>(0542)690009</t>
         </is>
       </c>
       <c r="Q150" s="4"/>
       <c r="R150" s="4" t="inlineStr">
         <is>
-          <t>vbubny@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S150" s="4"/>
+          <t>shkola.vs5@gmail.com</t>
+        </is>
+      </c>
+      <c r="S150" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/shkola-vs/</t>
+        </is>
+      </c>
       <c r="T150" s="4" t="inlineStr">
         <is>
-          <t>Директор Корнух Тетяна Миколаївна</t>
+          <t>Директор Власенко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Великовільмівська філія Садівського ліцею Садівської сільської ради Сумського району Сумської області</t>
+          <t>Веселівська філія Путивльського ліцею №1 ім. Р. Руднєва Путивльської міської ради</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>136888</v>
+        <v>142341</v>
       </c>
       <c r="C151" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Великовільмівська філія</t>
+          <t>Веселівська філія Путивльського ліцею №1 ім. Р. Руднєва</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
-          <t>5924782001</t>
+          <t>5923881401</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
-          <t>с. Великі Вільми, Сумський район, Сумська область</t>
+          <t>с. Веселе, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 36</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L151" s="6" t="inlineStr">
         <is>
-          <t>UA59080230060086555</t>
+          <t>UA59020150050044410</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Великі Вільми</t>
+          <t>Сумська обл., Конотопський р-н, с. Веселе</t>
         </is>
       </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
-          <t>(0542)695626</t>
+          <t>(05442)6-23-45</t>
         </is>
       </c>
       <c r="Q151" s="4"/>
       <c r="R151" s="4" t="inlineStr">
         <is>
-          <t>vilmischool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>veselenvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S151" s="4"/>
       <c r="T151" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Ткаченко Олександр Ілліч</t>
+          <t> Чернякова Людмила Іванівна</t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад Верхньосироватський ліцей Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Вирівський ліцей Річківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>146207</v>
+        <v>150057</v>
       </c>
       <c r="C152" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>ОЗ Верхньосироватський ліцей</t>
+          <t>Вирівський ліцей</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
-          <t>5924782901</t>
+          <t>5920681801</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
-          <t>с. Верхня Сироватка, Сумський район, Сумська область</t>
+          <t>с. Вири, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>площа Козацької слави, 5</t>
+          <t>вулиця Шкільна, 40</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
-          <t>UA59080050010056385</t>
+          <t>UA59080210070074233</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Верхня Сироватка</t>
+          <t>Сумська обл., Сумський р-н, с. Вири</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
-          <t>(0542)690009</t>
+          <t>(05443)95242</t>
         </is>
       </c>
       <c r="Q152" s="4"/>
       <c r="R152" s="4" t="inlineStr">
         <is>
-          <t>shkola.vs5@gmail.com</t>
+          <t>viry@ua.fm</t>
         </is>
       </c>
       <c r="S152" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/shkola-vs/</t>
+          <t>http://sites.google.com/view/viry-school/</t>
         </is>
       </c>
       <c r="T152" s="4" t="inlineStr">
         <is>
-          <t>Директор Власенко Наталія Миколаївна</t>
+          <t>Директор Охріменко Світлана Іванівна</t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Веселівська філія Путивльського ліцею №1 ім. Р. Руднєва Путивльської міської ради</t>
+          <t>Вирівський заклад загальної середньої освіти I-II ступенів Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B153" s="5" t="n">
-        <v>142341</v>
+        <v>137094</v>
       </c>
       <c r="C153" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Веселівська філія Путивльського ліцею №1 ім. Р. Руднєва</t>
+          <t>Вирівський ЗЗСО І-ІІ ст.</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H153" s="6" t="inlineStr">
         <is>
-          <t>5923881401</t>
+          <t>5922081101</t>
         </is>
       </c>
       <c r="I153" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
-          <t>с. Веселе, Путивльський район, Сумська область</t>
+          <t>с. Вирівка, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K153" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Центральна, 29</t>
         </is>
       </c>
       <c r="L153" s="6" t="inlineStr">
         <is>
-          <t>UA59020150050044410</t>
+          <t>UA59020130050023872</t>
         </is>
       </c>
       <c r="M153" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Веселе</t>
+          <t>Сумська обл., Конотопський р-н, с. Вирівка</t>
         </is>
       </c>
       <c r="N153" s="7"/>
       <c r="O153" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>(05442)6-23-45</t>
+          <t>(096)3351241</t>
         </is>
       </c>
       <c r="Q153" s="4"/>
       <c r="R153" s="4" t="inlineStr">
         <is>
-          <t>veselenvk@ukr.net</t>
+          <t>33258538@mail.gov.ua</t>
         </is>
       </c>
       <c r="S153" s="4"/>
       <c r="T153" s="4" t="inlineStr">
         <is>
-          <t> Чернякова Людмила Іванівна</t>
+          <t>Директор Пальчун Надія Іванівна</t>
         </is>
       </c>
       <c r="U153" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V153" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X153" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y153" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Вирівський ліцей Річківської сільської ради Сумського району Сумської області</t>
+          <t>Височанський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B154" s="5" t="n">
-        <v>150057</v>
+        <v>141959</v>
       </c>
       <c r="C154" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
-          <t>Вирівський ліцей</t>
+          <t>Височанський ліцей</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H154" s="6" t="inlineStr">
         <is>
-          <t>5920681801</t>
+          <t>5920381201</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
-          <t>с. Вири, Білопільський район, Сумська область</t>
+          <t>с. Високе, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 40</t>
+          <t>вулиця Харківська, 40</t>
         </is>
       </c>
       <c r="L154" s="6" t="inlineStr">
         <is>
-          <t>UA59080210070074233</t>
+          <t>UA59040150080062433</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Вири</t>
+          <t>Сумська обл., Охтирський р-н, с. Високе</t>
         </is>
       </c>
       <c r="N154" s="7"/>
       <c r="O154" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
+          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
-          <t>(05443)95242</t>
+          <t>(05446)98248</t>
         </is>
       </c>
       <c r="Q154" s="4"/>
       <c r="R154" s="4" t="inlineStr">
         <is>
-          <t>viry@ua.fm</t>
-[...6 lines deleted...]
-      </c>
+          <t>bucoke40@ukr.net</t>
+        </is>
+      </c>
+      <c r="S154" s="4"/>
       <c r="T154" s="4" t="inlineStr">
         <is>
-          <t>Директор Охріменко Світлана Іванівна</t>
+          <t>В.о. директора Латка Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V154" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X154" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y154" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Вирівський заклад загальної середньої освіти I-II ступенів Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Вільненська філія Ямненсько закладу загальної середньої освіти імені І.О. Мусієнка Великописарівської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B155" s="5" t="n">
-        <v>137094</v>
+        <v>150415</v>
       </c>
       <c r="C155" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Вирівський ЗЗСО І-ІІ ст.</t>
+          <t>Вільненська філія</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H155" s="6" t="inlineStr">
         <is>
-          <t>5922081101</t>
+          <t>5921280501</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
-          <t>с. Вирівка, Конотопський район, Сумська область</t>
+          <t>с. Вільне, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 29</t>
+          <t>вулиця Травнева,, 18</t>
         </is>
       </c>
       <c r="L155" s="6" t="inlineStr">
         <is>
-          <t>UA59020130050023872</t>
+          <t>UA59040030030074236</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Вирівка</t>
+          <t>Сумська обл., Охтирський р-н, с. Вільне</t>
         </is>
       </c>
       <c r="N155" s="7"/>
       <c r="O155" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
         </is>
       </c>
       <c r="P155" s="4" t="inlineStr">
         <is>
-          <t>(096)3351241</t>
+          <t>(05457)56418</t>
         </is>
       </c>
       <c r="Q155" s="4"/>
       <c r="R155" s="4" t="inlineStr">
         <is>
-          <t>33258538@mail.gov.ua</t>
+          <t>vilnenskiynvk@ukr.net</t>
         </is>
       </c>
       <c r="S155" s="4"/>
       <c r="T155" s="4" t="inlineStr">
         <is>
-          <t>Директор Пальчун Надія Іванівна</t>
+          <t>Завідувач філією Бодарєв Олександр Іванович</t>
         </is>
       </c>
       <c r="U155" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V155" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X155" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y155" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Височанський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Вільшанський ліцей Вільшанської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B156" s="5" t="n">
-        <v>141959</v>
+        <v>140133</v>
       </c>
       <c r="C156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Височанський ліцей</t>
+          <t>Вільшанський ліцей</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H156" s="6" t="inlineStr">
         <is>
-          <t>5920381201</t>
+          <t>5923584401</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
-          <t>с. Високе, Охтирський район, Сумська область</t>
+          <t>с. Вільшана, Недригайлівський район, Сумська область</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>вулиця Харківська, 40</t>
+          <t>вулиця Київський шлях, 14</t>
         </is>
       </c>
       <c r="L156" s="6" t="inlineStr">
         <is>
-          <t>UA59040150080062433</t>
+          <t>UA59060030010053132</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Високе</t>
+          <t>Сумська обл., Роменський р-н, с. Вільшана</t>
         </is>
       </c>
       <c r="N156" s="7"/>
       <c r="O156" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Відділ освіти,молоді та спорту Вільшанської сільської ради</t>
         </is>
       </c>
       <c r="P156" s="4" t="inlineStr">
         <is>
-          <t>(05446)98248</t>
+          <t>(05455)56136</t>
         </is>
       </c>
       <c r="Q156" s="4"/>
       <c r="R156" s="4" t="inlineStr">
         <is>
-          <t>bucoke40@ukr.net</t>
+          <t>vilshana_sh@ukr.net</t>
         </is>
       </c>
       <c r="S156" s="4"/>
       <c r="T156" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Латка Ірина Сергіївна</t>
+          <t>Директор Захарченко Валентина Олексіївна</t>
         </is>
       </c>
       <c r="U156" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V156" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X156" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y156" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Вільненська філія Ямненсько закладу загальної середньої освіти імені І.О. Мусієнка Великописарівської селищної ради Сумської області</t>
+          <t>Воздвиженська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B157" s="5" t="n">
-        <v>150415</v>
+        <v>137535</v>
       </c>
       <c r="C157" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Вільненська філія</t>
+          <t>Воздвиженська філія Ямпільського ліцею № 2</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H157" s="6" t="inlineStr">
         <is>
-          <t>5921280501</t>
+          <t>5925680401</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
-          <t>с. Вільне, Великописарівський район, Сумська область</t>
+          <t>с. Воздвиженське, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева,, 18</t>
+          <t>вулиця Неплюєва М., 3</t>
         </is>
       </c>
       <c r="L157" s="6" t="inlineStr">
         <is>
-          <t>UA59040030030074236</t>
+          <t>UA59100190050051184</t>
         </is>
       </c>
       <c r="M157" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Вільне</t>
+          <t>Сумська обл., Шосткинський р-н, с. Воздвиженське</t>
         </is>
       </c>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
-          <t>(05457)56418</t>
+          <t>(05456)57438</t>
         </is>
       </c>
       <c r="Q157" s="4"/>
       <c r="R157" s="4" t="inlineStr">
         <is>
-          <t>vilnenskiynvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S157" s="4"/>
+          <t>vozdvizhenskiynwk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S157" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/vozdvizenskijnvk/</t>
+        </is>
+      </c>
       <c r="T157" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Бодарєв Олександр Іванович</t>
+          <t>Завідувач філією Кожедуб Олександр Васильович</t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V157" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X157" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y157" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Вільшанський ліцей Вільшанської сільської ради Роменського району Сумської області</t>
+          <t>Волошнівська гімназія - заклад загальної середньої освіти І-ІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B158" s="5" t="n">
-        <v>140133</v>
+        <v>143703</v>
       </c>
       <c r="C158" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Вільшанський ліцей</t>
+          <t>Волошнівська гімназія</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H158" s="6" t="inlineStr">
         <is>
-          <t>5923584401</t>
+          <t>5924183801</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
-          <t>с. Вільшана, Недригайлівський район, Сумська область</t>
+          <t>с. Волошнівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київський шлях, 14</t>
+          <t>вулиця Центральна, 28</t>
         </is>
       </c>
       <c r="L158" s="6" t="inlineStr">
         <is>
-          <t>UA59060030010053132</t>
+          <t>UA59060010080033989</t>
         </is>
       </c>
       <c r="M158" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Вільшана</t>
+          <t>Сумська обл., Роменський р-н, с. Волошнівка</t>
         </is>
       </c>
       <c r="N158" s="7"/>
       <c r="O158" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти,молоді та спорту Вільшанської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P158" s="4" t="inlineStr">
         <is>
-          <t>(05455)56136</t>
+          <t>(05448)97476</t>
         </is>
       </c>
       <c r="Q158" s="4"/>
       <c r="R158" s="4" t="inlineStr">
         <is>
-          <t>vilshana_sh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S158" s="4"/>
+          <t>voloshnovka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S158" s="4" t="inlineStr">
+        <is>
+          <t>https://voloshgymn.klasna.com/</t>
+        </is>
+      </c>
       <c r="T158" s="4" t="inlineStr">
         <is>
-          <t>Директор Захарченко Валентина Олексіївна</t>
+          <t>Директор Носенко Володимир Якович</t>
         </is>
       </c>
       <c r="U158" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Воздвиженська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
+          <t>Ворожбянська гімназія №1 Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>137535</v>
+        <v>150184</v>
       </c>
       <c r="C159" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>Воздвиженська філія Ямпільського ліцею № 2</t>
+          <t>Ворожбянська гімназія №1</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
-          <t>5925680401</t>
+          <t>5920610300</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
-          <t>с. Воздвиженське, Ямпільський район, Сумська область</t>
+          <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>вулиця Неплюєва М., 3</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
-          <t>UA59100190050051184</t>
+          <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Воздвиженське</t>
+          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
-          <t>(05456)57438</t>
+          <t>(05443)98432, (05443)97553</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>vozdvizhenskiynwk@ukr.net</t>
+          <t>vnvk1@ukr.net</t>
         </is>
       </c>
       <c r="S159" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/vozdvizenskijnvk/</t>
+          <t>https://sites.google.com/view/vnvk1</t>
         </is>
       </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кожедуб Олександр Васильович</t>
+          <t>Директор Біличенко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Волошнівська гімназія - заклад загальної середньої освіти І-ІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Ворожбянська гімназія №4 Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>143703</v>
+        <v>149512</v>
       </c>
       <c r="C160" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>Волошнівська гімназія</t>
+          <t>Ворожбянська гімназія №4</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
-          <t>5924183801</t>
+          <t>5920610300</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
-          <t>с. Волошнівка, Роменський район, Сумська область</t>
+          <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 28</t>
+          <t>вулиця Вячеслава Безсокирного, 1</t>
         </is>
       </c>
       <c r="L160" s="6" t="inlineStr">
         <is>
-          <t>UA59060010080033989</t>
+          <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M160" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Волошнівка</t>
+          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
-          <t>(05448)97476</t>
+          <t>(05443)73260</t>
         </is>
       </c>
       <c r="Q160" s="4"/>
       <c r="R160" s="4" t="inlineStr">
         <is>
-          <t>voloshnovka@ukr.net</t>
+          <t>vorogba4@gmail.com</t>
         </is>
       </c>
       <c r="S160" s="4" t="inlineStr">
         <is>
-          <t>https://voloshgymn.klasna.com/</t>
+          <t>http://vorozhbyanska4.ucoz.ua</t>
         </is>
       </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
-          <t>Директор Носенко Володимир Якович</t>
+          <t>Директор Мірошниченко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянська гімназія №4 Ворожбянської міської ради Сумської області</t>
+          <t>Ворожбянський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>149512</v>
+        <v>141489</v>
       </c>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянська гімназія №4</t>
+          <t>Ворожбянський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>5920610300</t>
+          <t>5922982401</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
-          <t>Ворожба, Білопільський район, Сумська область</t>
+          <t>с. Ворожба, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вячеслава Безсокирного, 1</t>
+          <t>вулиця Сумська, 1</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA59080070010055315</t>
+          <t>UA59080110200095288</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
+          <t>Сумська обл., Сумський р-н, с. Ворожба</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P161" s="4" t="inlineStr">
         <is>
-          <t>(05443)73260</t>
+          <t>(05445)35274</t>
         </is>
       </c>
       <c r="Q161" s="4"/>
       <c r="R161" s="4" t="inlineStr">
         <is>
-          <t>vorogba4@gmail.com</t>
+          <t>vorozhba_nvk@i.ua</t>
         </is>
       </c>
       <c r="S161" s="4" t="inlineStr">
         <is>
-          <t>http://vorozhbyanska4.ucoz.ua</t>
+          <t>http://vorozhba.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Директор Мірошниченко Ольга Миколаївна</t>
+          <t>Директор Коренєв Микола Володимирович</t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Ворожбянський ліцей (опорний заклад) Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>141489</v>
+        <v>149382</v>
       </c>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ЗЗСО І-ІІІ ступенів</t>
+          <t>Ворожбянський ліцей (опорний заклад)</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
-          <t>5922982401</t>
+          <t>5920610300</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
-          <t>с. Ворожба, Лебединський район, Сумська область</t>
+          <t>Ворожба, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 1</t>
+          <t>вулиця Центральна, 22</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
-          <t>UA59080110200095288</t>
+          <t>UA59080070010055315</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Ворожба</t>
+          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P162" s="4" t="inlineStr">
         <is>
-          <t>(05445)35274</t>
+          <t>(05443)98436, (05443)97436</t>
         </is>
       </c>
       <c r="Q162" s="4"/>
       <c r="R162" s="4" t="inlineStr">
         <is>
-          <t>vorozhba_nvk@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>vorzosh3@ukr.net</t>
+        </is>
+      </c>
+      <c r="S162" s="4"/>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>Директор Коренєв Микола Володимирович</t>
+          <t>Т.в.о. директора Пєскова Валентина Іванівна</t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей (опорний заклад) Ворожбянської міської ради Сумської області</t>
+          <t>Воронівська філія Білопільського ліцею №1 Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>149382</v>
+        <v>149501</v>
       </c>
       <c r="C163" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей (опорний заклад)</t>
+          <t>Воронівська філія Білопільського ліцею №1</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>5920610300</t>
+          <t>5920682201</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
-          <t>Ворожба, Білопільський район, Сумська область</t>
+          <t>с. Воронівка, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 22</t>
+          <t>вулиця Молодіжна, 12 А</t>
         </is>
       </c>
       <c r="L163" s="6" t="inlineStr">
         <is>
-          <t>UA59080070010055315</t>
+          <t>UA59080030090081480</t>
         </is>
       </c>
       <c r="M163" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
+          <t>Сумська обл., Сумський р-н, с. Воронівка</t>
         </is>
       </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
+          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
-          <t>(05443)98436, (05443)97436</t>
+          <t>(05443)95412</t>
         </is>
       </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>vorzosh3@ukr.net</t>
+          <t>voronschool1908@ukr.net</t>
         </is>
       </c>
       <c r="S163" s="4"/>
       <c r="T163" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Пєскова Валентина Іванівна</t>
+          <t>Завідувач філією Рагуліна Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей №1 Ворожбянської міської ради Сумської області</t>
+          <t>Воронізька загальноосвітня школа I-III ступенів імені П.О. Куліша Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>150184</v>
+        <v>140127</v>
       </c>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>Ворожбянський ліцей №1</t>
+          <t>Воронізька ЗОШ І-ІІІ ст. ім. П.О.Куліша</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>5920610300</t>
+          <t>5925355300</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
-          <t>Ворожба, Білопільський район, Сумська область</t>
+          <t>смт Вороніж, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Новгород-Сіверська, 2</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
-          <t>UA59080070010055315</t>
+          <t>UA59100170020081397</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, м. Ворожба</t>
+          <t>Сумська обл., Шосткинський р-н, с-ще Вороніж</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
-          <t>(05443)98432, (05443)97553</t>
+          <t>(05449)76261</t>
         </is>
       </c>
       <c r="Q164" s="4"/>
       <c r="R164" s="4" t="inlineStr">
         <is>
-          <t>vnvk1@ukr.net</t>
+          <t>voronizh-osvita@ukr.net</t>
         </is>
       </c>
       <c r="S164" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/vnvk1</t>
+          <t>http://voronizh-school.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Біличенко Тетяна Іванівна</t>
+          <t>В.о. директора Касьяненко Світлана Василівна</t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Воронівська філія Білопільського ліцею №1 Білопільської міської ради Сумської області</t>
+          <t>Філія Воронізької загальноосвітньої школи І-ІІІ ступенів імені П.О.Куліша Воронізький навчально-виховний комплекс загальноосвітня школа І-ІІ ступенів-заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>149501</v>
+        <v>140153</v>
       </c>
       <c r="C165" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>Воронівська філія Білопільського ліцею №1</t>
+          <t>Філія Воронізького НВК ЗОШ I-II ст. - ДНЗ</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
-          <t>5920682201</t>
+          <t>5925355300</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
-          <t>с. Воронівка, Білопільський район, Сумська область</t>
+          <t>смт Вороніж, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 12 А</t>
+          <t>вулиця Тидня, 23</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
-          <t>UA59080030090081480</t>
+          <t>UA59100170020081397</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Воронівка</t>
+          <t>Сумська обл., Шосткинський р-н, с-ще Вороніж</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту виконавчого комітету Білопільської міської ради Сумської області</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
-          <t>(05443)95412</t>
+          <t>(05449)7-62-70</t>
         </is>
       </c>
       <c r="Q165" s="4"/>
       <c r="R165" s="4" t="inlineStr">
         <is>
-          <t>voronschool1908@ukr.net</t>
+          <t>voronizh.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S165" s="4"/>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кальченко Оксана Михайлівна</t>
+          <t>Завідувач філією Прохоровська Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Воронізька загальноосвітня школа I-III ступенів імені П.О. Куліша Шосткинської міської ради Сумської області</t>
+          <t>Воскресенський ліцей з дошкільним підрозділом Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>140127</v>
+        <v>150064</v>
       </c>
       <c r="C166" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>Воронізька ЗОШ І-ІІІ ст. ім. П.О.Куліша</t>
+          <t>Воскресенський ліцей</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
-          <t>5925355300</t>
+          <t>5920982001</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
-          <t>смт Вороніж, Шосткинський район, Сумська область</t>
+          <t>с. Воскресенка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новгород-Сіверська, 2</t>
+          <t>вулиця Шкільна, 9</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
-          <t>UA59100170020081397</t>
+          <t>UA59020030100077174</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с-ще Вороніж</t>
+          <t>Сумська обл., Конотопський р-н, с. Воскресенка</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
-          <t>(05449)76261</t>
+          <t>(05454)53735</t>
         </is>
       </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4" t="inlineStr">
         <is>
-          <t>voronizh-osvita@ukr.net</t>
+          <t>voskresensk.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
-          <t>http://voronizh-school.edukit.sumy.ua/</t>
+          <t>voskresenka.nvk.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Касьяненко Світлана Василівна</t>
+          <t>Директор Качур Ніна Миколаївна</t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Філія Воронізької загальноосвітньої школи І-ІІІ ступенів імені П.О.Куліша Воронізький навчально-виховний комплекс загальноосвітня школа І-ІІ ступенів-заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Гришинський навчально-виховний комплекс: заклад загальної середньої освіти І-ІІ ступенів - заклад дошкільної освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>140153</v>
+        <v>144131</v>
       </c>
       <c r="C167" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>Філія Воронізького НВК ЗОШ I-II ст. - ДНЗ</t>
+          <t>Гришинський НВК</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
-          <t>5925355300</t>
+          <t>5924184701</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
-          <t>смт Вороніж, Шосткинський район, Сумська область</t>
+          <t>с. Гаврилівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тидня, 23</t>
+          <t>вулиця Миру, 35</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
-          <t>UA59100170020081397</t>
+          <t>UA59060110140076787</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с-ще Вороніж</t>
+          <t>Сумська обл., Роменський р-н, с. Гаврилівка</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>(05449)7-62-70</t>
+          <t>(05448)94440</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4" t="inlineStr">
         <is>
-          <t>voronizh.nvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S167" s="4"/>
+          <t>grishinonvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S167" s="4" t="inlineStr">
+        <is>
+          <t>https://grishinonvk.e-schools.info/</t>
+        </is>
+      </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Прохоровська Ірина Миколаївна</t>
+          <t>Директор Картавий Олег Миколайович</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Воскресенський ліцей з дошкільним підрозділом Буринської міської ради Сумської області</t>
+          <t>Гаївська філія (заклад загальної середньої освіти І-ІІ ступенів) Хмелівського ліцею - закладу загальної середньої освіти І-ІІІ ступенів Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>150064</v>
+        <v>143418</v>
       </c>
       <c r="C168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Воскресенський ліцей</t>
+          <t>Гаївська філія Хмелівського ліцею</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>5920982001</t>
+          <t>5924181706</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
-          <t>с. Воскресенка, Буринський район, Сумська область</t>
+          <t>с. Гаї, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 9</t>
+          <t>вулиця Конотопська, 89</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA59020030100077174</t>
+          <t>UA59060150080025548</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Воскресенка</t>
+          <t>Сумська обл., Роменський р-н, с. Гаї</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>(05454)53735</t>
+          <t>(05448)90213</t>
         </is>
       </c>
       <c r="Q168" s="4"/>
       <c r="R168" s="4" t="inlineStr">
         <is>
-          <t>voskresensk.nvk@gmail.com</t>
+          <t>89.gai@ukr.net</t>
         </is>
       </c>
       <c r="S168" s="4" t="inlineStr">
         <is>
-          <t>voskresenka.nvk.sumy.sch.in.ua</t>
+          <t>hmelivlicei.e-schools.info</t>
         </is>
       </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>Директор Качур Ніна Миколаївна</t>
+          <t>Завідувач філією Гирич Любов Миколаївна</t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Гришинський навчально-виховний комплекс: заклад загальної середньої освіти І-ІІ ступенів - заклад дошкільної освіти Роменської міської ради Сумської області</t>
+          <t>Герасимівська гімназія Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>144131</v>
+        <v>143484</v>
       </c>
       <c r="C169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>Гришинський НВК</t>
+          <t>Герасимівська гімназія РМР</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
-          <t>5924184701</t>
+          <t>5924187903</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
-          <t>с. Гаврилівка, Роменський район, Сумська область</t>
+          <t>с. Герасимівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 35</t>
+          <t>вулиця Герасимівська, 1</t>
         </is>
       </c>
       <c r="L169" s="6" t="inlineStr">
         <is>
-          <t>UA59060110140076787</t>
+          <t>UA59060110170065497</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Гаврилівка</t>
+          <t>Сумська обл., Роменський р-н, с. Герасимівка</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
-          <t>(05448)94440</t>
+          <t>(05448)79935</t>
         </is>
       </c>
       <c r="Q169" s="4"/>
       <c r="R169" s="4" t="inlineStr">
         <is>
-          <t>grishinonvk@ukr.net</t>
+          <t>gerasymivka@gmail.com</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>https://grishinonvk.e-schools.info/</t>
+          <t>http://gerasymivka-zosh.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
-          <t>Директор Картавий Олег Миколайович</t>
+          <t>Директор Чепурко Валерій Миколайович</t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Гаївська філія (заклад загальної середньої освіти І-ІІ ступенів) Хмелівського ліцею - закладу загальної середньої освіти І-ІІІ ступенів Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Глинський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>143418</v>
+        <v>143563</v>
       </c>
       <c r="C170" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>Гаївська філія Хмелівського ліцею</t>
+          <t>Глинський ліцей</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
-          <t>5924181706</t>
+          <t>5924184401</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
-          <t>с. Гаї, Роменський район, Сумська область</t>
+          <t>с. Глинськ, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>вулиця Конотопська, 89</t>
+          <t>вулиця Роменська, 25</t>
         </is>
       </c>
       <c r="L170" s="6" t="inlineStr">
         <is>
-          <t>UA59060150080025548</t>
+          <t>UA59060010090046430</t>
         </is>
       </c>
       <c r="M170" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Гаї</t>
+          <t>Сумська обл., Роменський р-н, с. Глинськ</t>
         </is>
       </c>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P170" s="4" t="inlineStr">
         <is>
-          <t>(05448)90213</t>
+          <t>(05448)96343</t>
         </is>
       </c>
       <c r="Q170" s="4"/>
       <c r="R170" s="4" t="inlineStr">
         <is>
-          <t>89.gai@ukr.net</t>
+          <t>glinskaja.shkola@ukr.net</t>
         </is>
       </c>
       <c r="S170" s="4" t="inlineStr">
         <is>
-          <t>hmelivlicei.e-schools.info</t>
+          <t>https://glinskij-licej.webnode.com.ua/</t>
         </is>
       </c>
       <c r="T170" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Гирич Любов Миколаївна</t>
+          <t>Директор Василенко Юрій Валентинович</t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Герасимівська гімназія Роменської міської ради Сумської області</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "ГЛИНСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>143484</v>
+        <v>149494</v>
       </c>
       <c r="C171" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
-          <t>Герасимівська гімназія РМР</t>
+          <t>КЗ СОР Глинська спеціальна школа</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
-          <t>5924187903</t>
+          <t>5924184401</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
-          <t>с. Герасимівка, Роменський район, Сумська область</t>
+          <t>с. Глинськ, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герасимівська, 1</t>
+          <t>вулиця Партизанська, 12</t>
         </is>
       </c>
       <c r="L171" s="6" t="inlineStr">
         <is>
-          <t>UA59060110170065497</t>
+          <t>UA59060010090046430</t>
         </is>
       </c>
       <c r="M171" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Герасимівка</t>
+          <t>Сумська обл., Роменський р-н, с. Глинськ</t>
         </is>
       </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P171" s="4" t="inlineStr">
         <is>
-          <t>(05448)79935</t>
+          <t>(0544)896394</t>
         </is>
       </c>
       <c r="Q171" s="4"/>
       <c r="R171" s="4" t="inlineStr">
         <is>
-          <t>gerasymivka@gmail.com</t>
+          <t>glinskinter@ukr.net</t>
         </is>
       </c>
       <c r="S171" s="4" t="inlineStr">
         <is>
-          <t>http://gerasymivka-zosh.sumy.sch.in.ua/</t>
+          <t>https://glinsk-internat.oits.pro/</t>
         </is>
       </c>
       <c r="T171" s="4" t="inlineStr">
         <is>
-          <t>Директор Чепурко Валерій Миколайович</t>
+          <t>Директор Крикун Сергій Миколайович</t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Глинський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Голінська загальноосвітня школа І-ІІ ступенів Роменської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>143563</v>
+        <v>144211</v>
       </c>
       <c r="C172" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>Глинський ліцей</t>
+          <t>Голінська ЗОШ І-ІІ ступенів</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>5924184401</t>
+          <t>5924186702</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
-          <t>с. Глинськ, Роменський район, Сумська область</t>
+          <t>с. Голінка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K172" s="4" t="inlineStr">
         <is>
-          <t>вулиця Роменська, 25</t>
+          <t>вулиця Вишнева, 2</t>
         </is>
       </c>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA59060010090046430</t>
+          <t>UA59060010100061192</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Глинськ</t>
+          <t>Сумська обл., Роменський р-н, с. Голінка</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти Роменської районної державної адміністрації Сумської області</t>
         </is>
       </c>
       <c r="P172" s="4" t="inlineStr">
         <is>
-          <t>(05448)96343</t>
+          <t>(05448)971-41</t>
         </is>
       </c>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>glinskaja.shkola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>golinka_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S172" s="4"/>
       <c r="T172" s="4" t="inlineStr">
         <is>
-          <t>Директор Василенко Юрій Валентинович</t>
+          <t>Директор Лазоренко Микола Миколайович</t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "ГЛИНСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
+          <t>Голубівський ліцей Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>149494</v>
+        <v>143599</v>
       </c>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР Глинська спеціальна школа</t>
+          <t>Голубівський ліцей</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>5924184401</t>
+          <t>5922983001</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
-          <t>с. Глинськ, Роменський район, Сумська область</t>
+          <t>с. Голубівка, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>вулиця Партизанська, 12</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA59060010090046430</t>
+          <t>UA59080230080065548</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Глинськ</t>
+          <t>Сумська обл., Сумський р-н, с. Голубівка</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>(0544)896394</t>
+          <t>(05445)34240</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>glinskinter@ukr.net</t>
+          <t>golubivska-schools@ukr.net</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
-          <t>https://glinsk-internat.oits.pro/</t>
+          <t>http://golubivka.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Директор Крикун Сергій Миколайович</t>
+          <t>Директор Вакула Наталія Іванівна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Голінська загальноосвітня школа І-ІІ ступенів Роменської районної ради Сумської області</t>
+          <t>Гребениківська філія ліцею Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>144211</v>
+        <v>142857</v>
       </c>
       <c r="C174" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Голінська ЗОШ І-ІІ ступенів</t>
+          <t>Гребениківська філія ліцею Боромлянської сільради</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
-          <t>5924186702</t>
+          <t>5925081601</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
-          <t>с. Голінка, Роменський район, Сумська область</t>
+          <t>с. Гребениківка, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 2</t>
+          <t>вулиця Анатолія Верещаги, 2а</t>
         </is>
       </c>
       <c r="L174" s="6" t="inlineStr">
         <is>
-          <t>UA59060010100061192</t>
+          <t>UA59040010050025820</t>
         </is>
       </c>
       <c r="M174" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Голінка</t>
+          <t>Сумська обл., Охтирський р-н, с. Гребениківка</t>
         </is>
       </c>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської районної державної адміністрації Сумської області</t>
+          <t>відділ освіти Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>(05448)971-41</t>
+          <t>(05458)56346</t>
         </is>
       </c>
       <c r="Q174" s="4"/>
       <c r="R174" s="4" t="inlineStr">
         <is>
-          <t>golinka_school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S174" s="4"/>
+          <t>grebenykivka-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S174" s="4" t="inlineStr">
+        <is>
+          <t>http://boromlia-nvk.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T174" s="4" t="inlineStr">
         <is>
-          <t>Директор Лазоренко Микола Миколайович</t>
+          <t>Завідувач філією Швед Олександр Володимирович</t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Голубівський ліцей Садівської сільської ради Сумського району Сумської області</t>
+          <t>Гринівський ліцей Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>143599</v>
+        <v>140366</v>
       </c>
       <c r="C175" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>Голубівський ліцей</t>
+          <t>Гринівський ліцей</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>5922983001</t>
+          <t>5923580501</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
-          <t>с. Голубівка, Лебединський район, Сумська область</t>
+          <t>с. Гринівка, Недригайлівський район, Сумська область</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Центральна, 35</t>
         </is>
       </c>
       <c r="L175" s="6" t="inlineStr">
         <is>
-          <t>UA59080230080065548</t>
+          <t>UA59060090160024591</t>
         </is>
       </c>
       <c r="M175" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Голубівка</t>
+          <t>Сумська обл., Роменський р-н, с. Гринівка</t>
         </is>
       </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>(05445)34240</t>
+          <t>(05455)53934</t>
         </is>
       </c>
       <c r="Q175" s="4"/>
       <c r="R175" s="4" t="inlineStr">
         <is>
-          <t>golubivska-schools@ukr.net</t>
+          <t>24022354@mail.gov.ua</t>
         </is>
       </c>
       <c r="S175" s="4" t="inlineStr">
         <is>
-          <t>http://golubivka.lbd-osv.gov.ua/</t>
+          <t>grinowcasc.at.ua</t>
         </is>
       </c>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t>Директор Вакула Наталія Іванівна</t>
+          <t>Директор Дяченко Іван Михайлович</t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Гребениківська філія ліцею Боромлянської сільської ради</t>
+          <t>Гринцівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>142857</v>
+        <v>139255</v>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>Гребениківська філія ліцею Боромлянської сільради</t>
+          <t>Гринцівський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
-          <t>5925081601</t>
+          <t>5922983201</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
-          <t>с. Гребениківка, Тростянецький район, Сумська область</t>
+          <t>с. Гринцеве, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>вулиця Анатолія Верещаги, 2а</t>
+          <t>вулиця Покровська, 11а</t>
         </is>
       </c>
       <c r="L176" s="6" t="inlineStr">
         <is>
-          <t>UA59040010050025820</t>
+          <t>UA59080110280031893</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Гребениківка</t>
+          <t>Сумська обл., Сумський р-н, с. Гринцеве</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
-          <t>відділ освіти Боромлянської сільської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>(05458)56346</t>
+          <t>(05445)34440</t>
         </is>
       </c>
       <c r="Q176" s="4"/>
       <c r="R176" s="4" t="inlineStr">
         <is>
-          <t>grebenykivka-school@ukr.net</t>
+          <t>shkola.grinceve@ukr.net</t>
         </is>
       </c>
       <c r="S176" s="4" t="inlineStr">
         <is>
-          <t>http://boromlia-nvk.sumy.sch.in.ua/</t>
+          <t>http://grynceve.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Швед Олександр Володимирович</t>
+          <t>Директор Левченко Ольга Валеріївна</t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Гринівський ліцей Недригайлівської селищної ради</t>
+          <t>Грінченківська філія Чупахівської загальноосвітньої школи І-ІІІ ступенів Чупахівської селищної ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>140366</v>
+        <v>141498</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>Гринівський ліцей</t>
+          <t>Грінченківський НВК</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
-          <t>5923580501</t>
+          <t>5920382001</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
-          <t>с. Гринівка, Недригайлівський район, Сумська область</t>
+          <t>с. Грінченкове, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 35</t>
-[...11 lines deleted...]
-      </c>
+          <t>провулок Шкільний, 1</t>
+        </is>
+      </c>
+      <c r="L177" s="6"/>
+      <c r="M177" s="4"/>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Чупахівської селищної ради</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>(05455)53934</t>
+          <t>(054)466-52-31</t>
         </is>
       </c>
       <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>24022354@mail.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>grinchenkove.nvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S177" s="4"/>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t>Директор Дяченко Іван Михайлович</t>
+          <t>Завідувач філією Геращенко Неля Іванівна</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Гринцівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Гружчанський навчально-виховний комплекс "загальноосвітня школа I-IІI ступенів - дошкільний навчальний заклад" Дубов'язівської селищної ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>139255</v>
+        <v>137240</v>
       </c>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>Гринцівський ЗЗСО І-ІІІ ступенів</t>
+          <t>Гружчанський НВК "ЗОШ І-ІІІ ступенів - ДНЗ"</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
-          <t>5922983201</t>
+          <t>5922081901</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
-          <t>с. Гринцеве, Лебединський район, Сумська область</t>
+          <t>с. Грузьке, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 11а</t>
+          <t>вулиця Перемоги, 21</t>
         </is>
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
-          <t>UA59080110280031893</t>
+          <t>UA59020050080039566</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Гринцеве</t>
+          <t>Сумська обл., Конотопський р-н, с. Грузьке</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(05445)34440</t>
+          <t>(05447)59217</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>shkola.grinceve@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hruzke@gmail.com</t>
+        </is>
+      </c>
+      <c r="S178" s="4"/>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Директор Левченко Ольга Валеріївна</t>
+          <t> Верещака Галина Іванівна</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Грінченківська філія Чупахівської загальноосвітньої школи І-ІІІ ступенів Чупахівської селищної ради Охтирського району Сумської області</t>
+          <t>Грунський ліцей імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>141498</v>
+        <v>144238</v>
       </c>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>Грінченківський НВК</t>
+          <t>Грунський ліцей</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
-          <t>5920382001</t>
+          <t>5920382401</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
-          <t>с. Грінченкове, Охтирський район, Сумська область</t>
+          <t>с. Грунь, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 1</t>
-[...3 lines deleted...]
-      <c r="M179" s="4"/>
+          <t>площа імені Остапа Вишні, 1</t>
+        </is>
+      </c>
+      <c r="L179" s="6" t="inlineStr">
+        <is>
+          <t>UA59040050010080063</t>
+        </is>
+      </c>
+      <c r="M179" s="4" t="inlineStr">
+        <is>
+          <t>Сумська обл., Охтирський р-н, с. Грунь</t>
+        </is>
+      </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Чупахівської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(054)466-52-31</t>
+          <t>(066)8752991</t>
         </is>
       </c>
       <c r="Q179" s="4"/>
       <c r="R179" s="4" t="inlineStr">
         <is>
-          <t>grinchenkove.nvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S179" s="4"/>
+          <t>grun_shkola@hotmail.com</t>
+        </is>
+      </c>
+      <c r="S179" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/grunskazos/home</t>
+        </is>
+      </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Геращенко Неля Іванівна</t>
+          <t>Директор Хоменко Алла Володимирівна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Гружчанський навчально-виховний комплекс "загальноосвітня школа I-IІI ступенів - дошкільний навчальний заклад" Дубов'язівської селищної ради Конотопського району Сумської області</t>
+          <t>Дібрівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>137240</v>
+        <v>143906</v>
       </c>
       <c r="C180" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Гружчанський НВК "ЗОШ І-ІІІ ступенів - ДНЗ"</t>
+          <t>Дібрівський ліцей ЗЗСО ХСР</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
-          <t>5922081901</t>
+          <t>5924184901</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
-          <t>с. Грузьке, Конотопський район, Сумська область</t>
+          <t>с-ще Діброва, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 21</t>
+          <t>вулиця Садова, 5</t>
         </is>
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
-          <t>UA59020050080039566</t>
+          <t>UA59060150250042819</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Грузьке</t>
+          <t>Сумська обл., Роменський р-н, с-ще Діброва</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>(05447)59217</t>
+          <t>(05448)92135</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>Hruzke@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S180" s="4"/>
+          <t>school.dibrova@ukr.net</t>
+        </is>
+      </c>
+      <c r="S180" s="4" t="inlineStr">
+        <is>
+          <t>schooldibrova.e-schools.info</t>
+        </is>
+      </c>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t> Верещака Галина Іванівна</t>
+          <t>Директор Іржавський Сергій Іванович</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Грунський ліцей імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
+          <t>Добрянська філія Ліцею імені І.М.Середи Великописарівської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>144238</v>
+        <v>149417</v>
       </c>
       <c r="C181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Грунський ліцей</t>
+          <t>Добрянська філія</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
-          <t>5920382401</t>
+          <t>5921281701</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
-          <t>с. Грунь, Охтирський район, Сумська область</t>
+          <t>с. Добрянське, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>площа імені Остапа Вишні, 1</t>
+          <t>вулиця Миру, 10</t>
         </is>
       </c>
       <c r="L181" s="6" t="inlineStr">
         <is>
-          <t>UA59040050010080063</t>
+          <t>UA59040030050041414</t>
         </is>
       </c>
       <c r="M181" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Грунь</t>
+          <t>Сумська обл., Охтирський р-н, с. Добрянське</t>
         </is>
       </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
+          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
         </is>
       </c>
       <c r="P181" s="4" t="inlineStr">
         <is>
-          <t>(066)8752991</t>
+          <t>(05457)5-66-18</t>
         </is>
       </c>
       <c r="Q181" s="4"/>
       <c r="R181" s="4" t="inlineStr">
         <is>
-          <t>grun_shkola@hotmail.com</t>
+          <t>Dobrenskoe@i.ua</t>
         </is>
       </c>
       <c r="S181" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/grunskazos/home</t>
+          <t>http://dobrianske-nvk.edukit.sumy.ua</t>
         </is>
       </c>
       <c r="T181" s="4" t="inlineStr">
         <is>
-          <t>Директор Хоменко Алла Володимирівна</t>
+          <t>Завідувач філією Пісклова Світлана Іванівна</t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Дібрівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Дружбівської міської ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>143906</v>
+        <v>136806</v>
       </c>
       <c r="C182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>Дібрівський ліцей ЗЗСО ХСР</t>
+          <t>Хутір-Михайлівський ЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
-          <t>5924184901</t>
+          <t>5925610300</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
-          <t>с-ще Діброва, Роменський район, Сумська область</t>
+          <t>Дружба, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 5</t>
+          <t>вулиця Кожедуба Івана, 6</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
-          <t>UA59060150250042819</t>
+          <t>UA59100050010097062</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с-ще Діброва</t>
+          <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти Дружбівської міської ради</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
-          <t>(05448)92135</t>
+          <t>(05456)43404, (096)8538708</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
       <c r="R182" s="4" t="inlineStr">
         <is>
-          <t>school.dibrova@ukr.net</t>
+          <t>druzba-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S182" s="4" t="inlineStr">
         <is>
-          <t>schooldibrova.e-schools.info</t>
+          <t>druzhba.school.org.ua</t>
         </is>
       </c>
       <c r="T182" s="4" t="inlineStr">
         <is>
-          <t>Директор Іржавський Сергій Іванович</t>
+          <t>Директор Масюк Олександр Миколайович</t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Добрянська філія Ліцею імені І.М.Середи Великописарівської селищної ради Сумської області</t>
+          <t>Дубов'язівський ліцей Дубов'язівської селищної ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>149417</v>
+        <v>136856</v>
       </c>
       <c r="C183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Добрянська філія</t>
+          <t>Дубов'язівський ліцей</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
-          <t>5921281701</t>
+          <t>5922055300</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
-          <t>с. Добрянське, Великописарівський район, Сумська область</t>
+          <t>смт Дубов'язівка, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 10</t>
+          <t>вулиця В.Глуховця, 3</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
-          <t>UA59040030050041414</t>
+          <t>UA59020050010064541</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Добрянське</t>
+          <t>Сумська обл., Конотопський р-н, с-ще Дубов’язівка</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та спорту Великописарівської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
         </is>
       </c>
       <c r="P183" s="4" t="inlineStr">
         <is>
-          <t>(05457)5-66-18</t>
+          <t>(05447)52-3-94</t>
         </is>
       </c>
       <c r="Q183" s="4"/>
       <c r="R183" s="4" t="inlineStr">
         <is>
-          <t>Dobrenskoe@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>dubovazivskijlicej@ukr.net</t>
+        </is>
+      </c>
+      <c r="S183" s="4"/>
       <c r="T183" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Пісклова Світлана Іванівна</t>
+          <t>Директор Савченко Алла Валеріївна</t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Дружбівської міської ради Шосткинського району Сумської області</t>
+          <t>Філія Дунаєцький навчально-виховний комплекс: дошкільний навчальний заклад - загальноосвітня школа І-ІІ ступенів Глухівської загальноосвітньої школи І-ІІІ ступенів №6 Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>136806</v>
+        <v>150467</v>
       </c>
       <c r="C184" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Хутір-Михайлівський ЗЗСО І-ІІІ ст.</t>
+          <t>Філія Дунаєцький НВК</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
-          <t>5925610300</t>
+          <t>5921582301</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
-          <t>Дружба, Ямпільський район, Сумська область</t>
+          <t>с. Дунаєць, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кожедуба Івана, 6</t>
+          <t>вулиця Сутиська, 4</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
-          <t>UA59100050010097062</t>
+          <t>UA59100030080067934</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
+          <t>Сумська обл., Шосткинський р-н, с. Дунаєць</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дружбівської міської ради</t>
+          <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>(05456)43404, (096)8538708</t>
+          <t>(054)4468343</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
-          <t>druzba-nvk@ukr.net</t>
+          <t>dunshkola@ukr.net</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
-          <t>druzhba.school.org.ua</t>
+          <t>https://sites.google.com/site/dunaeckijnvk</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
-          <t>Директор Масюк Олександр Миколайович</t>
+          <t>Завідувач філією Солом'яна Тетяна Федорівна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Дубов'язівський ліцей Дубов'язівської селищної ради Конотопського району Сумської області</t>
+          <t>Духанівський навчально-виховний комплекс "загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Конотопської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>136856</v>
+        <v>137388</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Дубов'язівський ліцей</t>
+          <t>Духанівський НВК "ЗОШ I-III ступенів - ДНЗ"</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
-          <t>5922055300</t>
+          <t>5922083001</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
-          <t>смт Дубов'язівка, Конотопський район, Сумська область</t>
+          <t>с. Духанівка, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця В.Глуховця, 3</t>
+          <t>вулиця Клубна, 1/2</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
-          <t>UA59020050010064541</t>
+          <t>UA59020010060071911</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с-ще Дубов’язівка</t>
+          <t>Сумська обл., Конотопський р-н, с. Духанівка</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
+          <t>Відділ освіти Конотопської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
-          <t>(05447)52-3-94</t>
+          <t>(096)2985586</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>32888740@mail.gov.ua</t>
+          <t>mv538231@mail.gov.ua</t>
         </is>
       </c>
       <c r="S185" s="4"/>
       <c r="T185" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Алла Валеріївна</t>
+          <t>Директор Козакова Надія Василівна</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Духанівський навчально-виховний комплекс "загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Конотопської районної ради Сумської області</t>
+          <t>Дяківська загальноосвітня школа І-ІІ ступенів</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>137388</v>
+        <v>151368</v>
       </c>
       <c r="C186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Духанівський НВК "ЗОШ I-III ступенів - ДНЗ"</t>
+          <t>Дяківська ЗОШ І-ІІ ст.</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
-          <t>5922083001</t>
+          <t>5920983201</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
-          <t>с. Духанівка, Конотопський район, Сумська область</t>
+          <t>с. Дяківка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клубна, 1/2</t>
+          <t>вулиця Богдана Хмельницького, 3</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
-          <t>UA59020010060071911</t>
+          <t>UA59020030160035884</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Духанівка</t>
+          <t>Сумська обл., Конотопський р-н, с. Дяківка</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Конотопської районної державної адміністрації</t>
+          <t>Відділ освіти, молоді та спорту Буринської районної державної адміністрації Сумської області</t>
         </is>
       </c>
       <c r="P186" s="4" t="inlineStr">
         <is>
-          <t>(096)2985586</t>
+          <t>(05454)55146</t>
         </is>
       </c>
       <c r="Q186" s="4"/>
       <c r="R186" s="4" t="inlineStr">
         <is>
-          <t>mv538231@mail.gov.ua</t>
-[...2 lines deleted...]
-      <c r="S186" s="4"/>
+          <t>djkivka.nvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S186" s="4" t="inlineStr">
+        <is>
+          <t>djakivkanvk.e-schools.info</t>
+        </is>
+      </c>
       <c r="T186" s="4" t="inlineStr">
         <is>
-          <t>Директор Козакова Надія Василівна</t>
+          <t>Директор Кислий Юрій Кузьміч</t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Дяківська загальноосвітня школа І-ІІ ступенів</t>
+          <t>комунальний заклад Есманьської селищної ради "Есманьська загальноосвітня школа I-III ступенів"</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>151368</v>
+        <v>150362</v>
       </c>
       <c r="C187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Дяківська ЗОШ І-ІІ ст.</t>
+          <t>Есманьська ЗОШ І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>5920983201</t>
+          <t>5921555500</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
-          <t>с. Дяківка, Буринський район, Сумська область</t>
+          <t>смт Есмань, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 3</t>
+          <t>вулиця Шкільна, 49</t>
         </is>
       </c>
       <c r="L187" s="6" t="inlineStr">
         <is>
-          <t>UA59020030160035884</t>
+          <t>UA59100070010055907</t>
         </is>
       </c>
       <c r="M187" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Дяківка</t>
+          <t>Сумська обл., Шосткинський р-н, с-ще Есмань</t>
         </is>
       </c>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Буринської районної державної адміністрації Сумської області</t>
+          <t>"Відділ освіти Есманьської селищної ради"</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(05454)55146</t>
+          <t>(054)4461293</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
       <c r="R187" s="4" t="inlineStr">
         <is>
-          <t>djkivka.nvk@gmail.com</t>
+          <t>chervonanska@ukr.net</t>
         </is>
       </c>
       <c r="S187" s="4" t="inlineStr">
         <is>
-          <t>djakivkanvk.e-schools.info</t>
+          <t>https://sites.google.com.view/esmanska</t>
         </is>
       </c>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Кислий Юрій Кузьміч</t>
+          <t>Директор Чмирькова Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Есманьської селищної ради "Есманьська загальноосвітня школа I-III ступенів"</t>
+          <t>Філія "Жуківська гімназія" Буринського міського ліцею №1 імені В.М. Кравченка Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>150362</v>
+        <v>149410</v>
       </c>
       <c r="C188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D188" s="4"/>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
-          <t>5921555500</t>
+          <t>5920983601</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
-          <t>смт Есмань, Глухівський район, Сумська область</t>
+          <t>с. Жуківка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 49</t>
+          <t>вулиця Сарничева, 4</t>
         </is>
       </c>
       <c r="L188" s="6" t="inlineStr">
         <is>
-          <t>UA59100070010055907</t>
+          <t>UA59020030170087517</t>
         </is>
       </c>
       <c r="M188" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с-ще Есмань</t>
+          <t>Сумська обл., Конотопський р-н, с. Жуківка</t>
         </is>
       </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
-          <t>"Відділ освіти Есманьської селищної ради"</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(054)4461293</t>
+          <t>(05454)56254</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
       <c r="R188" s="4" t="inlineStr">
         <is>
-          <t>chervonanska@ukr.net</t>
+          <t>zhukivskazosh@i.ua</t>
         </is>
       </c>
       <c r="S188" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com.view/esmanska</t>
+          <t>http://zhukivka-zosh.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T188" s="4" t="inlineStr">
         <is>
-          <t>Директор Чмирькова Ганна Миколаївна</t>
+          <t>Завідувач філією Семенюта Віта Михайлівна</t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Жуківська гімназія Буринської міської ради Сумської області</t>
+          <t>Журавський ліцей Зноб-Новгородської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>149410</v>
+        <v>144271</v>
       </c>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>Жуківська гімназія</t>
-[...2 lines deleted...]
-      <c r="E189" s="4"/>
+          <t>Журавський ліцей</t>
+        </is>
+      </c>
+      <c r="E189" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>5920983601</t>
+          <t>5924484402</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
-          <t>с. Жуківка, Буринський район, Сумська область</t>
+          <t>с. Журавка, Середино-Будський район, Сумська область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сарничева, 4</t>
+          <t>вулиця Шевченка, 1-А</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
-          <t>UA59020030170087517</t>
+          <t>UA59100090050022537</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Жуківка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Журавка</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Зноб-Новгородської селищної ради</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>(05454)56254</t>
+          <t>(066)0094682</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>zhukivskazosh@i.ua</t>
+          <t>zhuravskijnwk@ukr.net</t>
         </is>
       </c>
       <c r="S189" s="4" t="inlineStr">
         <is>
-          <t>http://zhukivka-zosh.sumy.sch.in.ua</t>
+          <t>http://www.zhuravskaschool.e-schools.info</t>
         </is>
       </c>
       <c r="T189" s="4" t="inlineStr">
         <is>
-          <t>Директор Семенюта Віта Михайлівна</t>
+          <t>Директор Чухно Микола Миколайович</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Журавський ліцей Зноб-Новгородської селищної ради Сумської області</t>
+          <t>Зінівська гімназія Путивльської міської ради</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>144271</v>
+        <v>143411</v>
       </c>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>Журавський ліцей</t>
+          <t>Зінівська гімназія</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
-          <t>5924484402</t>
+          <t>5923882801</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
-          <t>с. Журавка, Середино-Будський район, Сумська область</t>
+          <t>с. Зінове, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1-А</t>
+          <t>вулиця Зарічна, 12</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
-          <t>UA59100090050022537</t>
+          <t>UA59020150110076955</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Журавка</t>
+          <t>Сумська обл., Конотопський р-н, с. Зінове</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Зноб-Новгородської селищної ради</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>(066)0094682</t>
+          <t>(05442)4-33-53</t>
         </is>
       </c>
       <c r="Q190" s="4"/>
       <c r="R190" s="4" t="inlineStr">
         <is>
-          <t>zhuravskijnwk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>zinovonvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S190" s="4"/>
       <c r="T190" s="4" t="inlineStr">
         <is>
-          <t>Директор Чухно Микола Миколайович</t>
+          <t> Копилова Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Зінівська гімназія Путивльської міської ради</t>
+          <t>Зноб-Новгородський ліцей Зноб-Новгородської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>143411</v>
+        <v>144356</v>
       </c>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>Зінівська гімназія</t>
+          <t>Зноб-Новгородський ліцей</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
-          <t>5923882801</t>
+          <t>5924455300</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
-          <t>с. Зінове, Путивльський район, Сумська область</t>
+          <t>смт Зноб-Новгородське, Середино-Будський район, Сумська область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зарічна, 12</t>
+          <t>вулиця Шкільна, 13</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
-          <t>UA59020150110076955</t>
+          <t>UA59100090010096036</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Зінове</t>
+          <t>Сумська обл., Шосткинський р-н, с-ще Зноб-Новгородське</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Зноб-Новгородської селищної ради</t>
         </is>
       </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>(05442)4-33-53</t>
+          <t>(096)2523041</t>
         </is>
       </c>
       <c r="Q191" s="4"/>
       <c r="R191" s="4" t="inlineStr">
         <is>
-          <t>zinovonvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S191" s="4"/>
+          <t>znoba-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S191" s="4" t="inlineStr">
+        <is>
+          <t>http://znoba-school.at.ua/</t>
+        </is>
+      </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
-          <t> Копилова Валентина Володимирівна</t>
+          <t>Директор Андрущенко Михайло Дмитрович</t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Зноб-Новгородський ліцей Зноб-Новгородської селищної ради Сумської області</t>
+          <t>Зноб-Трубчевська гімназія Зноб-Новгородської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>144356</v>
+        <v>144625</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>Зноб-Новгородський ліцей</t>
+          <t>Зноб - Трубчевська гімназія</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
-          <t>5924455300</t>
+          <t>5924481701</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
-          <t>смт Зноб-Новгородське, Середино-Будський район, Сумська область</t>
+          <t>с. Зноб-Трубчевська, Середино-Будський район, Сумська область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 13</t>
+          <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
-          <t>UA59100090010096036</t>
+          <t>UA59100090070014696</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с-ще Зноб-Новгородське</t>
+          <t>Сумська обл., Шосткинський р-н, с. Зноб-Трубчевська</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Зноб-Новгородської селищної ради</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
-          <t>(096)2523041</t>
+          <t>(096)7304594</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>znoba-school@ukr.net</t>
+          <t>znobtrubchevska@ukr.net</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
-          <t>http://znoba-school.at.ua/</t>
+          <t>http://www.ztrubchevskyi-nvk.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрущенко Михайло Дмитрович</t>
+          <t>Директор Євдокименко Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Зноб-Трубчевська гімназія Зноб-Новгородської селищної ради Сумської області</t>
+          <t>Іваницька філія Недригайлівського ліцею Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>144625</v>
+        <v>142209</v>
       </c>
       <c r="C193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>Зноб - Трубчевська гімназія</t>
+          <t>Іваницька філія Недригайлівського ліцею</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
-          <t>5924481701</t>
+          <t>5923582201</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
-          <t>с. Зноб-Трубчевська, Середино-Будський район, Сумська область</t>
+          <t>с. Іваниця, Недригайлівський район, Сумська область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3</t>
+          <t>вулиця Шкільна, 01.мар</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
-          <t>UA59100090070014696</t>
+          <t>UA59060090230046359</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Зноб-Трубчевська</t>
+          <t>Сумська обл., Роменський р-н, с. Іваниця</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Зноб-Новгородської селищної ради</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="P193" s="4" t="inlineStr">
         <is>
-          <t>(096)7304594</t>
+          <t>(05455)5-47-20</t>
         </is>
       </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4" t="inlineStr">
         <is>
-          <t>znobtrubchevska@ukr.net</t>
+          <t>ivanytsazosh@gmail.com</t>
         </is>
       </c>
       <c r="S193" s="4" t="inlineStr">
         <is>
-          <t>http://www.ztrubchevskyi-nvk.sumy.sch.in.ua</t>
+          <t>http://nedrszoch.ucoz.ua</t>
         </is>
       </c>
       <c r="T193" s="4" t="inlineStr">
         <is>
-          <t>Директор Євдокименко Юлія Миколаївна</t>
+          <t>Завідувач філією Мірошниченко Зоя Михайлівна</t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Іваницька філія Недригайлівського ліцею Недригайлівської селищної ради</t>
+          <t>Комунальний заклад Сумської обласної ради "Правдинська спеціальна школа"</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>142209</v>
+        <v>149189</v>
       </c>
       <c r="C194" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>Іваницька філія Недригайлівського ліцею</t>
+          <t>КЗ СОР Правдинська спеціальна школа</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
-          <t>5923582201</t>
+          <t>5921282001</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
-          <t>с. Іваниця, Недригайлівський район, Сумська область</t>
+          <t>с. Іванівка, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 01.мар</t>
+          <t>вулиця Пушкіна, 2</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
-          <t>UA59060090230046359</t>
+          <t>UA59040070060030891</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Іваниця</t>
+          <t>Сумська обл., Охтирський р-н, с. Іванівка</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>(05455)5-47-20</t>
+          <t>(05457)5-43-43</t>
         </is>
       </c>
       <c r="Q194" s="4"/>
       <c r="R194" s="4" t="inlineStr">
         <is>
-          <t>ivanytsazosh@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>internat_i@meta.ua</t>
+        </is>
+      </c>
+      <c r="S194" s="4"/>
       <c r="T194" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Мірошниченко Зоя Михайлівна</t>
+          <t>В.о. директора Андрущенко Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Правдинська спеціальна школа"</t>
+          <t>Івотський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>149189</v>
+        <v>137342</v>
       </c>
       <c r="C195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР Правдинська спеціальна школа</t>
+          <t>Івотський НВК</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
-          <t>5921282001</t>
+          <t>5925381701</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
-          <t>с. Іванівка, Великописарівський район, Сумська область</t>
+          <t>с. Івот, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 2</t>
+          <t>вулиця Сіверська, 67</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
-          <t>UA59040070060030891</t>
+          <t>UA59100170140082015</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Іванівка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Івот</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
-          <t>(05457)5-43-43</t>
+          <t>(05449)32425</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
-          <t>internat_i@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S195" s="4"/>
+          <t>ivotscool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S195" s="4" t="inlineStr">
+        <is>
+          <t>http://ivot-nvk.edukit.sumy.ua/</t>
+        </is>
+      </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Андрущенко Наталія Олександрівна</t>
+          <t>Директор Федорченко Наталія Григорівна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Івотський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Імшанська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>137342</v>
+        <v>136838</v>
       </c>
       <c r="C196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Івотський НВК</t>
+          <t>Імшанська філія Ямпільського ліцею № 2</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>5925381701</t>
+          <t>5925655103</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
-          <t>с. Івот, Шосткинський район, Сумська область</t>
+          <t>с. Імшана, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сіверська, 67</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA59100170140082015</t>
+          <t>UA59100190110080018</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Івот</t>
+          <t>Сумська обл., Шосткинський р-н, с. Імшана</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>(05449)32425</t>
+          <t>(05456)21505</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
-          <t>ivotscool@ukr.net</t>
+          <t>imshana_scool@ukr.net</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
-          <t>http://ivot-nvk.edukit.sumy.ua/</t>
+          <t>http://imshana.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>Директор Федорченко Наталія Григорівна</t>
+          <t>Завідувач філією Кожедуб Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Імшанська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
+          <t>Кам'янський заклад загальної середньої освіти І-ІІІ ступенів - заклад дошкільної освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>136838</v>
+        <v>141311</v>
       </c>
       <c r="C197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>Імшанська філія Ямпільського ліцею № 2</t>
+          <t>Кам’янський ЗЗСО І-ІІІ ступенів - ЗДО ТМР</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
-          <t>5925655103</t>
+          <t>5925083401</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
-          <t>с. Імшана, Ямпільський район, Сумська область</t>
+          <t>с. Кам'янка, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Гагаріна, 149</t>
         </is>
       </c>
       <c r="L197" s="6" t="inlineStr">
         <is>
-          <t>UA59100190110080018</t>
+          <t>UA59040130130075726</t>
         </is>
       </c>
       <c r="M197" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Імшана</t>
+          <t>Сумська обл., Охтирський р-н, с. Кам’янка</t>
         </is>
       </c>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P197" s="4" t="inlineStr">
         <is>
-          <t>(05456)21505</t>
+          <t>(05458)5-97-77</t>
         </is>
       </c>
       <c r="Q197" s="4"/>
       <c r="R197" s="4" t="inlineStr">
         <is>
-          <t>imshana_scool@ukr.net</t>
+          <t>Kamenka-school@ukr.net</t>
         </is>
       </c>
       <c r="S197" s="4" t="inlineStr">
         <is>
-          <t>http://imshana.edukit.sumy.ua/</t>
+          <t>https://sites.google.com/site/kamanskijnvk</t>
         </is>
       </c>
       <c r="T197" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кожедуб Юлія Сергіївна</t>
+          <t>Директор Синявіна Людмила Іванівна</t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>Кам'янський заклад загальної середньої освіти І-ІІІ ступенів - заклад дошкільної освіти Тростянецької міської ради</t>
+          <t>Капустинська філія Синівського ліцею Синівської сільської ради Сумської області</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>141311</v>
+        <v>176944</v>
       </c>
       <c r="C198" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D198" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D198" s="4"/>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
-          <t>5925083401</t>
+          <t>5923281901</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
-          <t>с. Кам'янка, Тростянецький район, Сумська область</t>
+          <t>с. Капустинці, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 149</t>
+          <t>вулиця Беївська, 1</t>
         </is>
       </c>
       <c r="L198" s="6" t="inlineStr">
         <is>
-          <t>UA59040130130075726</t>
+          <t>UA59060130110048724</t>
         </is>
       </c>
       <c r="M198" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Кам’янка</t>
+          <t>Сумська обл., Роменський р-н, с. Капустинці</t>
         </is>
       </c>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
         </is>
       </c>
       <c r="P198" s="4" t="inlineStr">
         <is>
-          <t>(05458)5-97-77</t>
+          <t>(096)0877709</t>
         </is>
       </c>
       <c r="Q198" s="4"/>
       <c r="R198" s="4" t="inlineStr">
         <is>
-          <t>Kamenka-school@ukr.net</t>
+          <t>kapgymnasium@ukr.net</t>
         </is>
       </c>
       <c r="S198" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kamanskijnvk</t>
+          <t>https://kapustincischool.e-schools.info/</t>
         </is>
       </c>
       <c r="T198" s="4" t="inlineStr">
         <is>
-          <t>Директор Синявіна Людмила Іванівна</t>
+          <t>Завідувач філією Сірик Оксана Іванівна</t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Капустинська філія Синівського ліцею Синівської сільської ради Сумської області</t>
+          <t>Заводський ліцей Кириківської селищної ради</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>176944</v>
+        <v>149433</v>
       </c>
       <c r="C199" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D199" s="4"/>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>Заводський ліцей</t>
+        </is>
+      </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
-          <t>5923281901</t>
+          <t>5921255400</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
-          <t>с. Капустинці, Липоводолинський район, Сумська область</t>
+          <t>смт Кириківка, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
-          <t>вулиця Беївська, 1</t>
+          <t>вулиця Правдинська, 32</t>
         </is>
       </c>
       <c r="L199" s="6" t="inlineStr">
         <is>
-          <t>UA59060130110048724</t>
+          <t>UA59040070010092324</t>
         </is>
       </c>
       <c r="M199" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Капустинці</t>
+          <t>Сумська обл., Охтирський р-н, с-ще Кириківка</t>
         </is>
       </c>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Кириківської селищної ради</t>
         </is>
       </c>
       <c r="P199" s="4" t="inlineStr">
         <is>
-          <t>(096)0877709</t>
+          <t>(05457)53236</t>
         </is>
       </c>
       <c r="Q199" s="4"/>
       <c r="R199" s="4" t="inlineStr">
         <is>
-          <t>kapgymnasium@ukr.net</t>
+          <t>zavodska.shckola@ukr.net</t>
         </is>
       </c>
       <c r="S199" s="4" t="inlineStr">
         <is>
-          <t>https://kapustincischool.e-schools.info/</t>
+          <t>https://zavodskaschool.e-schools.info</t>
         </is>
       </c>
       <c r="T199" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Сірик Оксана Іванівна</t>
+          <t>Директор Котлярова Тетяна Вадимівна</t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Заводський ліцей Кириківської селищної ради</t>
+          <t>Кириківський заклад загальної середньої освіти І - ІІІ ступенів Кириківської селищної ради</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>149433</v>
+        <v>149432</v>
       </c>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Заводський ліцей</t>
+          <t>Кириківський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
           <t>5921255400</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
           <t>смт Кириківка, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K200" s="4" t="inlineStr">
         <is>
-          <t>вулиця Правдинська, 32</t>
+          <t>вулиця Шевченка, 37</t>
         </is>
       </c>
       <c r="L200" s="6" t="inlineStr">
         <is>
           <t>UA59040070010092324</t>
         </is>
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Охтирський р-н, с-ще Кириківка</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Кириківської селищної ради</t>
         </is>
       </c>
       <c r="P200" s="4" t="inlineStr">
         <is>
-          <t>(05457)53236</t>
+          <t>(05457)57289</t>
         </is>
       </c>
       <c r="Q200" s="4"/>
       <c r="R200" s="4" t="inlineStr">
         <is>
-          <t>zavodska.shckola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kirikovka-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S200" s="4"/>
       <c r="T200" s="4" t="inlineStr">
         <is>
-          <t>Директор Котлярова Тетяна Вадимівна</t>
+          <t>Директор Костюк Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Кириківський заклад загальної середньої освіти І - ІІІ ступенів Кириківської селищної ради</t>
+          <t>Кіндратівська філія Хотінського ліцею Хотінської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>149432</v>
+        <v>145874</v>
       </c>
       <c r="C201" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>Кириківський ЗЗСО І-ІІІ ступенів</t>
+          <t>Кіндратівська філія</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
-          <t>5921255400</t>
+          <t>5924783401</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
-          <t>смт Кириківка, Великописарівський район, Сумська область</t>
+          <t>с. Кіндратівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K201" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 37</t>
+          <t>вулиця Шкільна, 5/7</t>
         </is>
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
-          <t>UA59040070010092324</t>
+          <t>UA59080290080084186</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с-ще Кириківка</t>
+          <t>Сумська обл., Сумський р-н, с. Кіндратівка</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Кириківської селищної ради</t>
+          <t>Відділ освіти Хотінської селищної ради об`єднаної територіальної громади Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P201" s="4" t="inlineStr">
         <is>
-          <t>(05457)57289</t>
+          <t>(0542)697724</t>
         </is>
       </c>
       <c r="Q201" s="4"/>
       <c r="R201" s="4" t="inlineStr">
         <is>
-          <t>kirikovka-school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S201" s="4"/>
+          <t>kindrativka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S201" s="4" t="inlineStr">
+        <is>
+          <t>http://www.kindrativka-zosh.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T201" s="4" t="inlineStr">
         <is>
-          <t>Директор Костюк Людмила Михайлівна</t>
+          <t>Завідувач філією Горбунова Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Кіндратівська філія Хотінського ліцею Хотінської селищної ради Сумського району Сумської області</t>
+          <t>Клепалівська гімназія з дошкільним підрозділом Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>145874</v>
+        <v>151310</v>
       </c>
       <c r="C202" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>Кіндратівська філія</t>
+          <t>Клепалівська гімназія з дошкільним підрозділом</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
-          <t>5924783401</t>
+          <t>5920984101</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
-          <t>с. Кіндратівка, Сумський район, Сумська область</t>
+          <t>с. Клепали, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K202" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5/7</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
-          <t>UA59080290080084186</t>
+          <t>UA59020030200055230</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Кіндратівка</t>
+          <t>Сумська обл., Конотопський р-н, с. Клепали</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Хотінської селищної ради об`єднаної територіальної громади Сумського району Сумської області</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P202" s="4" t="inlineStr">
         <is>
-          <t>(0542)697724</t>
+          <t>(05454)57340</t>
         </is>
       </c>
       <c r="Q202" s="4"/>
       <c r="R202" s="4" t="inlineStr">
         <is>
-          <t>kindrativka@ukr.net</t>
+          <t>klepalishoola@i.ua</t>
         </is>
       </c>
       <c r="S202" s="4" t="inlineStr">
         <is>
-          <t>http://www.kindrativka-zosh.sumy.sch.in.ua/</t>
+          <t>http://klepaly-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T202" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Горбунова Ольга Миколаївна</t>
+          <t>Директор Лопата Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Клепалівська гімназія з дошкільним підрозділом Буринської міської ради Сумської області</t>
+          <t>Клишківський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>151310</v>
+        <v>138132</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Клепалівська гімназія з дошкільним підрозділом</t>
+          <t>Клишківський НВК</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
-          <t>5920984101</t>
+          <t>5925383001</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
-          <t>с. Клепали, Буринський район, Сумська область</t>
+          <t>с. Клишки, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K203" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Калинова, 1</t>
         </is>
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
-          <t>UA59020030200055230</t>
+          <t>UA59100170160057495</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Клепали</t>
+          <t>Сумська обл., Шосткинський р-н, с. Клишки</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P203" s="4" t="inlineStr">
         <is>
-          <t>(05454)57340</t>
+          <t>(05449)31182</t>
         </is>
       </c>
       <c r="Q203" s="4"/>
       <c r="R203" s="4" t="inlineStr">
         <is>
-          <t>klepalishoola@i.ua</t>
+          <t>klyshhkinvk@ukr.net</t>
         </is>
       </c>
       <c r="S203" s="4" t="inlineStr">
         <is>
-          <t>http://klepaly-nvk.sumy.sch.in.ua/</t>
+          <t>http://klyshky-nvk.edukit.sumy.ua/informaciya_pro_zaklad/</t>
         </is>
       </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t>Директор Лопата Ольга Анатоліївна</t>
+          <t>Директор Чайка Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Клишківський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Княжицька філія Свеської спеціалізованої школи І-ІІІ ступенів №2 "ліцей" Ямпільської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B204" s="5" t="n">
-        <v>138132</v>
+        <v>137066</v>
       </c>
       <c r="C204" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Клишківський НВК</t>
+          <t>Княжицька філія Свеської спеціалізованої школи І-ІІІ ступенів №2 "ліцей"</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H204" s="6" t="inlineStr">
         <is>
-          <t>5925383001</t>
+          <t>5925681501</t>
         </is>
       </c>
       <c r="I204" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
-          <t>с. Клишки, Шосткинський район, Сумська область</t>
+          <t>с. Княжичі, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
-          <t>вулиця Калинова, 1</t>
+          <t>вулиця Сагайдачного, 36</t>
         </is>
       </c>
       <c r="L204" s="6" t="inlineStr">
         <is>
-          <t>UA59100170160057495</t>
+          <t>UA59100110070040818</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Клишки</t>
+          <t>Сумська обл., Шосткинський р-н, с. Княжичі</t>
         </is>
       </c>
       <c r="N204" s="7"/>
       <c r="O204" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Ямпільської районної державної адміністрації Сумської області</t>
         </is>
       </c>
       <c r="P204" s="4" t="inlineStr">
         <is>
-          <t>(05449)31182</t>
+          <t>(05456)5-41-40</t>
         </is>
       </c>
       <c r="Q204" s="4"/>
       <c r="R204" s="4" t="inlineStr">
         <is>
-          <t>klyshhkinvk@ukr.net</t>
+          <t>knjajichi-shkola@ukr.net</t>
         </is>
       </c>
       <c r="S204" s="4" t="inlineStr">
         <is>
-          <t>http://klyshky-nvk.edukit.sumy.ua/informaciya_pro_zaklad/</t>
+          <t>http://kniazhychi-nvk.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T204" s="4" t="inlineStr">
         <is>
-          <t>Директор Чайка Ірина Миколаївна</t>
+          <t>Завідувач філією Васютенко Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U204" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V204" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X204" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y204" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Княжицька філія Свеської спеціалізованої школи І-ІІІ ступенів №2 "ліцей" Ямпільської районної ради Сумської області</t>
+          <t>Князівська гімназія - філія Новослобідського ліцею Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="B205" s="5" t="n">
-        <v>137066</v>
+        <v>142316</v>
       </c>
       <c r="C205" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
-          <t>Княжицька філія Свеської спеціалізованої школи І-ІІІ ступенів №2 "ліцей"</t>
+          <t>Князівська гімназія - філія Новослобідського ліцею</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H205" s="6" t="inlineStr">
         <is>
-          <t>5925681501</t>
+          <t>5923885801</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
-          <t>с. Княжичі, Ямпільський район, Сумська область</t>
+          <t>с. Князівка, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сагайдачного, 36</t>
+          <t>вулиця Центральна, 25</t>
         </is>
       </c>
       <c r="L205" s="6" t="inlineStr">
         <is>
-          <t>UA59100110070040818</t>
+          <t>UA59020110130037659</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Княжичі</t>
+          <t>Сумська обл., Конотопський р-н, с. Князівка</t>
         </is>
       </c>
       <c r="N205" s="7"/>
       <c r="O205" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Ямпільської районної державної адміністрації Сумської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="P205" s="4" t="inlineStr">
         <is>
-          <t>(05456)5-41-40</t>
+          <t>(05442)44750</t>
         </is>
       </c>
       <c r="Q205" s="4"/>
       <c r="R205" s="4" t="inlineStr">
         <is>
-          <t>knjajichi-shkola@ukr.net</t>
+          <t>knjazivkanvk@ukr.net</t>
         </is>
       </c>
       <c r="S205" s="4" t="inlineStr">
         <is>
-          <t>http://kniazhychi-nvk.edukit.sumy.ua/</t>
+          <t>http://sites.google.com/site/knyazivskij2nvk</t>
         </is>
       </c>
       <c r="T205" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Васютенко Ольга Володимирівна</t>
+          <t>Завідувач філією Поділько Олександр Олександрович</t>
         </is>
       </c>
       <c r="U205" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V205" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X205" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y205" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Князівська гімназія - філія Новослобідського ліцею Новослобідської сільської ради</t>
+          <t>Ковтунівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B206" s="5" t="n">
-        <v>142316</v>
+        <v>137411</v>
       </c>
       <c r="C206" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
-          <t>Князівська гімназія - філія Новослобідського ліцею</t>
+          <t>Ковтунівський НВК: ЗОШ І-ІІІ ст. - ЗДО</t>
         </is>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H206" s="6" t="inlineStr">
         <is>
-          <t>5923885801</t>
+          <t>5925383501</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
-          <t>с. Князівка, Путивльський район, Сумська область</t>
+          <t>с. Ковтунове, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 25</t>
+          <t>вулиця Суворова, 4</t>
         </is>
       </c>
       <c r="L206" s="6" t="inlineStr">
         <is>
-          <t>UA59020110130037659</t>
+          <t>UA59100170170015975</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Князівка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Ковтунове</t>
         </is>
       </c>
       <c r="N206" s="7"/>
       <c r="O206" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P206" s="4" t="inlineStr">
         <is>
-          <t>(05442)44750</t>
+          <t>(05449)33498</t>
         </is>
       </c>
       <c r="Q206" s="4"/>
       <c r="R206" s="4" t="inlineStr">
         <is>
-          <t>knjazivkanvk@ukr.net</t>
+          <t>kovtunove.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S206" s="4" t="inlineStr">
         <is>
-          <t>http://sites.google.com/site/knyazivskij2nvk</t>
+          <t>http://kovtunove-nvk.edukit.sumy.ua</t>
         </is>
       </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
-          <t>Директор Поділько Олександр Олександрович</t>
+          <t>Директор Линок Лариса Олександрівна</t>
         </is>
       </c>
       <c r="U206" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V206" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X206" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y206" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Ковтунівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Козацький заклад загальної середньої освіти І-ІІІ ступенів Бочечківської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B207" s="5" t="n">
-        <v>137411</v>
+        <v>137075</v>
       </c>
       <c r="C207" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
-          <t>Ковтунівський НВК: ЗОШ І-ІІІ ст. - ЗДО</t>
+          <t>Козацький ЗЗСО</t>
         </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H207" s="6" t="inlineStr">
         <is>
-          <t>5925383501</t>
+          <t>5922083801</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
-          <t>с. Ковтунове, Шосткинський район, Сумська область</t>
+          <t>с. Козацьке, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>вулиця Суворова, 4</t>
+          <t>вулиця Самойловича Гетьмана, 2</t>
         </is>
       </c>
       <c r="L207" s="6" t="inlineStr">
         <is>
-          <t>UA59100170170015975</t>
+          <t>UA59020010070029972</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Ковтунове</t>
+          <t>Сумська обл., Конотопський р-н, с. Козацьке</t>
         </is>
       </c>
       <c r="N207" s="7"/>
       <c r="O207" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти, культури і туризму, молоді та спорту Бочечківської сільської ради</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>(05449)33498</t>
+          <t>(097)4303249</t>
         </is>
       </c>
       <c r="Q207" s="4"/>
       <c r="R207" s="4" t="inlineStr">
         <is>
-          <t>kovtunove.nvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kozaknvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S207" s="4"/>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t>Директор Линок Лариса Олександрівна</t>
+          <t>Директор Кліндухова Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U207" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V207" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X207" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y207" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Козацький заклад загальної середньої освіти І-ІІІ ступенів Бочечківської сільської ради Конотопського району Сумської області</t>
+          <t>Колядинецький ліцей Синівської сільської ради Сумської області</t>
         </is>
       </c>
       <c r="B208" s="5" t="n">
-        <v>137075</v>
+        <v>139523</v>
       </c>
       <c r="C208" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Козацький ЗЗСО</t>
+          <t>Колядинецький ліцей</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H208" s="6" t="inlineStr">
         <is>
-          <t>5922083801</t>
+          <t>5923282601</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
-          <t>с. Козацьке, Конотопський район, Сумська область</t>
+          <t>с. Колядинець, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
-          <t>вулиця Самойловича Гетьмана, 2</t>
+          <t>вулиця Щастя, 24</t>
         </is>
       </c>
       <c r="L208" s="6" t="inlineStr">
         <is>
-          <t>UA59020010070029972</t>
+          <t>UA59060130160012072</t>
         </is>
       </c>
       <c r="M208" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Козацьке</t>
+          <t>Сумська обл., Роменський р-н, с. Колядинець</t>
         </is>
       </c>
       <c r="N208" s="7"/>
       <c r="O208" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури і туризму, молоді та спорту Бочечківської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
-          <t>(097)4303249</t>
+          <t>(096)5170392</t>
         </is>
       </c>
       <c r="Q208" s="4"/>
       <c r="R208" s="4" t="inlineStr">
         <is>
-          <t>kozaknvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S208" s="4"/>
+          <t>24014923@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S208" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/Koladinec</t>
+        </is>
+      </c>
       <c r="T208" s="4" t="inlineStr">
         <is>
-          <t>Директор Кліндухова Валентина Михайлівна</t>
+          <t>Директор Ізюменко Микола Васильович</t>
         </is>
       </c>
       <c r="U208" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V208" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X208" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y208" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Колядинецький ліцей Синівської сільської ради Сумської області</t>
+          <t>Комишанський ліцей Комишанської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B209" s="5" t="n">
-        <v>139523</v>
+        <v>141430</v>
       </c>
       <c r="C209" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Колядинецький ліцей</t>
+          <t>Комишанський ліцей</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H209" s="6" t="inlineStr">
         <is>
-          <t>5923282601</t>
+          <t>5920383601</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
-          <t>с. Колядинець, Липоводолинський район, Сумська область</t>
+          <t>с. Комиші, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щастя, 24</t>
+          <t>вулиця Київська, 55</t>
         </is>
       </c>
       <c r="L209" s="6" t="inlineStr">
         <is>
-          <t>UA59060130160012072</t>
+          <t>UA59040090010082032</t>
         </is>
       </c>
       <c r="M209" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Колядинець</t>
+          <t>Сумська обл., Охтирський р-н, с. Комиші</t>
         </is>
       </c>
       <c r="N209" s="7"/>
       <c r="O209" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
+          <t>Відділ освіти Комишанської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P209" s="4" t="inlineStr">
         <is>
-          <t>(096)5170392</t>
+          <t>(05446)79-2-42</t>
         </is>
       </c>
       <c r="Q209" s="4"/>
       <c r="R209" s="4" t="inlineStr">
         <is>
-          <t>24014923@mail.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>komshol@ukr.net</t>
+        </is>
+      </c>
+      <c r="S209" s="4"/>
       <c r="T209" s="4" t="inlineStr">
         <is>
-          <t>Директор Ізюменко Микола Васильович</t>
+          <t>Директор Мананнікова Ольга Сергіївна</t>
         </is>
       </c>
       <c r="U209" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V209" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X209" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y209" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>Комишанський ліцей Комишанської сільської ради Охтирського району Сумської області</t>
+          <t>Коржівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B210" s="5" t="n">
-        <v>141430</v>
+        <v>143922</v>
       </c>
       <c r="C210" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
-          <t>Комишанський ліцей</t>
+          <t>Коржівський ЗЗСО</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H210" s="6" t="inlineStr">
         <is>
-          <t>5920383601</t>
+          <t>5924185401</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
-          <t>с. Комиші, Охтирський район, Сумська область</t>
+          <t>с. Коржі, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 55</t>
+          <t>вулиця Роменська, 5</t>
         </is>
       </c>
       <c r="L210" s="6" t="inlineStr">
         <is>
-          <t>UA59040090010082032</t>
+          <t>UA59060110310099605</t>
         </is>
       </c>
       <c r="M210" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Комиші</t>
+          <t>Сумська обл., Роменський р-н, с. Коржі</t>
         </is>
       </c>
       <c r="N210" s="7"/>
       <c r="O210" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Комишанської сільської ради Охтирського району Сумської області</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P210" s="4" t="inlineStr">
         <is>
-          <t>(05446)79-2-42</t>
+          <t>(05448)90630</t>
         </is>
       </c>
       <c r="Q210" s="4"/>
       <c r="R210" s="4" t="inlineStr">
         <is>
-          <t>komshol@ukr.net</t>
+          <t>korzhi-school@ukr.net</t>
         </is>
       </c>
       <c r="S210" s="4"/>
       <c r="T210" s="4" t="inlineStr">
         <is>
-          <t>Директор Мананнікова Ольга Сергіївна</t>
+          <t>Директор Журенко Оксана Василівна</t>
         </is>
       </c>
       <c r="U210" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V210" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X210" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y210" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Коржівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Коровинський заклад загальної середньої освіти Коровинської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B211" s="5" t="n">
-        <v>143922</v>
+        <v>139900</v>
       </c>
       <c r="C211" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Коржівський ЗЗСО</t>
+          <t>Коровинський ЗЗСО</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G211" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H211" s="6" t="inlineStr">
         <is>
-          <t>5924185401</t>
+          <t>5923583401</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
-          <t>с. Коржі, Роменський район, Сумська область</t>
+          <t>с. Коровинці, Недригайлівський район, Сумська область</t>
         </is>
       </c>
       <c r="K211" s="4" t="inlineStr">
         <is>
-          <t>вулиця Роменська, 5</t>
+          <t>вулиця Київська, 70</t>
         </is>
       </c>
       <c r="L211" s="6" t="inlineStr">
         <is>
-          <t>UA59060110310099605</t>
+          <t>UA59060050010079682</t>
         </is>
       </c>
       <c r="M211" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Коржі</t>
+          <t>Сумська обл., Роменський р-н, с. Коровинці</t>
         </is>
       </c>
       <c r="N211" s="7"/>
       <c r="O211" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Коровинської сільської ради</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>(05448)90630</t>
+          <t>(05455)58312</t>
         </is>
       </c>
       <c r="Q211" s="4"/>
       <c r="R211" s="4" t="inlineStr">
         <is>
-          <t>korzhi-school@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S211" s="4"/>
+          <t>korovincyschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S211" s="4" t="inlineStr">
+        <is>
+          <t>krv.school.org.ua</t>
+        </is>
+      </c>
       <c r="T211" s="4" t="inlineStr">
         <is>
-          <t>Директор Журенко Оксана Василівна</t>
+          <t> Остапчук Ігор Вікторович</t>
         </is>
       </c>
       <c r="U211" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V211" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X211" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y211" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="4" t="inlineStr">
         <is>
-          <t>Коровинський заклад загальної середньої освіти Коровинської сільської ради Роменського району Сумської області</t>
+          <t>Коршачинська загальноосвітня школа I-II ступенів Білопільської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B212" s="5" t="n">
-        <v>139900</v>
+        <v>149462</v>
       </c>
       <c r="C212" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
-          <t>Коровинський ЗЗСО</t>
+          <t>Коршачинська ЗОШ I-II ступенів</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G212" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H212" s="6" t="inlineStr">
         <is>
-          <t>5923583401</t>
+          <t>5920684401</t>
         </is>
       </c>
       <c r="I212" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J212" s="4" t="inlineStr">
         <is>
-          <t>с. Коровинці, Недригайлівський район, Сумська область</t>
+          <t>с. Коршачина, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K212" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 70</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L212" s="6" t="inlineStr">
         <is>
-          <t>UA59060050010079682</t>
+          <t>UA59080210120057946</t>
         </is>
       </c>
       <c r="M212" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Коровинці</t>
+          <t>Сумська обл., Сумський р-н, с. Коршачина</t>
         </is>
       </c>
       <c r="N212" s="7"/>
       <c r="O212" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Коровинської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Білопільської районної державної адміністрації Сумської області</t>
         </is>
       </c>
       <c r="P212" s="4" t="inlineStr">
         <is>
-          <t>(05455)58312</t>
+          <t>(05443)95721</t>
         </is>
       </c>
       <c r="Q212" s="4"/>
-      <c r="R212" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R212" s="4"/>
+      <c r="S212" s="4"/>
       <c r="T212" s="4" t="inlineStr">
         <is>
-          <t> Остапчук Ігор Вікторович</t>
+          <t> Карман Іван Сергійович</t>
         </is>
       </c>
       <c r="U212" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V212" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X212" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y212" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="4" t="inlineStr">
         <is>
-          <t>Коршачинська загальноосвітня школа I-II ступенів Білопільської районної ради Сумської області</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "КОСІВЩИНСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B213" s="5" t="n">
-        <v>149462</v>
+        <v>136602</v>
       </c>
       <c r="C213" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
-          <t>Коршачинська ЗОШ I-II ступенів</t>
+          <t>КЗ СОР "Косівщинська спеціальна школа"</t>
         </is>
       </c>
       <c r="E213" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G213" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H213" s="6" t="inlineStr">
         <is>
-          <t>5920684401</t>
+          <t>5924783801</t>
         </is>
       </c>
       <c r="I213" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J213" s="4" t="inlineStr">
         <is>
-          <t>с. Коршачина, Білопільський район, Сумська область</t>
+          <t>с. Косівщина, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K213" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 6</t>
         </is>
       </c>
       <c r="L213" s="6" t="inlineStr">
         <is>
-          <t>UA59080210120057946</t>
+          <t>UA59080250070022807</t>
         </is>
       </c>
       <c r="M213" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Коршачина</t>
+          <t>Сумська обл., Сумський р-н, с. Косівщина</t>
         </is>
       </c>
       <c r="N213" s="7"/>
       <c r="O213" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Білопільської районної державної адміністрації Сумської області</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P213" s="4" t="inlineStr">
         <is>
-          <t>(05443)95721</t>
+          <t>(0542)698275</t>
         </is>
       </c>
       <c r="Q213" s="4"/>
-      <c r="R213" s="4"/>
+      <c r="R213" s="4" t="inlineStr">
+        <is>
+          <t>kosivshchina@ukr.net</t>
+        </is>
+      </c>
       <c r="S213" s="4"/>
       <c r="T213" s="4" t="inlineStr">
         <is>
-          <t> Карман Іван Сергійович</t>
+          <t>Директор Шевченко Юрій Миколайович</t>
         </is>
       </c>
       <c r="U213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V213" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X213" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y213" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "КОСІВЩИНСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
+          <t>Косівщинський ліцей імені Лесі Українки Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B214" s="5" t="n">
-        <v>136602</v>
+        <v>146594</v>
       </c>
       <c r="C214" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Косівщинська спеціальна школа"</t>
+          <t>Косівщинський ліцей ССР</t>
         </is>
       </c>
       <c r="E214" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G214" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H214" s="6" t="inlineStr">
         <is>
           <t>5924783801</t>
         </is>
       </c>
       <c r="I214" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J214" s="4" t="inlineStr">
         <is>
           <t>с. Косівщина, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K214" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 6</t>
+          <t>вулиця Шкільна, 16-Б</t>
         </is>
       </c>
       <c r="L214" s="6" t="inlineStr">
         <is>
           <t>UA59080250070022807</t>
         </is>
       </c>
       <c r="M214" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Косівщина</t>
         </is>
       </c>
       <c r="N214" s="7"/>
       <c r="O214" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P214" s="4" t="inlineStr">
         <is>
-          <t>(0542)698275</t>
+          <t>(0542)698534</t>
         </is>
       </c>
       <c r="Q214" s="4"/>
       <c r="R214" s="4" t="inlineStr">
         <is>
-          <t>kosivshchina@ukr.net</t>
+          <t>KosivshinaZOSH@ukr.net</t>
         </is>
       </c>
       <c r="S214" s="4"/>
       <c r="T214" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Юрій Миколайович</t>
+          <t>Директор Щебетенко Вікторія Іванівна</t>
         </is>
       </c>
       <c r="U214" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V214" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X214" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y214" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="4" t="inlineStr">
         <is>
-          <t>Косівщинський ліцей імені Лесі Українки Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Кошарівська філія Юрівського закладу загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B215" s="5" t="n">
-        <v>146594</v>
+        <v>137368</v>
       </c>
       <c r="C215" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
-          <t>Косівщинський ліцей ССР</t>
+          <t>Кошарівська філія</t>
         </is>
       </c>
       <c r="E215" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G215" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H215" s="6" t="inlineStr">
         <is>
-          <t>5924783801</t>
+          <t>5922084501</t>
         </is>
       </c>
       <c r="I215" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J215" s="4" t="inlineStr">
         <is>
-          <t>с. Косівщина, Сумський район, Сумська область</t>
+          <t>с. Кошари, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K215" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 16-Б</t>
+          <t>вулиця Центральна, 14</t>
         </is>
       </c>
       <c r="L215" s="6" t="inlineStr">
         <is>
-          <t>UA59080250070022807</t>
+          <t>UA59020130120016900</t>
         </is>
       </c>
       <c r="M215" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Косівщина</t>
+          <t>Сумська обл., Конотопський р-н, с. Кошари</t>
         </is>
       </c>
       <c r="N215" s="7"/>
       <c r="O215" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P215" s="4" t="inlineStr">
         <is>
-          <t>(0542)698534</t>
+          <t>(096)26-45-583</t>
         </is>
       </c>
       <c r="Q215" s="4"/>
       <c r="R215" s="4" t="inlineStr">
         <is>
-          <t>KosivshinaZOSH@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S215" s="4"/>
+          <t>32888693@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S215" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/kosharynvk</t>
+        </is>
+      </c>
       <c r="T215" s="4" t="inlineStr">
         <is>
-          <t>Директор Щебетенко Вікторія Іванівна</t>
+          <t>Завідувач Саморядова Любов Олександрівна</t>
         </is>
       </c>
       <c r="U215" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V215" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X215" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y215" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="4" t="inlineStr">
         <is>
-          <t>Кошарівський заклад загальної середньої освіти І-ІІІ ступенів Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Краснопільська вечірня школа Краснопільської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B216" s="5" t="n">
-        <v>137368</v>
+        <v>141313</v>
       </c>
       <c r="C216" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
-          <t>Кошарівський ЗЗСО І-ІІІ ст.</t>
+          <t>Краснопільська вечірня школа</t>
         </is>
       </c>
       <c r="E216" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>вечірня (змінна) школа</t>
         </is>
       </c>
       <c r="G216" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H216" s="6" t="inlineStr">
         <is>
-          <t>5922084501</t>
+          <t>5922355100</t>
         </is>
       </c>
       <c r="I216" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J216" s="4" t="inlineStr">
         <is>
-          <t>с. Кошари, Конотопський район, Сумська область</t>
+          <t>смт Краснопілля, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K216" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 14</t>
+          <t>вулиця Перемоги, 1</t>
         </is>
       </c>
       <c r="L216" s="6" t="inlineStr">
         <is>
-          <t>UA59020130120016900</t>
+          <t>UA59080090010070278</t>
         </is>
       </c>
       <c r="M216" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Кошари</t>
+          <t>Сумська обл., Сумський р-н, с-ще Краснопілля</t>
         </is>
       </c>
       <c r="N216" s="7"/>
       <c r="O216" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Краснопільської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P216" s="4" t="inlineStr">
         <is>
-          <t>(096)26-45-583</t>
+          <t>(05459)74114</t>
         </is>
       </c>
       <c r="Q216" s="4"/>
-      <c r="R216" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R216" s="4"/>
+      <c r="S216" s="4"/>
       <c r="T216" s="4" t="inlineStr">
         <is>
-          <t>Директор Саморядова Любов Олександрівна</t>
+          <t>Директор Гургура Надія Петрівна</t>
         </is>
       </c>
       <c r="U216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V216" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X216" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y216" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="4" t="inlineStr">
         <is>
-          <t>Краснопільська вечірня школа Краснопільської районної ради Сумської області</t>
+          <t>Краснопільська філія Краснопільського ліцею №1 Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B217" s="5" t="n">
-        <v>141313</v>
+        <v>139536</v>
       </c>
       <c r="C217" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
-          <t>Краснопільська вечірня школа</t>
+          <t>Краснопільська філія Краснопільського ліцею №1 Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="E217" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
-          <t>вечірня (змінна) школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G217" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H217" s="6" t="inlineStr">
         <is>
           <t>5922355100</t>
         </is>
       </c>
       <c r="I217" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J217" s="4" t="inlineStr">
         <is>
           <t>смт Краснопілля, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K217" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 1</t>
+          <t>вулиця Слов’янська, 24</t>
         </is>
       </c>
       <c r="L217" s="6" t="inlineStr">
         <is>
           <t>UA59080090010070278</t>
         </is>
       </c>
       <c r="M217" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с-ще Краснопілля</t>
         </is>
       </c>
       <c r="N217" s="7"/>
       <c r="O217" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Краснопільської районної державної адміністрації</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P217" s="4" t="inlineStr">
         <is>
-          <t>(05459)74114</t>
+          <t>(0542)57-18-89</t>
         </is>
       </c>
       <c r="Q217" s="4"/>
-      <c r="R217" s="4"/>
+      <c r="R217" s="4" t="inlineStr">
+        <is>
+          <t>krasnopilskuynvk2016@ukr.net</t>
+        </is>
+      </c>
       <c r="S217" s="4"/>
       <c r="T217" s="4" t="inlineStr">
         <is>
-          <t>Директор Гургура Надія Петрівна</t>
+          <t>Завідувач філією Прийма Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U217" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X217" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y217" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="4" t="inlineStr">
         <is>
           <t>Краснопільський ліцей №1 Краснопільської селищної ради</t>
         </is>
       </c>
@@ -25575,51 +25579,51 @@
       </c>
       <c r="L227" s="6" t="inlineStr">
         <is>
           <t>UA59020050150041029</t>
         </is>
       </c>
       <c r="M227" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, с. Курилівка</t>
         </is>
       </c>
       <c r="N227" s="7"/>
       <c r="O227" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Дубов'язівської селищної ради</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
           <t>(05447)53-4-18</t>
         </is>
       </c>
       <c r="Q227" s="4"/>
       <c r="R227" s="4" t="inlineStr">
         <is>
-          <t>32888735@mail.gov.ua</t>
+          <t>kurylivka-nvk@ukr.net</t>
         </is>
       </c>
       <c r="S227" s="4"/>
       <c r="T227" s="4" t="inlineStr">
         <is>
           <t>Директор Закоморна Світлана Данилівна</t>
         </is>
       </c>
       <c r="U227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V227" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W227" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X227" s="6" t="inlineStr">
         <is>
@@ -25940,10418 +25944,10422 @@
       <c r="U230" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X230" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y230" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="4" t="inlineStr">
         <is>
-          <t>Литовська філія Чернеччинського ліцею (опорний заклад освіти ) Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Лікарська гімназія Миколаївської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B231" s="5" t="n">
-        <v>141850</v>
+        <v>146524</v>
       </c>
       <c r="C231" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>Литовська філія Чернеччинського ліцею (опорний заклад освіти)</t>
+          <t>Лікарська гімназія</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H231" s="6" t="inlineStr">
         <is>
-          <t>5920380403</t>
+          <t>5924786704</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
-          <t>с. Литовка, Охтирський район, Сумська область</t>
+          <t>с. Лікарське, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K231" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Шкільна, 32</t>
         </is>
       </c>
       <c r="L231" s="6" t="inlineStr">
         <is>
-          <t>UA59040150170093833</t>
+          <t>UA59080150130042563</t>
         </is>
       </c>
       <c r="M231" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Литовка</t>
+          <t>Сумська обл., Сумський р-н, с. Лікарське</t>
         </is>
       </c>
       <c r="N231" s="7"/>
       <c r="O231" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
         </is>
       </c>
       <c r="P231" s="4" t="inlineStr">
         <is>
-          <t>(05446)75222</t>
+          <t>(0542)699743</t>
         </is>
       </c>
       <c r="Q231" s="4"/>
       <c r="R231" s="4" t="inlineStr">
         <is>
-          <t>litovka2018@ukr.net</t>
+          <t>likarskagym@ukr.net</t>
         </is>
       </c>
       <c r="S231" s="4" t="inlineStr">
         <is>
-          <t>http://litovka-school.at.ua</t>
+          <t>http://likarnvk.klasna.com</t>
         </is>
       </c>
       <c r="T231" s="4" t="inlineStr">
         <is>
-          <t>Директор Івах Сергій Володимирович</t>
+          <t>Директор Крамаренко Алла Іванівна</t>
         </is>
       </c>
       <c r="U231" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V231" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X231" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y231" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>Лікарська гімназія Миколаївської сільської ради Сумського району Сумської області</t>
+          <t>Люджанська філія Ліцею №3 Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B232" s="5" t="n">
-        <v>146524</v>
+        <v>141246</v>
       </c>
       <c r="C232" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
-          <t>Лікарська гімназія</t>
+          <t>Люджанська філія Ліцею №3 ТМР</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G232" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H232" s="6" t="inlineStr">
         <is>
-          <t>5924786704</t>
+          <t>5925084601</t>
         </is>
       </c>
       <c r="I232" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J232" s="4" t="inlineStr">
         <is>
-          <t>с. Лікарське, Сумський район, Сумська область</t>
+          <t>с. Люджа, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K232" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 32</t>
+          <t>вулиця Захисників України, 35</t>
         </is>
       </c>
       <c r="L232" s="6" t="inlineStr">
         <is>
-          <t>UA59080150130042563</t>
+          <t>UA59040130170045862</t>
         </is>
       </c>
       <c r="M232" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Лікарське</t>
+          <t>Сумська обл., Охтирський р-н, с. Люджа</t>
         </is>
       </c>
       <c r="N232" s="7"/>
       <c r="O232" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P232" s="4" t="inlineStr">
         <is>
-          <t>(0542)699743</t>
+          <t>(05458)59121</t>
         </is>
       </c>
       <c r="Q232" s="4"/>
       <c r="R232" s="4" t="inlineStr">
         <is>
-          <t>likarskagym@ukr.net</t>
+          <t>lyudzha-school@ukr.net</t>
         </is>
       </c>
       <c r="S232" s="4" t="inlineStr">
         <is>
-          <t>http://likarnvk.klasna.com</t>
+          <t>http://lyudzhanvk.ucoz.ua</t>
         </is>
       </c>
       <c r="T232" s="4" t="inlineStr">
         <is>
-          <t>Директор Крамаренко Алла Іванівна</t>
+          <t>Завідувач філією Клименко Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U232" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V232" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X232" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y232" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="4" t="inlineStr">
         <is>
-          <t>Лутищенська філія Хухрянського ліцею (опорний заклад освіти) Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Мазівська гімназія - філія Новослобідського ліцею Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="B233" s="5" t="n">
-        <v>176692</v>
+        <v>142724</v>
       </c>
       <c r="C233" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
-          <t>Лутищенська філія Хухрянського ліцею (опорний заклад освіти)</t>
+          <t>Мазівська гімназія</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G233" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H233" s="6" t="inlineStr">
         <is>
-          <t>5920385601</t>
+          <t>5923884801</t>
         </is>
       </c>
       <c r="I233" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J233" s="4" t="inlineStr">
         <is>
-          <t>с. Лутище, Охтирський район, Сумська область</t>
+          <t>с. Мазівка, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K233" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 38</t>
+          <t>вулиця Миру, 15</t>
         </is>
       </c>
       <c r="L233" s="6" t="inlineStr">
         <is>
-          <t>UA59040150180046496</t>
+          <t>UA59020110170053914</t>
         </is>
       </c>
       <c r="M233" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Лутище</t>
+          <t>Сумська обл., Конотопський р-н, с. Мазівка</t>
         </is>
       </c>
       <c r="N233" s="7"/>
       <c r="O233" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="P233" s="4" t="inlineStr">
         <is>
-          <t>(054)4631753</t>
+          <t>(05442)47440</t>
         </is>
       </c>
       <c r="Q233" s="4"/>
       <c r="R233" s="4" t="inlineStr">
         <is>
-          <t>lutishche@gmail.com</t>
+          <t>mazevkashool@ukr.net</t>
         </is>
       </c>
       <c r="S233" s="4"/>
       <c r="T233" s="4" t="inlineStr">
         <is>
-          <t>Директор Бабич Анатолій Іванович</t>
+          <t> Киреєва Ніна Вікторівна</t>
         </is>
       </c>
       <c r="U233" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V233" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X233" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y233" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="4" t="inlineStr">
         <is>
-          <t>Люджанська філія Ліцею №3 Тростянецької міської ради</t>
+          <t>Малопавлівський ліцей Комишанської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B234" s="5" t="n">
-        <v>141246</v>
+        <v>141599</v>
       </c>
       <c r="C234" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Люджанська філія Ліцею №3 ТМР</t>
+          <t>Малопавлівський ліцей</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G234" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H234" s="6" t="inlineStr">
         <is>
-          <t>5925084601</t>
+          <t>5920385801</t>
         </is>
       </c>
       <c r="I234" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J234" s="4" t="inlineStr">
         <is>
-          <t>с. Люджа, Тростянецький район, Сумська область</t>
+          <t>с. Мала Павлівка, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K234" s="4" t="inlineStr">
         <is>
-          <t>вулиця Захисників України, 35</t>
+          <t>вулиця Шляхівська, 14</t>
         </is>
       </c>
       <c r="L234" s="6" t="inlineStr">
         <is>
-          <t>UA59040130170045862</t>
+          <t>UA59040090090053107</t>
         </is>
       </c>
       <c r="M234" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Люджа</t>
+          <t>Сумська обл., Охтирський р-н, с. Мала Павлівка</t>
         </is>
       </c>
       <c r="N234" s="7"/>
       <c r="O234" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Відділ освіти Комишанської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P234" s="4" t="inlineStr">
         <is>
-          <t>(05458)59121</t>
+          <t>(054)4670-2-29</t>
         </is>
       </c>
       <c r="Q234" s="4"/>
       <c r="R234" s="4" t="inlineStr">
         <is>
-          <t>lyudzha-school@ukr.net</t>
+          <t>m-p-school@ukr.net</t>
         </is>
       </c>
       <c r="S234" s="4" t="inlineStr">
         <is>
-          <t>http://lyudzhanvk.ucoz.ua</t>
+          <t>http://mpavlivka-school.in.ua</t>
         </is>
       </c>
       <c r="T234" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Клименко Тетяна Іванівна</t>
+          <t>Директор Лимар Раїса Василівна</t>
         </is>
       </c>
       <c r="U234" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V234" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X234" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y234" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>Мазівська гімназія - філія Новослобідського ліцею Новослобідської сільської ради</t>
+          <t>Малобобрицький навчально-виховний комплекс Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B235" s="5" t="n">
-        <v>142724</v>
+        <v>139190</v>
       </c>
       <c r="C235" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Мазівська гімназія</t>
+          <t>Малобобрицький НВК</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H235" s="6" t="inlineStr">
         <is>
-          <t>5923884801</t>
+          <t>5922380804</t>
         </is>
       </c>
       <c r="I235" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
-          <t>с. Мазівка, Путивльський район, Сумська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Малий Бобрик, Краснопільський район, Сумська область</t>
+        </is>
+      </c>
+      <c r="K235" s="4"/>
       <c r="L235" s="6" t="inlineStr">
         <is>
-          <t>UA59020110170053914</t>
+          <t>UA59080050050052381</t>
         </is>
       </c>
       <c r="M235" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Мазівка</t>
+          <t>Сумська обл., Сумський р-н, с. Малий Бобрик</t>
         </is>
       </c>
       <c r="N235" s="7"/>
       <c r="O235" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P235" s="4" t="inlineStr">
         <is>
-          <t>(05442)47440</t>
+          <t>(066)7835069, (098)7030941</t>
         </is>
       </c>
       <c r="Q235" s="4"/>
       <c r="R235" s="4" t="inlineStr">
         <is>
-          <t>mazevkashool@ukr.net</t>
+          <t>nvkmb@ukr.net</t>
         </is>
       </c>
       <c r="S235" s="4"/>
       <c r="T235" s="4" t="inlineStr">
         <is>
-          <t> Киреєва Ніна Вікторівна</t>
+          <t>Директор Нечипоренко Вікторія Іванівна</t>
         </is>
       </c>
       <c r="U235" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V235" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X235" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y235" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>Малопавлівський ліцей Комишанської сільської ради Охтирського району Сумської області</t>
+          <t>Маловисторопський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B236" s="5" t="n">
-        <v>141599</v>
+        <v>139671</v>
       </c>
       <c r="C236" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
-          <t>Малопавлівський ліцей</t>
+          <t>Маловисторопський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H236" s="6" t="inlineStr">
         <is>
-          <t>5920385801</t>
+          <t>5922985801</t>
         </is>
       </c>
       <c r="I236" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
-          <t>с. Мала Павлівка, Охтирський район, Сумська область</t>
+          <t>с. Малий Вистороп, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шляхівська, 14</t>
+          <t>вулиця Ювілейна, 10</t>
         </is>
       </c>
       <c r="L236" s="6" t="inlineStr">
         <is>
-          <t>UA59040090090053107</t>
+          <t>UA59080110590024925</t>
         </is>
       </c>
       <c r="M236" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Мала Павлівка</t>
+          <t>Сумська обл., Сумський р-н, с. Малий Вистороп</t>
         </is>
       </c>
       <c r="N236" s="7"/>
       <c r="O236" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Комишанської сільської ради Охтирського району Сумської області</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P236" s="4" t="inlineStr">
         <is>
-          <t>(054)4670-2-29</t>
+          <t>(05445)36240</t>
         </is>
       </c>
       <c r="Q236" s="4"/>
       <c r="R236" s="4" t="inlineStr">
         <is>
-          <t>m-p-school@ukr.net</t>
+          <t>mvnvkt@ukr.net</t>
         </is>
       </c>
       <c r="S236" s="4" t="inlineStr">
         <is>
-          <t>http://mpavlivka-school.in.ua</t>
+          <t>http://mvystorop.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T236" s="4" t="inlineStr">
         <is>
-          <t>Директор Лимар Раїса Василівна</t>
+          <t>Директор Дмитрівська Анна Миколаївна</t>
         </is>
       </c>
       <c r="U236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V236" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X236" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y236" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>Малобобрицький навчально-виховний комплекс Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Марківська гімназія Миколаївської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B237" s="5" t="n">
-        <v>139190</v>
+        <v>149467</v>
       </c>
       <c r="C237" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Малобобрицький НВК</t>
+          <t>Марківська гімназія</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H237" s="6" t="inlineStr">
         <is>
-          <t>5922380804</t>
+          <t>5920685701</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
-          <t>с. Малий Бобрик, Краснопільський район, Сумська область</t>
-[...2 lines deleted...]
-      <c r="K237" s="4"/>
+          <t>с. Марківка, Білопільський район, Сумська область</t>
+        </is>
+      </c>
+      <c r="K237" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Шкільна, 1</t>
+        </is>
+      </c>
       <c r="L237" s="6" t="inlineStr">
         <is>
-          <t>UA59080050050052381</t>
+          <t>UA59080130190071916</t>
         </is>
       </c>
       <c r="M237" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Малий Бобрик</t>
+          <t>Сумська обл., Сумський р-н, с. Марківка</t>
         </is>
       </c>
       <c r="N237" s="7"/>
       <c r="O237" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Верхньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти Миколаївської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P237" s="4" t="inlineStr">
         <is>
-          <t>(066)7835069, (098)7030941</t>
+          <t>(05443)94424</t>
         </is>
       </c>
       <c r="Q237" s="4"/>
       <c r="R237" s="4" t="inlineStr">
         <is>
-          <t>nvkmb@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S237" s="4"/>
+          <t>markivka_shkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S237" s="4" t="inlineStr">
+        <is>
+          <t>https://24021828.wixsite.com/markivkaschool/glavnaya</t>
+        </is>
+      </c>
       <c r="T237" s="4" t="inlineStr">
         <is>
-          <t>Директор Нечипоренко Вікторія Іванівна</t>
+          <t>Директор Харченко Галина Петрівна</t>
         </is>
       </c>
       <c r="U237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V237" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X237" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y237" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Маловисторопський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Марчихинобудська філія Свеської загальноосвітньої школи І-ІІІ ступенів № 2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B238" s="5" t="n">
-        <v>139671</v>
+        <v>138444</v>
       </c>
       <c r="C238" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Маловисторопський ЗЗСО І-ІІІ ступенів</t>
+          <t>Марчихинобудська філія</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H238" s="6" t="inlineStr">
         <is>
-          <t>5922985801</t>
+          <t>5925681901</t>
         </is>
       </c>
       <c r="I238" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
-          <t>с. Малий Вистороп, Лебединський район, Сумська область</t>
+          <t>с. Марчихина Буда, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ювілейна, 10</t>
+          <t>вулиця Центральна, 15</t>
         </is>
       </c>
       <c r="L238" s="6" t="inlineStr">
         <is>
-          <t>UA59080110590024925</t>
+          <t>UA59100110090047601</t>
         </is>
       </c>
       <c r="M238" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Малий Вистороп</t>
+          <t>Сумська обл., Шосткинський р-н, с. Марчихина Буда</t>
         </is>
       </c>
       <c r="N238" s="7"/>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P238" s="4" t="inlineStr">
         <is>
-          <t>(05445)36240</t>
+          <t>(05456)54319</t>
         </is>
       </c>
       <c r="Q238" s="4"/>
       <c r="R238" s="4" t="inlineStr">
         <is>
-          <t>mvnvkt@ukr.net</t>
+          <t>marbuda2015@ukr.net</t>
         </is>
       </c>
       <c r="S238" s="4" t="inlineStr">
         <is>
-          <t>http://mvystorop.lbd-osv.gov.ua/</t>
+          <t>http://marbuda-school.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T238" s="4" t="inlineStr">
         <is>
-          <t>Директор Дмитрівська Анна Миколаївна</t>
+          <t>Завідувач філією Нещерет Ольга Борисівна</t>
         </is>
       </c>
       <c r="U238" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V238" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X238" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y238" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>Марківська гімназія Миколаївської селищної ради Сумської області</t>
+          <t>Межиріцький заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B239" s="5" t="n">
-        <v>149467</v>
+        <v>139941</v>
       </c>
       <c r="C239" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Марківська гімназія</t>
+          <t>Межиріцький ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H239" s="6" t="inlineStr">
         <is>
-          <t>5920685701</t>
+          <t>5922986201</t>
         </is>
       </c>
       <c r="I239" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
-          <t>с. Марківка, Білопільський район, Сумська область</t>
+          <t>с. Межиріч, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Центральна, 14</t>
         </is>
       </c>
       <c r="L239" s="6" t="inlineStr">
         <is>
-          <t>UA59080130190071916</t>
+          <t>UA59080110620062488</t>
         </is>
       </c>
       <c r="M239" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Марківка</t>
+          <t>Сумська обл., Сумський р-н, с. Межиріч</t>
         </is>
       </c>
       <c r="N239" s="7"/>
       <c r="O239" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Миколаївської селищної ради Сумського району Сумської області</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P239" s="4" t="inlineStr">
         <is>
-          <t>(05443)94424</t>
+          <t>(05445)39440</t>
         </is>
       </c>
       <c r="Q239" s="4"/>
       <c r="R239" s="4" t="inlineStr">
         <is>
-          <t>24021828@mail.gov.ua</t>
+          <t>mezhirych@ukr.net</t>
         </is>
       </c>
       <c r="S239" s="4" t="inlineStr">
         <is>
-          <t>http://markivka-school.at.ua</t>
+          <t>http://mezhyrich.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T239" s="4" t="inlineStr">
         <is>
-          <t>Директор Харченко Галина Петрівна</t>
+          <t>Директор Брюшенко Людмила Іванівна</t>
         </is>
       </c>
       <c r="U239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V239" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X239" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y239" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>Марчихинобудська філія Свеської загальноосвітньої школи І-ІІІ ступенів № 2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Мезенівська філія Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B240" s="5" t="n">
-        <v>138444</v>
+        <v>138080</v>
       </c>
       <c r="C240" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Марчихинобудська філія</t>
+          <t>Мезенівська філія</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H240" s="6" t="inlineStr">
         <is>
-          <t>5925681901</t>
+          <t>5922382901</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
-          <t>с. Марчихина Буда, Ямпільський район, Сумська область</t>
+          <t>с. Мезенівка, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 15</t>
+          <t>вулиця Троїцька, 2</t>
         </is>
       </c>
       <c r="L240" s="6" t="inlineStr">
         <is>
-          <t>UA59100110090047601</t>
+          <t>UA59080090180016350</t>
         </is>
       </c>
       <c r="M240" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Марчихина Буда</t>
+          <t>Сумська обл., Сумський р-н, с. Мезенівка</t>
         </is>
       </c>
       <c r="N240" s="7"/>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P240" s="4" t="inlineStr">
         <is>
-          <t>(05456)54319</t>
+          <t>(05459)7-78-00</t>
         </is>
       </c>
       <c r="Q240" s="4"/>
       <c r="R240" s="4" t="inlineStr">
         <is>
-          <t>marbuda2015@ukr.net</t>
+          <t>mesenivskiynvk@ukr.net</t>
         </is>
       </c>
       <c r="S240" s="4" t="inlineStr">
         <is>
-          <t>http://marbuda-school.edukit.sumy.ua/</t>
+          <t>https://mesenivka.e-schools.info</t>
         </is>
       </c>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Нещерет Ольга Борисівна</t>
+          <t>Директор Прийма Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U240" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V240" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X240" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y240" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>Межиріцький заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Миколаївський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B241" s="5" t="n">
-        <v>139941</v>
+        <v>143936</v>
       </c>
       <c r="C241" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
-          <t>Межиріцький ЗЗСО І-ІІІ ступенів</t>
+          <t>Миколаївський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H241" s="6" t="inlineStr">
         <is>
-          <t>5922986201</t>
+          <t>5924186401</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
-          <t>с. Межиріч, Лебединський район, Сумська область</t>
+          <t>с. Миколаївка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 14</t>
+          <t>вулиця Центральна, 9 В</t>
         </is>
       </c>
       <c r="L241" s="6" t="inlineStr">
         <is>
-          <t>UA59080110620062488</t>
+          <t>UA59060110430061579</t>
         </is>
       </c>
       <c r="M241" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Межиріч</t>
+          <t>Сумська обл., Роменський р-н, с. Миколаївка</t>
         </is>
       </c>
       <c r="N241" s="7"/>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P241" s="4" t="inlineStr">
         <is>
-          <t>(05445)39440</t>
+          <t>(05448)98-1-47</t>
         </is>
       </c>
       <c r="Q241" s="4"/>
       <c r="R241" s="4" t="inlineStr">
         <is>
-          <t>mezhirych@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mykolschoolromn@ukr.net</t>
+        </is>
+      </c>
+      <c r="S241" s="4"/>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t>Директор Брюшенко Людмила Іванівна</t>
+          <t> Матяш Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V241" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X241" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y241" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Миколаївський ліцей Миколаївської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B242" s="5" t="n">
-        <v>143936</v>
+        <v>149999</v>
       </c>
       <c r="C242" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ЗЗСО І-ІІІ ступенів</t>
+          <t>Миколаївський ліцей</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G242" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H242" s="6" t="inlineStr">
         <is>
-          <t>5924186401</t>
+          <t>5920655300</t>
         </is>
       </c>
       <c r="I242" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J242" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Роменський район, Сумська область</t>
+          <t>смт Миколаївка, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K242" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 9 В</t>
+          <t>вулиця Шкільна, 6</t>
         </is>
       </c>
       <c r="L242" s="6" t="inlineStr">
         <is>
-          <t>UA59060110430061579</t>
+          <t>UA59080130010087968</t>
         </is>
       </c>
       <c r="M242" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Миколаївка</t>
+          <t>Сумська обл., Сумський р-н, с-ще Миколаївка</t>
         </is>
       </c>
       <c r="N242" s="7"/>
       <c r="O242" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти Миколаївської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P242" s="4" t="inlineStr">
         <is>
-          <t>(05448)98-1-47</t>
+          <t>(05443)97394</t>
         </is>
       </c>
       <c r="Q242" s="4"/>
       <c r="R242" s="4" t="inlineStr">
         <is>
-          <t>mykolschoolromn@ukr.net</t>
+          <t>mykschool25@gmail.com</t>
         </is>
       </c>
       <c r="S242" s="4"/>
       <c r="T242" s="4" t="inlineStr">
         <is>
-          <t> Матяш Тетяна Миколаївна</t>
+          <t>Директор Панасовська Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U242" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V242" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X242" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y242" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей Миколаївської селищної ради Сумського району Сумської області</t>
+          <t>Миколаївський ліцей Миколаївської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B243" s="5" t="n">
-        <v>149999</v>
+        <v>146360</v>
       </c>
       <c r="C243" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>Миколаївський ліцей</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G243" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H243" s="6" t="inlineStr">
         <is>
-          <t>5920655300</t>
+          <t>5924785401</t>
         </is>
       </c>
       <c r="I243" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
-          <t>смт Миколаївка, Білопільський район, Сумська область</t>
+          <t>с. Миколаївка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 6</t>
+          <t>вулиця Перемоги, 34</t>
         </is>
       </c>
       <c r="L243" s="6" t="inlineStr">
         <is>
-          <t>UA59080130010087968</t>
+          <t>UA59080150010050056</t>
         </is>
       </c>
       <c r="M243" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с-ще Миколаївка</t>
+          <t>Сумська обл., Сумський р-н, с. Миколаївка</t>
         </is>
       </c>
       <c r="N243" s="7"/>
       <c r="O243" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Миколаївської селищної ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
         </is>
       </c>
       <c r="P243" s="4" t="inlineStr">
         <is>
-          <t>(05443)97394</t>
+          <t>(0542)696634</t>
         </is>
       </c>
       <c r="Q243" s="4"/>
       <c r="R243" s="4" t="inlineStr">
         <is>
-          <t>school_zh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S243" s="4"/>
+          <t>nikshkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S243" s="4" t="inlineStr">
+        <is>
+          <t>http://nikschool.sumy.ua/</t>
+        </is>
+      </c>
       <c r="T243" s="4" t="inlineStr">
         <is>
-          <t>Директор Панасовська Ольга Вікторівна</t>
+          <t>Директор Вода Антоніна Олександрівна</t>
         </is>
       </c>
       <c r="U243" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V243" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X243" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y243" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей Миколаївської сільської ради Сумського району Сумської області</t>
+          <t>Миколаївський навчально-виховний комплекс: загальноосвітня школа I-II ступенів - заклад дошкільної освіти Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B244" s="5" t="n">
-        <v>146360</v>
+        <v>151304</v>
       </c>
       <c r="C244" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей</t>
+          <t>Миколаївський НВК</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G244" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H244" s="6" t="inlineStr">
         <is>
-          <t>5924785401</t>
+          <t>5920985001</t>
         </is>
       </c>
       <c r="I244" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Сумський район, Сумська область</t>
+          <t>с. Миколаївка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K244" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 34</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L244" s="6" t="inlineStr">
         <is>
-          <t>UA59080150010050056</t>
+          <t>UA59020030240015356</t>
         </is>
       </c>
       <c r="M244" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Миколаївка</t>
+          <t>Сумська обл., Конотопський р-н, с. Миколаївка</t>
         </is>
       </c>
       <c r="N244" s="7"/>
       <c r="O244" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P244" s="4" t="inlineStr">
         <is>
-          <t>(0542)696634</t>
+          <t>(05454)595-55</t>
         </is>
       </c>
       <c r="Q244" s="4"/>
       <c r="R244" s="4" t="inlineStr">
         <is>
-          <t>nikshkola@ukr.net</t>
+          <t>miholajvka.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S244" s="4" t="inlineStr">
         <is>
-          <t>http://nikschool.sumy.ua/</t>
+          <t>https://micholajvka-nvk.e-schools.info</t>
         </is>
       </c>
       <c r="T244" s="4" t="inlineStr">
         <is>
-          <t>Директор Вода Антоніна Олександрівна</t>
+          <t>Директор Дудка Ніна Павлівна</t>
         </is>
       </c>
       <c r="U244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V244" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X244" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y244" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський навчально-виховний комплекс: загальноосвітня школа I-II ступенів - заклад дошкільної освіти Буринської міської ради Сумської області</t>
+          <t>Миронівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B245" s="5" t="n">
-        <v>151304</v>
+        <v>137110</v>
       </c>
       <c r="C245" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський НВК</t>
+          <t>Миронівський НВК</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G245" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H245" s="6" t="inlineStr">
         <is>
-          <t>5920985001</t>
+          <t>5925384901</t>
         </is>
       </c>
       <c r="I245" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J245" s="4" t="inlineStr">
         <is>
-          <t>с. Миколаївка, Буринський район, Сумська область</t>
+          <t>с. Миронівка, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K245" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Миру, 5</t>
         </is>
       </c>
       <c r="L245" s="6" t="inlineStr">
         <is>
-          <t>UA59020030240015356</t>
+          <t>UA59100170240091235</t>
         </is>
       </c>
       <c r="M245" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Миколаївка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Миронівка</t>
         </is>
       </c>
       <c r="N245" s="7"/>
       <c r="O245" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P245" s="4" t="inlineStr">
         <is>
-          <t>(05454)595-55</t>
+          <t>(05449)39491</t>
         </is>
       </c>
       <c r="Q245" s="4"/>
       <c r="R245" s="4" t="inlineStr">
         <is>
-          <t>miholajvka.nvk@ukr.net</t>
+          <t>muronivka5@gmail.com</t>
         </is>
       </c>
       <c r="S245" s="4" t="inlineStr">
         <is>
-          <t>https://micholajvka-nvk.e-schools.info</t>
+          <t>http://myronivka-nvk.edukit.sumy.ua</t>
         </is>
       </c>
       <c r="T245" s="4" t="inlineStr">
         <is>
-          <t>Директор Дудка Ніна Павлівна</t>
+          <t>В.о. директора Солотвінський Михайло Романович</t>
         </is>
       </c>
       <c r="U245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V245" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X245" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y245" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="4" t="inlineStr">
         <is>
-          <t>Миронівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Миропільський ліцей Миропільської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B246" s="5" t="n">
-        <v>137110</v>
+        <v>137685</v>
       </c>
       <c r="C246" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
-          <t>Миронівський НВК</t>
+          <t>Миропільський ліцей</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G246" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H246" s="6" t="inlineStr">
         <is>
-          <t>5925384901</t>
+          <t>5922383301</t>
         </is>
       </c>
       <c r="I246" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J246" s="4" t="inlineStr">
         <is>
-          <t>с. Миронівка, Шосткинський район, Сумська область</t>
+          <t>с. Миропілля, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K246" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 5</t>
+          <t>вулиця Шкільна, 19</t>
         </is>
       </c>
       <c r="L246" s="6" t="inlineStr">
         <is>
-          <t>UA59100170240091235</t>
+          <t>UA59080170100094258</t>
         </is>
       </c>
       <c r="M246" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Миронівка</t>
+          <t>Сумська обл., Сумський р-н, с. Сінне</t>
         </is>
       </c>
       <c r="N246" s="7"/>
       <c r="O246" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти, молоді і спорту, культури та туризму Миропільської сільської ради</t>
         </is>
       </c>
       <c r="P246" s="4" t="inlineStr">
         <is>
-          <t>(05449)39491</t>
+          <t>(05459)7-42-76</t>
         </is>
       </c>
       <c r="Q246" s="4"/>
       <c r="R246" s="4" t="inlineStr">
         <is>
-          <t>muronivka5@gmail.com</t>
+          <t>miropolyschool@ukr.net</t>
         </is>
       </c>
       <c r="S246" s="4" t="inlineStr">
         <is>
-          <t>http://myronivka-nvk.edukit.sumy.ua</t>
+          <t>http://miropolyschool.at.ua</t>
         </is>
       </c>
       <c r="T246" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Солотвінський Михайло Романович</t>
+          <t>Директор Шульга Оксана Олексіївна</t>
         </is>
       </c>
       <c r="U246" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V246" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X246" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y246" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="4" t="inlineStr">
         <is>
-          <t>Миропільський ліцей Миропільської сільської ради Сумського району Сумської області</t>
+          <t>Михайленківська філія Хухрянського ліцею (опорний заклад освіти) Чернеччинської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B247" s="5" t="n">
-        <v>137685</v>
+        <v>142332</v>
       </c>
       <c r="C247" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>Миропільський ліцей</t>
+          <t>Михайленківська філія Хухрянського ліцею (опорний заклад освіти)</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G247" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H247" s="6" t="inlineStr">
         <is>
-          <t>5922383301</t>
+          <t>5920384004</t>
         </is>
       </c>
       <c r="I247" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J247" s="4" t="inlineStr">
         <is>
-          <t>с. Миропілля, Краснопільський район, Сумська область</t>
+          <t>с. Михайленкове, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K247" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 19</t>
+          <t>вулиця Сумська, 76</t>
         </is>
       </c>
       <c r="L247" s="6" t="inlineStr">
         <is>
-          <t>UA59080170100094258</t>
+          <t>UA59040150210053865</t>
         </is>
       </c>
       <c r="M247" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Сінне</t>
+          <t>Сумська обл., Охтирський р-н, с. Михайленкове</t>
         </is>
       </c>
       <c r="N247" s="7"/>
       <c r="O247" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді і спорту, культури та туризму Миропільської сільської ради</t>
+          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P247" s="4" t="inlineStr">
         <is>
-          <t>(05459)7-42-76</t>
+          <t>(095)6106267</t>
         </is>
       </c>
       <c r="Q247" s="4"/>
-      <c r="R247" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R247" s="4"/>
+      <c r="S247" s="4"/>
       <c r="T247" s="4" t="inlineStr">
         <is>
-          <t>Директор Шульга Оксана Олексіївна</t>
+          <t>Директор Бабич Анатолій Іванович</t>
         </is>
       </c>
       <c r="U247" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V247" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X247" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y247" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="4" t="inlineStr">
         <is>
-          <t>Михайленківська філія Хухрянського ліцею (опорний заклад освіти) Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Михайлівська гімназія Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B248" s="5" t="n">
-        <v>142332</v>
+        <v>151290</v>
       </c>
       <c r="C248" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
-          <t>Михайленківська філія Хухрянського ліцею (опорний заклад освіти)</t>
+          <t>Михайлівська гімназія</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G248" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H248" s="6" t="inlineStr">
         <is>
-          <t>5920384004</t>
+          <t>5920984601</t>
         </is>
       </c>
       <c r="I248" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J248" s="4" t="inlineStr">
         <is>
-          <t>с. Михайленкове, Охтирський район, Сумська область</t>
+          <t>с. Михайлівка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K248" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 76</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L248" s="6" t="inlineStr">
         <is>
-          <t>UA59040150210053865</t>
+          <t>UA59020030250071218</t>
         </is>
       </c>
       <c r="M248" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Михайленкове</t>
+          <t>Сумська обл., Конотопський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N248" s="7"/>
       <c r="O248" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P248" s="4" t="inlineStr">
         <is>
-          <t>(095)6106267</t>
+          <t>(05454)5-81-10</t>
         </is>
       </c>
       <c r="Q248" s="4"/>
-      <c r="R248" s="4"/>
-      <c r="S248" s="4"/>
+      <c r="R248" s="4" t="inlineStr">
+        <is>
+          <t>cshoolmihalovka@gmail.com</t>
+        </is>
+      </c>
+      <c r="S248" s="4" t="inlineStr">
+        <is>
+          <t>http://mykhailivka-zosh.sumy.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T248" s="4" t="inlineStr">
         <is>
-          <t>Директор Бабич Анатолій Іванович</t>
+          <t>Директор Чаус Віта Вікторівна</t>
         </is>
       </c>
       <c r="U248" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V248" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X248" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y248" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія Буринської міської ради Сумської області</t>
+          <t>Михайлівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B249" s="5" t="n">
-        <v>151290</v>
+        <v>139802</v>
       </c>
       <c r="C249" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Михайлівська гімназія</t>
+          <t>Михайлівський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G249" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H249" s="6" t="inlineStr">
         <is>
-          <t>5920984601</t>
+          <t>5922986501</t>
         </is>
       </c>
       <c r="I249" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J249" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівка, Буринський район, Сумська область</t>
+          <t>с. Михайлівка, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K249" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Трихліба, 14</t>
         </is>
       </c>
       <c r="L249" s="6" t="inlineStr">
         <is>
-          <t>UA59020030250071218</t>
+          <t>UA59080110650011221</t>
         </is>
       </c>
       <c r="M249" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Михайлівка</t>
+          <t>Сумська обл., Сумський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N249" s="7"/>
       <c r="O249" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P249" s="4" t="inlineStr">
         <is>
-          <t>(05454)5-81-10</t>
+          <t>(05445)32240</t>
         </is>
       </c>
       <c r="Q249" s="4"/>
       <c r="R249" s="4" t="inlineStr">
         <is>
-          <t>cshoolmihalovka@gmail.com</t>
+          <t>Mihaylovka2@ukr.net</t>
         </is>
       </c>
       <c r="S249" s="4" t="inlineStr">
         <is>
-          <t>http://mykhailivka-zosh.sumy.sch.in.ua</t>
+          <t>http://myhaylivka.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T249" s="4" t="inlineStr">
         <is>
-          <t>Директор Чаус Віта Вікторівна</t>
+          <t>Директор Васильченко Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V249" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X249" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y249" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="4" t="inlineStr">
         <is>
-          <t>Михайлівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Могрицька гімназія з дошкільним відділенням та початковою школою Юнаківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B250" s="5" t="n">
-        <v>139802</v>
+        <v>146478</v>
       </c>
       <c r="C250" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Михайлівський ЗЗСО І-ІІІ ступенів</t>
+          <t>Могрицька гімназія</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G250" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H250" s="6" t="inlineStr">
         <is>
-          <t>5922986501</t>
+          <t>5924784601</t>
         </is>
       </c>
       <c r="I250" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J250" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівка, Лебединський район, Сумська область</t>
+          <t>с. Могриця, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K250" s="4" t="inlineStr">
         <is>
-          <t>вулиця Трихліба, 14</t>
+          <t>вулиця Центральна, 45</t>
         </is>
       </c>
       <c r="L250" s="6" t="inlineStr">
         <is>
-          <t>UA59080110650011221</t>
+          <t>UA59080310050056017</t>
         </is>
       </c>
       <c r="M250" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Михайлівка</t>
+          <t>Сумська обл., Сумський р-н, с. Могриця</t>
         </is>
       </c>
       <c r="N250" s="7"/>
       <c r="O250" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Юнаківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P250" s="4" t="inlineStr">
         <is>
-          <t>(05445)32240</t>
+          <t>(0542)692866</t>
         </is>
       </c>
       <c r="Q250" s="4"/>
       <c r="R250" s="4" t="inlineStr">
         <is>
-          <t>Mihaylovka2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mogricanvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S250" s="4"/>
       <c r="T250" s="4" t="inlineStr">
         <is>
-          <t>Директор Васильченко Ірина Михайлівна</t>
+          <t>Директор Ступак Сергій Леонідович</t>
         </is>
       </c>
       <c r="U250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V250" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X250" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y250" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="4" t="inlineStr">
         <is>
-          <t>Могрицька гімназія з дошкільним відділенням та початковою школою Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Лебединобобрицький заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B251" s="5" t="n">
-        <v>146478</v>
+        <v>143536</v>
       </c>
       <c r="C251" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Могрицька гімназія</t>
+          <t>Лебединобобрицький ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G251" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H251" s="6" t="inlineStr">
         <is>
-          <t>5924784601</t>
+          <t>5922986901</t>
         </is>
       </c>
       <c r="I251" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J251" s="4" t="inlineStr">
         <is>
-          <t>с. Могриця, Сумський район, Сумська область</t>
+          <t>с. Московський Бобрик, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K251" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 45</t>
+          <t>вулиця Центральна, 19</t>
         </is>
       </c>
       <c r="L251" s="6" t="inlineStr">
         <is>
-          <t>UA59080310050056017</t>
+          <t>UA59080110660050428</t>
         </is>
       </c>
       <c r="M251" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Могриця</t>
+          <t>Сумська обл., Сумський р-н, с. Лебединий Бобрик</t>
         </is>
       </c>
       <c r="N251" s="7"/>
       <c r="O251" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P251" s="4" t="inlineStr">
         <is>
-          <t>(0542)692866</t>
+          <t>(05445)33140</t>
         </is>
       </c>
       <c r="Q251" s="4"/>
       <c r="R251" s="4" t="inlineStr">
         <is>
-          <t>mogricanvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S251" s="4"/>
+          <t>m.bobrik.nwk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S251" s="4" t="inlineStr">
+        <is>
+          <t>http://mbobryk.lbd-osv.gov.ua/</t>
+        </is>
+      </c>
       <c r="T251" s="4" t="inlineStr">
         <is>
-          <t>Директор Ступак Сергій Леонідович</t>
+          <t>Директор Москалець Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V251" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X251" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y251" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="4" t="inlineStr">
         <is>
-          <t>Лебединобобрицький заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>МУТИНСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B252" s="5" t="n">
-        <v>143536</v>
+        <v>139045</v>
       </c>
       <c r="C252" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Лебединобобрицький ЗЗСО І-ІІІ ступенів</t>
+          <t>МУТИНСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G252" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H252" s="6" t="inlineStr">
         <is>
-          <t>5922986901</t>
+          <t>5922686301</t>
         </is>
       </c>
       <c r="I252" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J252" s="4" t="inlineStr">
         <is>
-          <t>с. Московський Бобрик, Лебединський район, Сумська область</t>
+          <t>с. Мутин, Кролевецький район, Сумська область</t>
         </is>
       </c>
       <c r="K252" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 19</t>
+          <t>вулиця Колективна, 4а</t>
         </is>
       </c>
       <c r="L252" s="6" t="inlineStr">
         <is>
-          <t>UA59080110660050428</t>
+          <t>UA59020090440086664</t>
         </is>
       </c>
       <c r="M252" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Лебединий Бобрик</t>
+          <t>Сумська обл., Конотопський р-н, с. Мутин</t>
         </is>
       </c>
       <c r="N252" s="7"/>
       <c r="O252" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти Кролевецької міської ради</t>
         </is>
       </c>
       <c r="P252" s="4" t="inlineStr">
         <is>
-          <t>(05445)33140</t>
+          <t>(098)5985325, (05354)62425</t>
         </is>
       </c>
       <c r="Q252" s="4"/>
       <c r="R252" s="4" t="inlineStr">
         <is>
-          <t>m.bobrik.nwk@ukr.net</t>
+          <t>mutyn_osvita@ukr.net</t>
         </is>
       </c>
       <c r="S252" s="4" t="inlineStr">
         <is>
-          <t>http://mbobryk.lbd-osv.gov.ua/</t>
+          <t>mutyn.krolevec-osvita.gov.ua</t>
         </is>
       </c>
       <c r="T252" s="4" t="inlineStr">
         <is>
-          <t>Директор Москалець Людмила Володимирівна</t>
+          <t>Директор Каптан Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U252" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V252" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X252" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y252" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="4" t="inlineStr">
         <is>
-          <t>МУТИНСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Недригайлівський ліцей Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="B253" s="5" t="n">
-        <v>139045</v>
+        <v>140611</v>
       </c>
       <c r="C253" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>МУТИНСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Недригайлівський ліцей</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G253" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H253" s="6" t="inlineStr">
         <is>
-          <t>5922686301</t>
+          <t>5923555100</t>
         </is>
       </c>
       <c r="I253" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J253" s="4" t="inlineStr">
         <is>
-          <t>с. Мутин, Кролевецький район, Сумська область</t>
+          <t>смт Недригайлів, Недригайлівський район, Сумська область</t>
         </is>
       </c>
       <c r="K253" s="4" t="inlineStr">
         <is>
-          <t>вулиця Колективна, 4а</t>
+          <t>вулиця Незалежності, 25</t>
         </is>
       </c>
       <c r="L253" s="6" t="inlineStr">
         <is>
-          <t>UA59020090440086664</t>
+          <t>UA59060090010092203</t>
         </is>
       </c>
       <c r="M253" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Мутин</t>
+          <t>Сумська обл., Роменський р-н, с-ще Недригайлів</t>
         </is>
       </c>
       <c r="N253" s="7"/>
       <c r="O253" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Кролевецької міської ради</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="P253" s="4" t="inlineStr">
         <is>
-          <t>(098)5985325, (05354)62425</t>
+          <t>(05455)55372</t>
         </is>
       </c>
       <c r="Q253" s="4"/>
       <c r="R253" s="4" t="inlineStr">
         <is>
-          <t>mutyn_osvita@ukr.net</t>
+          <t>24022087@mail.gov.ua</t>
         </is>
       </c>
       <c r="S253" s="4" t="inlineStr">
         <is>
-          <t>mutyn.krolevec-osvita.gov.ua</t>
+          <t>nedrschool.com.ua</t>
         </is>
       </c>
       <c r="T253" s="4" t="inlineStr">
         <is>
-          <t>Директор Каптан Валентина Володимирівна</t>
+          <t>Директор Колоусова Наталія Іванівна</t>
         </is>
       </c>
       <c r="U253" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V253" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X253" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y253" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="4" t="inlineStr">
         <is>
-          <t>Недригайлівський ліцей Недригайлівської селищної ради</t>
+          <t>Некрасівський навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа I-III ступенів Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B254" s="5" t="n">
-        <v>140611</v>
+        <v>151130</v>
       </c>
       <c r="C254" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Недригайлівський ліцей</t>
+          <t>Некрасівський НВК</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G254" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H254" s="6" t="inlineStr">
         <is>
-          <t>5923555100</t>
+          <t>5921586005</t>
         </is>
       </c>
       <c r="I254" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J254" s="4" t="inlineStr">
         <is>
-          <t>смт Недригайлів, Недригайлівський район, Сумська область</t>
+          <t>с. Некрасове, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K254" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 25</t>
+          <t>провулок Шкільний, 2</t>
         </is>
       </c>
       <c r="L254" s="6" t="inlineStr">
         <is>
-          <t>UA59060090010092203</t>
+          <t>UA59100030150050689</t>
         </is>
       </c>
       <c r="M254" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с-ще Недригайлів</t>
+          <t>Сумська обл., Шосткинський р-н, с. Некрасове</t>
         </is>
       </c>
       <c r="N254" s="7"/>
       <c r="O254" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
+          <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P254" s="4" t="inlineStr">
         <is>
-          <t>(05455)55372</t>
+          <t>(054)4492235</t>
         </is>
       </c>
       <c r="Q254" s="4"/>
       <c r="R254" s="4" t="inlineStr">
         <is>
-          <t>24022087@mail.gov.ua</t>
+          <t>nekrasove@ukr.net</t>
         </is>
       </c>
       <c r="S254" s="4" t="inlineStr">
         <is>
-          <t>nedrschool.com.ua</t>
+          <t>http://nnvk.ucoz.ua/</t>
         </is>
       </c>
       <c r="T254" s="4" t="inlineStr">
         <is>
-          <t>Директор Колоусова Наталія Іванівна</t>
+          <t>В.о. директора Давиденко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U254" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V254" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X254" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y254" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="4" t="inlineStr">
         <is>
-          <t>Некрасівський навчально-виховний комплекс: дошкільний навчальний заклад-загальноосвітня школа I-III ступенів Глухівської міської ради Сумської області</t>
+          <t>Нижньосироватський ліцей імені Бориса Грінченка Нижньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B255" s="5" t="n">
-        <v>151130</v>
+        <v>144799</v>
       </c>
       <c r="C255" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Некрасівський НВК</t>
+          <t>Нижньосироватський ліцей імені Бориса Грінченка</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G255" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H255" s="6" t="inlineStr">
         <is>
-          <t>5921586005</t>
+          <t>5924785001</t>
         </is>
       </c>
       <c r="I255" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J255" s="4" t="inlineStr">
         <is>
-          <t>с. Некрасове, Глухівський район, Сумська область</t>
+          <t>с. Нижня Сироватка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K255" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 2</t>
+          <t>вулиця Сумська, 127</t>
         </is>
       </c>
       <c r="L255" s="6" t="inlineStr">
         <is>
-          <t>UA59100030150050689</t>
+          <t>UA59080190010051853</t>
         </is>
       </c>
       <c r="M255" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Некрасове</t>
+          <t>Сумська обл., Сумський р-н, с. Нижня Сироватка</t>
         </is>
       </c>
       <c r="N255" s="7"/>
       <c r="O255" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Глухівської міської ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Нижньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P255" s="4" t="inlineStr">
         <is>
-          <t>(054)4492235</t>
+          <t>(0542)694151</t>
         </is>
       </c>
       <c r="Q255" s="4"/>
       <c r="R255" s="4" t="inlineStr">
         <is>
-          <t>nekrasove@ukr.net</t>
+          <t>schoolsirovatka@ukr.net</t>
         </is>
       </c>
       <c r="S255" s="4" t="inlineStr">
         <is>
-          <t>http://nnvk.ucoz.ua/</t>
+          <t>https://sirovatka.pp.ua</t>
         </is>
       </c>
       <c r="T255" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Давиденко Ольга Миколаївна</t>
+          <t>Директор Панченко Богдан Олександрович</t>
         </is>
       </c>
       <c r="U255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V255" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X255" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y255" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="4" t="inlineStr">
         <is>
-          <t>Нижньосироватський ліцей імені Бориса Грінченка Нижньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Низівський ліцей Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B256" s="5" t="n">
-        <v>144799</v>
+        <v>147953</v>
       </c>
       <c r="C256" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Нижньосироватський ліцей імені Бориса Грінченка</t>
+          <t>Низівський ліцей</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G256" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H256" s="6" t="inlineStr">
         <is>
-          <t>5924785001</t>
+          <t>5924755500</t>
         </is>
       </c>
       <c r="I256" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J256" s="4" t="inlineStr">
         <is>
-          <t>с. Нижня Сироватка, Сумський район, Сумська область</t>
+          <t>смт Низи, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K256" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумська, 127</t>
+          <t>вулиця Шлях, 10</t>
         </is>
       </c>
       <c r="L256" s="6" t="inlineStr">
         <is>
-          <t>UA59080190010051853</t>
+          <t>UA59080230020074607</t>
         </is>
       </c>
       <c r="M256" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Нижня Сироватка</t>
+          <t>Сумська обл., Сумський р-н, с-ще Низи</t>
         </is>
       </c>
       <c r="N256" s="7"/>
       <c r="O256" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Нижньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P256" s="4" t="inlineStr">
         <is>
-          <t>(0542)694151</t>
+          <t>(0542)691190</t>
         </is>
       </c>
       <c r="Q256" s="4"/>
       <c r="R256" s="4" t="inlineStr">
         <is>
-          <t>schoolsirovatka@ukr.net</t>
+          <t>school_nyzy@ukr.net</t>
         </is>
       </c>
       <c r="S256" s="4" t="inlineStr">
         <is>
-          <t>https://sirovatka.pp.ua</t>
+          <t>http://nyzivska-zosh.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T256" s="4" t="inlineStr">
         <is>
-          <t>Директор Панченко Богдан Олександрович</t>
+          <t>Директор Кондратенко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V256" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X256" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y256" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="4" t="inlineStr">
         <is>
-          <t>Низівський ліцей Садівської сільської ради Сумського району Сумської області</t>
+          <t>Новосічанський заклад загальної середньої освіти I-III ступенів Юнаківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B257" s="5" t="n">
-        <v>147953</v>
+        <v>146470</v>
       </c>
       <c r="C257" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Низівський ліцей</t>
+          <t>Новосічанський ЗЗСО I-III ступенів Юнаківської сільської ради</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G257" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H257" s="6" t="inlineStr">
         <is>
-          <t>5924755500</t>
+          <t>5924785905</t>
         </is>
       </c>
       <c r="I257" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J257" s="4" t="inlineStr">
         <is>
-          <t>смт Низи, Сумський район, Сумська область</t>
+          <t>с. Нова Січ, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K257" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шлях, 10</t>
+          <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L257" s="6" t="inlineStr">
         <is>
-          <t>UA59080230020074607</t>
+          <t>UA59080310060076302</t>
         </is>
       </c>
       <c r="M257" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с-ще Низи</t>
+          <t>Сумська обл., Сумський р-н, с. Нова Січ</t>
         </is>
       </c>
       <c r="N257" s="7"/>
       <c r="O257" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Юнаківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P257" s="4" t="inlineStr">
         <is>
-          <t>(0542)691190</t>
+          <t>(0542)691881</t>
         </is>
       </c>
       <c r="Q257" s="4"/>
       <c r="R257" s="4" t="inlineStr">
         <is>
-          <t>school_nyzy@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Nscola@i.ua</t>
+        </is>
+      </c>
+      <c r="S257" s="4"/>
       <c r="T257" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондратенко Людмила Миколаївна</t>
+          <t>Директор Мороз Ганна Андріївна</t>
         </is>
       </c>
       <c r="U257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V257" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X257" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y257" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="4" t="inlineStr">
         <is>
-          <t>Новосічанський заклад загальної середньої освіти I-III ступенів Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Новослобідський ліцей Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="B258" s="5" t="n">
-        <v>146470</v>
+        <v>143408</v>
       </c>
       <c r="C258" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Новосічанський ЗЗСО I-III ступенів Юнаківської сільської ради</t>
+          <t>Новослобідський ліцей</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G258" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H258" s="6" t="inlineStr">
         <is>
-          <t>5924785905</t>
+          <t>5923886301</t>
         </is>
       </c>
       <c r="I258" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J258" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Січ, Сумський район, Сумська область</t>
+          <t>с. Нова Слобода, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K258" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1а</t>
+          <t>вулиця Велика, 1</t>
         </is>
       </c>
       <c r="L258" s="6" t="inlineStr">
         <is>
-          <t>UA59080310060076302</t>
+          <t>UA59020110010060342</t>
         </is>
       </c>
       <c r="M258" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Нова Січ</t>
+          <t>Сумська обл., Конотопський р-н, с. Нова Слобода</t>
         </is>
       </c>
       <c r="N258" s="7"/>
       <c r="O258" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Юнаківської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
         </is>
       </c>
       <c r="P258" s="4" t="inlineStr">
         <is>
-          <t>(0542)691881</t>
+          <t>(05442)61236</t>
         </is>
       </c>
       <c r="Q258" s="4"/>
       <c r="R258" s="4" t="inlineStr">
         <is>
-          <t>Nscola@i.ua</t>
-[...2 lines deleted...]
-      <c r="S258" s="4"/>
+          <t>novaslobodanvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S258" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/educomplexnovayasloboda/</t>
+        </is>
+      </c>
       <c r="T258" s="4" t="inlineStr">
         <is>
-          <t>Директор Мороз Ганна Андріївна</t>
+          <t>Директор Чуйко Сергій Васильович</t>
         </is>
       </c>
       <c r="U258" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V258" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X258" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y258" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="4" t="inlineStr">
         <is>
-          <t>Новослобідський ліцей Новослобідської сільської ради</t>
+          <t>Новгородська філія ліцею Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="B259" s="5" t="n">
-        <v>143408</v>
+        <v>142406</v>
       </c>
       <c r="C259" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Новослобідський ліцей</t>
+          <t>Новгородська філія ліцею Боромлянської сільради</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G259" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H259" s="6" t="inlineStr">
         <is>
-          <t>5923886301</t>
+          <t>5925080804</t>
         </is>
       </c>
       <c r="I259" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J259" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Слобода, Путивльський район, Сумська область</t>
+          <t>с. Новгородське, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K259" s="4" t="inlineStr">
         <is>
-          <t>вулиця Велика, 1</t>
+          <t>вулиця Вишнева, 15</t>
         </is>
       </c>
       <c r="L259" s="6" t="inlineStr">
         <is>
-          <t>UA59020110010060342</t>
+          <t>UA59040010090018283</t>
         </is>
       </c>
       <c r="M259" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Нова Слобода</t>
+          <t>Сумська обл., Охтирський р-н, с. Новгородське</t>
         </is>
       </c>
       <c r="N259" s="7"/>
       <c r="O259" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Новослобідської сільської ради</t>
+          <t>відділ освіти Боромлянської сільської ради</t>
         </is>
       </c>
       <c r="P259" s="4" t="inlineStr">
         <is>
-          <t>(05442)61236</t>
+          <t>(05458)58309</t>
         </is>
       </c>
       <c r="Q259" s="4"/>
       <c r="R259" s="4" t="inlineStr">
         <is>
-          <t>novaslobodanvk@ukr.net</t>
+          <t>novhorodska-school@ukr.net</t>
         </is>
       </c>
       <c r="S259" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/educomplexnovayasloboda/</t>
+          <t>http://boromlia-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T259" s="4" t="inlineStr">
         <is>
-          <t>Директор Чуйко Сергій Васильович</t>
+          <t>Завідувач філією Стоцька Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U259" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V259" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X259" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y259" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="4" t="inlineStr">
         <is>
-          <t>Новгородська філія ліцею Боромлянської сільської ради</t>
+          <t>Новосуханівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B260" s="5" t="n">
-        <v>142406</v>
+        <v>144823</v>
       </c>
       <c r="C260" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Новгородська філія ліцею Боромлянської сільради</t>
+          <t>Новосуханівський ліцей ССР</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G260" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H260" s="6" t="inlineStr">
         <is>
-          <t>5925080804</t>
+          <t>5924785601</t>
         </is>
       </c>
       <c r="I260" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J260" s="4" t="inlineStr">
         <is>
-          <t>с. Новгородське, Тростянецький район, Сумська область</t>
+          <t>с. Новосуханівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K260" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 15</t>
+          <t>вулиця Шкільна, 4</t>
         </is>
       </c>
       <c r="L260" s="6" t="inlineStr">
         <is>
-          <t>UA59040010090018283</t>
+          <t>UA59080250120022171</t>
         </is>
       </c>
       <c r="M260" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Новгородське</t>
+          <t>Сумська обл., Сумський р-н, с. Новосуханівка</t>
         </is>
       </c>
       <c r="N260" s="7"/>
       <c r="O260" s="4" t="inlineStr">
         <is>
-          <t>відділ освіти Боромлянської сільської ради</t>
+          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P260" s="4" t="inlineStr">
         <is>
-          <t>(05458)58309</t>
+          <t>(095)1307969</t>
         </is>
       </c>
       <c r="Q260" s="4"/>
       <c r="R260" s="4" t="inlineStr">
         <is>
-          <t>novhorodska-school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sukhanovka-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S260" s="4"/>
       <c r="T260" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Стоцька Ірина Олександрівна</t>
+          <t>Директор Мільченко Галина Анатоліївна</t>
         </is>
       </c>
       <c r="U260" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V260" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X260" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y260" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="4" t="inlineStr">
         <is>
-          <t>Новосуханівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Обложківська філія комунального закладу Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Веселка"</t>
         </is>
       </c>
       <c r="B261" s="5" t="n">
-        <v>144823</v>
+        <v>135710</v>
       </c>
       <c r="C261" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Новосуханівський ліцей ССР</t>
+          <t>Обложківська філія Березівського НВК</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G261" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H261" s="6" t="inlineStr">
         <is>
-          <t>5924785601</t>
+          <t>5921583501</t>
         </is>
       </c>
       <c r="I261" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J261" s="4" t="inlineStr">
         <is>
-          <t>с. Новосуханівка, Сумський район, Сумська область</t>
+          <t>с. Обложки, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K261" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 4</t>
+          <t>вулиця Шевченка, 20а</t>
         </is>
       </c>
       <c r="L261" s="6" t="inlineStr">
         <is>
-          <t>UA59080250120022171</t>
+          <t>UA59100010130045492</t>
         </is>
       </c>
       <c r="M261" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Новосуханівка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Обложки</t>
         </is>
       </c>
       <c r="N261" s="7"/>
       <c r="O261" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P261" s="4" t="inlineStr">
         <is>
-          <t>(095)1307969</t>
+          <t>(05444)62511</t>
         </is>
       </c>
       <c r="Q261" s="4"/>
       <c r="R261" s="4" t="inlineStr">
         <is>
-          <t>Sukhanovka-school@ukr.net</t>
+          <t>bereza_nvk@berezivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S261" s="4"/>
       <c r="T261" s="4" t="inlineStr">
         <is>
-          <t>Директор Мільченко Галина Анатоліївна</t>
+          <t>Директор Рева Микола Юрійович</t>
         </is>
       </c>
       <c r="U261" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V261" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X261" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y261" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="4" t="inlineStr">
         <is>
-          <t>Обложківська філія комунального закладу Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Веселка"</t>
+          <t>Комунальний заклад "Ображіївський навчально-виховний комплекс: загальноосвітня школа I-III ступенів імені І.М. Кожедуба - дошкільний навчальний заклад Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B262" s="5" t="n">
-        <v>135710</v>
+        <v>136942</v>
       </c>
       <c r="C262" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Обложківська філія Березівського НВК</t>
+          <t>Ображіївський НВК:ЗОШ І-ІІІ ст.ім.І.М.Кожедуба -ДНЗ</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G262" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H262" s="6" t="inlineStr">
         <is>
-          <t>5921583501</t>
+          <t>5925385601</t>
         </is>
       </c>
       <c r="I262" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J262" s="4" t="inlineStr">
         <is>
-          <t>с. Обложки, Глухівський район, Сумська область</t>
+          <t>с. Ображіївка, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K262" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 20а</t>
+          <t>провулок Шкільний, 6</t>
         </is>
       </c>
       <c r="L262" s="6" t="inlineStr">
         <is>
-          <t>UA59100010130045492</t>
+          <t>UA59100170260020463</t>
         </is>
       </c>
       <c r="M262" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Обложки</t>
+          <t>Сумська обл., Шосткинський р-н, с. Ображіївка</t>
         </is>
       </c>
       <c r="N262" s="7"/>
       <c r="O262" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P262" s="4" t="inlineStr">
         <is>
-          <t>(05444)62511</t>
+          <t>(05449)37-4-32</t>
         </is>
       </c>
       <c r="Q262" s="4"/>
       <c r="R262" s="4" t="inlineStr">
         <is>
-          <t>33095817@mail.gov.ua</t>
-[...2 lines deleted...]
-      <c r="S262" s="4"/>
+          <t>obraziivskijnvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S262" s="4" t="inlineStr">
+        <is>
+          <t>http://obrazhiivka-nvk.edukit.sumy.ua</t>
+        </is>
+      </c>
       <c r="T262" s="4" t="inlineStr">
         <is>
-          <t>Директор Рева Микола Юрійович</t>
+          <t>В.о. директора Залозна Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U262" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V262" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X262" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y262" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Ображіївський навчально-виховний комплекс: загальноосвітня школа I-III ступенів імені І.М. Кожедуба - дошкільний навчальний заклад Шосткинської міської ради Сумської області"</t>
+          <t>ОБТІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B263" s="5" t="n">
-        <v>136942</v>
+        <v>142918</v>
       </c>
       <c r="C263" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>Ображіївський НВК:ЗОШ І-ІІІ ст.ім.І.М.Кожедуба -ДНЗ</t>
+          <t>ОБТІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G263" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H263" s="6" t="inlineStr">
         <is>
-          <t>5925385601</t>
+          <t>5922686801</t>
         </is>
       </c>
       <c r="I263" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J263" s="4" t="inlineStr">
         <is>
-          <t>с. Ображіївка, Шосткинський район, Сумська область</t>
+          <t>с. Обтове, Кролевецький район, Сумська область</t>
         </is>
       </c>
       <c r="K263" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 6</t>
+          <t>вулиця Центральна, 110</t>
         </is>
       </c>
       <c r="L263" s="6" t="inlineStr">
         <is>
-          <t>UA59100170260020463</t>
+          <t>UA59020090480079185</t>
         </is>
       </c>
       <c r="M263" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Ображіївка</t>
+          <t>Сумська обл., Конотопський р-н, с. Обтове</t>
         </is>
       </c>
       <c r="N263" s="7"/>
       <c r="O263" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Кролевецької міської ради</t>
         </is>
       </c>
       <c r="P263" s="4" t="inlineStr">
         <is>
-          <t>(05449)37-4-32</t>
+          <t>(05453)66431</t>
         </is>
       </c>
       <c r="Q263" s="4"/>
       <c r="R263" s="4" t="inlineStr">
         <is>
-          <t>obraziivskijnvk@gmail.com</t>
+          <t>obtivska.sh@ukr.net</t>
         </is>
       </c>
       <c r="S263" s="4" t="inlineStr">
         <is>
-          <t>http://obrazhiivka-nvk.edukit.sumy.ua</t>
+          <t>http://obtove.krolevec-osvita.gov.ua/</t>
         </is>
       </c>
       <c r="T263" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Залозна Оксана Михайлівна</t>
+          <t>Директор Марченко Галина Володимирівна</t>
         </is>
       </c>
       <c r="U263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V263" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y263" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="4" t="inlineStr">
         <is>
-          <t>ОБТІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Овлашівська гімназія Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B264" s="5" t="n">
-        <v>142918</v>
+        <v>143937</v>
       </c>
       <c r="C264" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>ОБТІВСЬКА ГІМНАЗІЯ КРОЛЕВЕЦЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Овлашівська гімназія РМР</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H264" s="6" t="inlineStr">
         <is>
-          <t>5922686801</t>
+          <t>5924185805</t>
         </is>
       </c>
       <c r="I264" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J264" s="4" t="inlineStr">
         <is>
-          <t>с. Обтове, Кролевецький район, Сумська область</t>
+          <t>с. Овлаші, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K264" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 110</t>
+          <t>вулиця Шевченка, 39</t>
         </is>
       </c>
       <c r="L264" s="6" t="inlineStr">
         <is>
-          <t>UA59020090480079185</t>
+          <t>UA59060110500089462</t>
         </is>
       </c>
       <c r="M264" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Обтове</t>
+          <t>Сумська обл., Роменський р-н, с. Овлаші</t>
         </is>
       </c>
       <c r="N264" s="7"/>
       <c r="O264" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Кролевецької міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P264" s="4" t="inlineStr">
         <is>
-          <t>(05453)66431</t>
+          <t>(05448)9-39-04</t>
         </is>
       </c>
       <c r="Q264" s="4"/>
       <c r="R264" s="4" t="inlineStr">
         <is>
-          <t>obtivska.sh@ukr.net</t>
+          <t>ovlashi.shkola@ukr.net</t>
         </is>
       </c>
       <c r="S264" s="4" t="inlineStr">
         <is>
-          <t>http://obtove.krolevec-osvita.gov.ua/</t>
+          <t>http://ovlashi.edukit.sumy.ua</t>
         </is>
       </c>
       <c r="T264" s="4" t="inlineStr">
         <is>
-          <t>Директор Марченко Галина Володимирівна</t>
+          <t>Директор Комлик Юлія Анатоліївна</t>
         </is>
       </c>
       <c r="U264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V264" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y264" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="4" t="inlineStr">
         <is>
-          <t>Овлашівська гімназія Роменської міської ради Сумської області</t>
+          <t>Олешнянський ліцей Чупахівської селищної ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B265" s="5" t="n">
-        <v>143937</v>
+        <v>141624</v>
       </c>
       <c r="C265" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Овлашівська гімназія РМР</t>
+          <t>Олешнянський НВК</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G265" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H265" s="6" t="inlineStr">
         <is>
-          <t>5924185805</t>
+          <t>5920386301</t>
         </is>
       </c>
       <c r="I265" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J265" s="4" t="inlineStr">
         <is>
-          <t>с. Овлаші, Роменський район, Сумська область</t>
+          <t>с. Олешня, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K265" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 39</t>
+          <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L265" s="6" t="inlineStr">
         <is>
-          <t>UA59060110500089462</t>
+          <t>UA59040170160093300</t>
         </is>
       </c>
       <c r="M265" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Овлаші</t>
+          <t>Сумська обл., Охтирський р-н, с. Олешня</t>
         </is>
       </c>
       <c r="N265" s="7"/>
       <c r="O265" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Чупахівської селищної ради</t>
         </is>
       </c>
       <c r="P265" s="4" t="inlineStr">
         <is>
-          <t>(05448)9-39-04</t>
+          <t>(05446)99245, (05446)99145</t>
         </is>
       </c>
       <c r="Q265" s="4"/>
       <c r="R265" s="4" t="inlineStr">
         <is>
-          <t>ovlashi.shkola@ukr.net</t>
+          <t>oleshny_nvk@meta.ua</t>
         </is>
       </c>
       <c r="S265" s="4" t="inlineStr">
         <is>
-          <t>http://ovlashi.edukit.sumy.ua</t>
+          <t>https://sites.google.com/site/olesnanskijnvkiiiistupeniv/</t>
         </is>
       </c>
       <c r="T265" s="4" t="inlineStr">
         <is>
-          <t>Директор Комлик Юлія Анатоліївна</t>
+          <t>Директор Сев'ян Яна Анатоліївна</t>
         </is>
       </c>
       <c r="U265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V265" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y265" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="4" t="inlineStr">
         <is>
-          <t>Олексіївська філія Хотінського ліцею Хотінської селищної ради Сумського району Сумської області</t>
+          <t>Орлівська філія Свеської спеціалізованої школи І-ІІІ ступенів № 2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B266" s="5" t="n">
-        <v>146535</v>
+        <v>136839</v>
       </c>
       <c r="C266" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Олексіївська філія</t>
+          <t>Орлівська філія</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G266" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H266" s="6" t="inlineStr">
         <is>
-          <t>5924780301</t>
+          <t>5925683001</t>
         </is>
       </c>
       <c r="I266" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J266" s="4" t="inlineStr">
         <is>
-          <t>с. Олексіївка, Сумський район, Сумська область</t>
+          <t>с. Орлівка, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K266" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 32</t>
+          <t>вулиця Центральна, 86</t>
         </is>
       </c>
       <c r="L266" s="6" t="inlineStr">
         <is>
-          <t>UA59080290110068619</t>
+          <t>UA59100110120091143</t>
         </is>
       </c>
       <c r="M266" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Олексіївка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Орлівка</t>
         </is>
       </c>
       <c r="N266" s="7"/>
       <c r="O266" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Хотінської селищної ради об`єднаної територіальної громади Сумського району Сумської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P266" s="4" t="inlineStr">
         <is>
-          <t>(0542)69-79-16</t>
+          <t>(05456)54430</t>
         </is>
       </c>
       <c r="Q266" s="4"/>
       <c r="R266" s="4" t="inlineStr">
         <is>
-          <t>super.alekseevka1@ukr.net</t>
+          <t>orlivka_nvk@i.ua</t>
         </is>
       </c>
       <c r="S266" s="4" t="inlineStr">
         <is>
-          <t>http://olexiivka.school.org.ua/</t>
+          <t>https://orlivka-school.blogspot.com/</t>
         </is>
       </c>
       <c r="T266" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Гаврильченко Ольга Олександрівна</t>
+          <t>Завідувач філією Заболотня Алла Вікторівна</t>
         </is>
       </c>
       <c r="U266" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V266" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y266" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="4" t="inlineStr">
         <is>
-          <t>Олешнянський ліцей Чупахівської селищної ради Охтирського району Сумської області</t>
+          <t>Осоївський ліцей Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B267" s="5" t="n">
-        <v>141624</v>
+        <v>137214</v>
       </c>
       <c r="C267" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Олешнянський НВК</t>
+          <t>Осоївський ліцей</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G267" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H267" s="6" t="inlineStr">
         <is>
-          <t>5920386301</t>
+          <t>5922383801</t>
         </is>
       </c>
       <c r="I267" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J267" s="4" t="inlineStr">
         <is>
-          <t>с. Олешня, Охтирський район, Сумська область</t>
+          <t>с. Осоївка, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K267" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 1</t>
+          <t>вулиця Слобожанська, 2</t>
         </is>
       </c>
       <c r="L267" s="6" t="inlineStr">
         <is>
-          <t>UA59040170160093300</t>
+          <t>UA59080090250050406</t>
         </is>
       </c>
       <c r="M267" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Олешня</t>
+          <t>Сумська обл., Сумський р-н, с. Осоївка</t>
         </is>
       </c>
       <c r="N267" s="7"/>
       <c r="O267" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Чупахівської селищної ради</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P267" s="4" t="inlineStr">
         <is>
-          <t>(05446)99245, (05446)99145</t>
+          <t>(05459)77632</t>
         </is>
       </c>
       <c r="Q267" s="4"/>
       <c r="R267" s="4" t="inlineStr">
         <is>
-          <t>oleshny_nvk@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>osoivkazosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S267" s="4"/>
       <c r="T267" s="4" t="inlineStr">
         <is>
-          <t>Директор Сев'ян Яна Анатоліївна</t>
+          <t>Директор Бондар Олександра Григорівна</t>
         </is>
       </c>
       <c r="U267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V267" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y267" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="4" t="inlineStr">
         <is>
-          <t>Орлівська філія Свеської спеціалізованої школи І-ІІІ ступенів № 2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Павленківський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B268" s="5" t="n">
-        <v>136839</v>
+        <v>140150</v>
       </c>
       <c r="C268" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Орлівська філія</t>
+          <t>Павленківський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H268" s="6" t="inlineStr">
         <is>
-          <t>5925683001</t>
+          <t>5922987101</t>
         </is>
       </c>
       <c r="I268" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J268" s="4" t="inlineStr">
         <is>
-          <t>с. Орлівка, Ямпільський район, Сумська область</t>
+          <t>с. Павленкове, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K268" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 86</t>
+          <t>вулиця Центральна, 19</t>
         </is>
       </c>
       <c r="L268" s="6" t="inlineStr">
         <is>
-          <t>UA59100110120091143</t>
+          <t>UA59080110730060479</t>
         </is>
       </c>
       <c r="M268" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Орлівка</t>
+          <t>Сумська обл., Сумський р-н, с. Павленкове</t>
         </is>
       </c>
       <c r="N268" s="7"/>
       <c r="O268" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P268" s="4" t="inlineStr">
         <is>
-          <t>(05456)54430</t>
+          <t>(05445)31240</t>
         </is>
       </c>
       <c r="Q268" s="4"/>
       <c r="R268" s="4" t="inlineStr">
         <is>
-          <t>orlivka_nvk@i.ua</t>
+          <t>pavlenkovenvk@ukr.net</t>
         </is>
       </c>
       <c r="S268" s="4" t="inlineStr">
         <is>
-          <t>https://orlivka-school.blogspot.com/</t>
+          <t>http://pavlenkove.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T268" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Заболотня Алла Вікторівна</t>
+          <t>Директор Капліна Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U268" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V268" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y268" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="4" t="inlineStr">
         <is>
-          <t>Осоївський ліцей Краснопільської селищної ради</t>
+          <t>Янівська філія комунального закладу Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа I-IIІ ступенів, дошкільний навчальний заклад "Веселка"</t>
         </is>
       </c>
       <c r="B269" s="5" t="n">
-        <v>137214</v>
+        <v>137737</v>
       </c>
       <c r="C269" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Осоївський ліцей</t>
+          <t>Янівська філія Березівсього НВК</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G269" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H269" s="6" t="inlineStr">
         <is>
-          <t>5922383801</t>
+          <t>5921583701</t>
         </is>
       </c>
       <c r="I269" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J269" s="4" t="inlineStr">
         <is>
-          <t>с. Осоївка, Краснопільський район, Сумська область</t>
+          <t>с. Первомайське, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K269" s="4" t="inlineStr">
         <is>
-          <t>вулиця Слобожанська, 2</t>
+          <t>вулиця Слави, 3</t>
         </is>
       </c>
       <c r="L269" s="6" t="inlineStr">
         <is>
-          <t>UA59080090250050406</t>
+          <t>UA59100010150097571</t>
         </is>
       </c>
       <c r="M269" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Осоївка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Янівка</t>
         </is>
       </c>
       <c r="N269" s="7"/>
       <c r="O269" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Краснопільської селищної ради</t>
+          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P269" s="4" t="inlineStr">
         <is>
-          <t>(05459)77632</t>
+          <t>(095)7-16-79-03</t>
         </is>
       </c>
       <c r="Q269" s="4"/>
       <c r="R269" s="4" t="inlineStr">
         <is>
-          <t>osoivkazosh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S269" s="4"/>
+          <t>bereza_nvk@berezivska-gromada.gov.ua</t>
+        </is>
+      </c>
+      <c r="S269" s="4" t="inlineStr">
+        <is>
+          <t>http://pervomayske-nvk.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T269" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондар Олександра Григорівна</t>
+          <t>Директор Рева Микола Юрійович</t>
         </is>
       </c>
       <c r="U269" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V269" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y269" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="4" t="inlineStr">
         <is>
-          <t>Павленківський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Перекопівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B270" s="5" t="n">
-        <v>140150</v>
+        <v>143694</v>
       </c>
       <c r="C270" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Павленківський ЗЗСО І-ІІІ ступенів</t>
+          <t>Перекопівський ліцей</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G270" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H270" s="6" t="inlineStr">
         <is>
-          <t>5922987101</t>
+          <t>5924187001</t>
         </is>
       </c>
       <c r="I270" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J270" s="4" t="inlineStr">
         <is>
-          <t>с. Павленкове, Лебединський район, Сумська область</t>
+          <t>с. Перекопівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K270" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 19</t>
+          <t>вулиця Новоселівка, 2-А</t>
         </is>
       </c>
       <c r="L270" s="6" t="inlineStr">
         <is>
-          <t>UA59080110730060479</t>
+          <t>UA59060010230081885</t>
         </is>
       </c>
       <c r="M270" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Павленкове</t>
+          <t>Сумська обл., Роменський р-н, с. Перекопівка</t>
         </is>
       </c>
       <c r="N270" s="7"/>
       <c r="O270" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P270" s="4" t="inlineStr">
         <is>
-          <t>(05445)31240</t>
+          <t>(05448)9-36-47</t>
         </is>
       </c>
       <c r="Q270" s="4"/>
       <c r="R270" s="4" t="inlineStr">
         <is>
-          <t>pavlenkovenvk@ukr.net</t>
+          <t>perekop1@ukr.net</t>
         </is>
       </c>
       <c r="S270" s="4" t="inlineStr">
         <is>
-          <t>http://pavlenkove.lbd-osv.gov.ua/</t>
+          <t>https://sites.google.com/view/perekop/</t>
         </is>
       </c>
       <c r="T270" s="4" t="inlineStr">
         <is>
-          <t>Директор Капліна Світлана Вікторівна</t>
+          <t>Директор Сколота Валентина Олексіївна</t>
         </is>
       </c>
       <c r="U270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V270" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y270" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="4" t="inlineStr">
         <is>
-          <t>Янівська філія комунального закладу Березівської сільської ради "Березівський навчально-виховний комплекс: загальноосвітня школа I-IIІ ступенів, дошкільний навчальний заклад "Веселка"</t>
+          <t>Перехрестівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B271" s="5" t="n">
-        <v>137737</v>
+        <v>143923</v>
       </c>
       <c r="C271" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Янівська філія Березівсього НВК</t>
+          <t>Перехрестівський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G271" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H271" s="6" t="inlineStr">
         <is>
-          <t>5921583701</t>
+          <t>5924187101</t>
         </is>
       </c>
       <c r="I271" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J271" s="4" t="inlineStr">
         <is>
-          <t>с. Первомайське, Глухівський район, Сумська область</t>
+          <t>с. Перехрестівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K271" s="4" t="inlineStr">
         <is>
-          <t>вулиця Слави, 3</t>
+          <t>вулиця Соборна, 69</t>
         </is>
       </c>
       <c r="L271" s="6" t="inlineStr">
         <is>
-          <t>UA59100010150097571</t>
+          <t>UA59060110520045674</t>
         </is>
       </c>
       <c r="M271" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Янівка</t>
+          <t>Сумська обл., Роменський р-н, с. Перехрестівка</t>
         </is>
       </c>
       <c r="N271" s="7"/>
       <c r="O271" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P271" s="4" t="inlineStr">
         <is>
-          <t>(095)7-16-79-03</t>
+          <t>(054)4892589</t>
         </is>
       </c>
       <c r="Q271" s="4"/>
       <c r="R271" s="4" t="inlineStr">
         <is>
-          <t>33140995@mail.gov.ua</t>
+          <t>perehrestivka@ukr.net</t>
         </is>
       </c>
       <c r="S271" s="4" t="inlineStr">
         <is>
-          <t>http://pervomayske-nvk.sumy.sch.in.ua/</t>
+          <t>http://perekhrestivka-zosh.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T271" s="4" t="inlineStr">
         <is>
-          <t>Директор Рева Микола Юрійович</t>
+          <t>Директор Столяров Вадим Олександрович</t>
         </is>
       </c>
       <c r="U271" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V271" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y271" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="4" t="inlineStr">
         <is>
-          <t>Перекопівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Перехрестівський заклад загальної середньої освіти ІІІ ступеня Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B272" s="5" t="n">
-        <v>143694</v>
+        <v>144514</v>
       </c>
       <c r="C272" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Перекопівський ліцей</t>
+          <t>Перехрестівський ЗЗСО ІІІ ступеня</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G272" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H272" s="6" t="inlineStr">
         <is>
-          <t>5924187001</t>
+          <t>5924187101</t>
         </is>
       </c>
       <c r="I272" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J272" s="4" t="inlineStr">
         <is>
-          <t>с. Перекопівка, Роменський район, Сумська область</t>
+          <t>с. Перехрестівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K272" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новоселівка, 2-А</t>
+          <t>вулиця Вишнева, 19</t>
         </is>
       </c>
       <c r="L272" s="6" t="inlineStr">
         <is>
-          <t>UA59060010230081885</t>
+          <t>UA59060110520045674</t>
         </is>
       </c>
       <c r="M272" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Перекопівка</t>
+          <t>Сумська обл., Роменський р-н, с. Перехрестівка</t>
         </is>
       </c>
       <c r="N272" s="7"/>
       <c r="O272" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Андріяшівської сільської ради Роменського району Сумської області</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P272" s="4" t="inlineStr">
         <is>
-          <t>(05448)9-36-47</t>
+          <t>(098)0585071</t>
         </is>
       </c>
       <c r="Q272" s="4"/>
       <c r="R272" s="4" t="inlineStr">
         <is>
-          <t>perekop1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>perehrestivka2012@gmail.com</t>
+        </is>
+      </c>
+      <c r="S272" s="4"/>
       <c r="T272" s="4" t="inlineStr">
         <is>
-          <t>Директор Сколота Валентина Олексіївна</t>
+          <t>Директор Ведмідь Анатолій Сергійович</t>
         </is>
       </c>
       <c r="U272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V272" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y272" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="4" t="inlineStr">
         <is>
-          <t>Перехрестівський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Підліснівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B273" s="5" t="n">
-        <v>143923</v>
+        <v>146230</v>
       </c>
       <c r="C273" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Перехрестівський ЗЗСО І-ІІІ ступенів</t>
+          <t>Підліснівський ліцей</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G273" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H273" s="6" t="inlineStr">
         <is>
-          <t>5924187101</t>
+          <t>5924786301</t>
         </is>
       </c>
       <c r="I273" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J273" s="4" t="inlineStr">
         <is>
-          <t>с. Перехрестівка, Роменський район, Сумська область</t>
+          <t>с. Підліснівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K273" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 69</t>
+          <t>вулиця Шкільна, 14-А</t>
         </is>
       </c>
       <c r="L273" s="6" t="inlineStr">
         <is>
-          <t>UA59060110520045674</t>
+          <t>UA59080250140037045</t>
         </is>
       </c>
       <c r="M273" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Перехрестівка</t>
+          <t>Сумська обл., Сумський р-н, с. Підліснівка</t>
         </is>
       </c>
       <c r="N273" s="7"/>
       <c r="O273" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P273" s="4" t="inlineStr">
         <is>
-          <t>(054)4892589</t>
+          <t>(0542)699-642</t>
         </is>
       </c>
       <c r="Q273" s="4"/>
       <c r="R273" s="4" t="inlineStr">
         <is>
-          <t>perehrestivka@ukr.net</t>
+          <t>mega_pidlisnivka@ukr.net</t>
         </is>
       </c>
       <c r="S273" s="4" t="inlineStr">
         <is>
-          <t>http://perekhrestivka-zosh.sumy.sch.in.ua/</t>
+          <t>http://pidlisnivka.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T273" s="4" t="inlineStr">
         <is>
-          <t>Директор Столяров Вадим Олександрович</t>
+          <t>Директор Вода Аліна Юріївна</t>
         </is>
       </c>
       <c r="U273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V273" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y273" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="4" t="inlineStr">
         <is>
-          <t>Перехрестівський заклад загальної середньої освіти ІІІ ступеня Роменської міської ради Сумської області</t>
+          <t>Пісківська загальноосвітня школа I-III ступенів Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B274" s="5" t="n">
-        <v>144514</v>
+        <v>151299</v>
       </c>
       <c r="C274" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Перехрестівський ЗЗСО ІІІ ступеня</t>
+          <t>Пісківська ЗОШ</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G274" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H274" s="6" t="inlineStr">
         <is>
-          <t>5924187101</t>
+          <t>5920985401</t>
         </is>
       </c>
       <c r="I274" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J274" s="4" t="inlineStr">
         <is>
-          <t>с. Перехрестівка, Роменський район, Сумська область</t>
+          <t>с. Піски, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K274" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 19</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L274" s="6" t="inlineStr">
         <is>
-          <t>UA59060110520045674</t>
+          <t>UA59020030320037727</t>
         </is>
       </c>
       <c r="M274" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Перехрестівка</t>
+          <t>Сумська обл., Конотопський р-н, с. Піски</t>
         </is>
       </c>
       <c r="N274" s="7"/>
       <c r="O274" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P274" s="4" t="inlineStr">
         <is>
-          <t>(098)0585071</t>
+          <t>(05454)61240</t>
         </is>
       </c>
       <c r="Q274" s="4"/>
       <c r="R274" s="4" t="inlineStr">
         <is>
-          <t>perehrestivka2012@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S274" s="4"/>
+          <t>pisky-skol@i.ua</t>
+        </is>
+      </c>
+      <c r="S274" s="4" t="inlineStr">
+        <is>
+          <t>http://pisky-zosh.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T274" s="4" t="inlineStr">
         <is>
-          <t>Директор Ведмідь Анатолій Сергійович</t>
+          <t>В.о. директора Авдєєнко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V274" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y274" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="4" t="inlineStr">
         <is>
-          <t>Підліснівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Плавинищенська гімназія Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B275" s="5" t="n">
-        <v>146230</v>
+        <v>143963</v>
       </c>
       <c r="C275" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Підліснівський ліцей</t>
+          <t>Плавинищенська гімназія</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H275" s="6" t="inlineStr">
         <is>
-          <t>5924786301</t>
+          <t>5924187301</t>
         </is>
       </c>
       <c r="I275" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
-          <t>с. Підліснівка, Сумський район, Сумська область</t>
+          <t>с. Плавинище, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 14-А</t>
+          <t>площа Українська, 52</t>
         </is>
       </c>
       <c r="L275" s="6" t="inlineStr">
         <is>
-          <t>UA59080250140037045</t>
+          <t>UA59060110540017647</t>
         </is>
       </c>
       <c r="M275" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Підліснівка</t>
+          <t>Сумська обл., Роменський р-н, с. Плавинище</t>
         </is>
       </c>
       <c r="N275" s="7"/>
       <c r="O275" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P275" s="4" t="inlineStr">
         <is>
-          <t>(0542)699-642</t>
+          <t>(05448)98648</t>
         </is>
       </c>
       <c r="Q275" s="4"/>
       <c r="R275" s="4" t="inlineStr">
         <is>
-          <t>mega_pidlisnivka@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>s-salivon@ukr.net</t>
+        </is>
+      </c>
+      <c r="S275" s="4"/>
       <c r="T275" s="4" t="inlineStr">
         <is>
-          <t>Директор Вода Аліна Юріївна</t>
+          <t>Директор Пономаренко Ольга Федорівна</t>
         </is>
       </c>
       <c r="U275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V275" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y275" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="4" t="inlineStr">
         <is>
-          <t>Пісківська загальноосвітня школа I-III ступенів Буринської міської ради Сумської області</t>
+          <t>Погожокриницький ліцей Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B276" s="5" t="n">
-        <v>151299</v>
+        <v>143964</v>
       </c>
       <c r="C276" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Пісківська ЗОШ</t>
+          <t>Погожокриницький ліцей РМР</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G276" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H276" s="6" t="inlineStr">
         <is>
-          <t>5920985401</t>
+          <t>5924187601</t>
         </is>
       </c>
       <c r="I276" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J276" s="4" t="inlineStr">
         <is>
-          <t>с. Піски, Буринський район, Сумська область</t>
+          <t>с. Погожа Криниця, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K276" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Центральна, 13</t>
         </is>
       </c>
       <c r="L276" s="6" t="inlineStr">
         <is>
-          <t>UA59020030320037727</t>
+          <t>UA59060110560024947</t>
         </is>
       </c>
       <c r="M276" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Піски</t>
+          <t>Сумська обл., Роменський р-н, с. Погожа Криниця</t>
         </is>
       </c>
       <c r="N276" s="7"/>
       <c r="O276" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P276" s="4" t="inlineStr">
         <is>
-          <t>(05454)61240</t>
+          <t>(096)5783624</t>
         </is>
       </c>
       <c r="Q276" s="4"/>
       <c r="R276" s="4" t="inlineStr">
         <is>
-          <t>pisky-skol@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>pohozhaschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S276" s="4"/>
       <c r="T276" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Авдєєнко Тетяна Вікторівна</t>
+          <t>В.о. директора Ситник Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V276" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y276" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="4" t="inlineStr">
         <is>
-          <t>Плавинищенська гімназія Роменської міської ради Сумської області</t>
+          <t>Комунальний заклад "Погребківська загальноосвітня школа I-III ступенів Шосткинської міської ради Сумської області"</t>
         </is>
       </c>
       <c r="B277" s="5" t="n">
-        <v>143963</v>
+        <v>138133</v>
       </c>
       <c r="C277" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Плавинищенська гімназія</t>
+          <t>Погребківська ЗОШ</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G277" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H277" s="6" t="inlineStr">
         <is>
-          <t>5924187301</t>
+          <t>5925383701</t>
         </is>
       </c>
       <c r="I277" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J277" s="4" t="inlineStr">
         <is>
-          <t>с. Плавинище, Роменський район, Сумська область</t>
+          <t>с. Погребки, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K277" s="4" t="inlineStr">
         <is>
-          <t>площа Українська, 52</t>
+          <t>вулиця Цибенка, 25-А</t>
         </is>
       </c>
       <c r="L277" s="6" t="inlineStr">
         <is>
-          <t>UA59060110540017647</t>
+          <t>UA59100170290073346</t>
         </is>
       </c>
       <c r="M277" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Плавинище</t>
+          <t>Сумська обл., Шосткинський р-н, с. Погребки</t>
         </is>
       </c>
       <c r="N277" s="7"/>
       <c r="O277" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P277" s="4" t="inlineStr">
         <is>
-          <t>(05448)98648</t>
+          <t>(05449)33296</t>
         </is>
       </c>
       <c r="Q277" s="4"/>
       <c r="R277" s="4" t="inlineStr">
         <is>
-          <t>s-salivon@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S277" s="4"/>
+          <t>pogrebky_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S277" s="4" t="inlineStr">
+        <is>
+          <t>http://korotchenkove-nvk.edukit.sumy.ua/</t>
+        </is>
+      </c>
       <c r="T277" s="4" t="inlineStr">
         <is>
-          <t>Директор Пономаренко Ольга Федорівна</t>
+          <t>В.о. директора Осадча Юлія Григорівна</t>
         </is>
       </c>
       <c r="U277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V277" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y277" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="4" t="inlineStr">
         <is>
-          <t>Погожокриницький ліцей Роменської міської ради Сумської області</t>
+          <t>Пологівська гімназія Чернеччинської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B278" s="5" t="n">
-        <v>143964</v>
+        <v>142181</v>
       </c>
       <c r="C278" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Погожокриницький ліцей РМР</t>
+          <t>Пологівська гімназія</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H278" s="6" t="inlineStr">
         <is>
-          <t>5924187601</t>
+          <t>5920386901</t>
         </is>
       </c>
       <c r="I278" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J278" s="4" t="inlineStr">
         <is>
-          <t>с. Погожа Криниця, Роменський район, Сумська область</t>
+          <t>с. Пологи, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K278" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 13</t>
+          <t>вулиця Лозового, 50</t>
         </is>
       </c>
       <c r="L278" s="6" t="inlineStr">
         <is>
-          <t>UA59060110560024947</t>
+          <t>UA59040150260023656</t>
         </is>
       </c>
       <c r="M278" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Погожа Криниця</t>
+          <t>Сумська обл., Охтирський р-н, с. Пологи</t>
         </is>
       </c>
       <c r="N278" s="7"/>
       <c r="O278" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P278" s="4" t="inlineStr">
         <is>
-          <t>(096)5783624</t>
+          <t>(05446)94215</t>
         </is>
       </c>
       <c r="Q278" s="4"/>
       <c r="R278" s="4" t="inlineStr">
         <is>
-          <t>pohozhaschool@gmail.com</t>
+          <t>23053832@mail.gov.ua</t>
         </is>
       </c>
       <c r="S278" s="4"/>
       <c r="T278" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ситник Світлана Олексіївна</t>
+          <t>Директор Шейко Валентина Олександрівна</t>
         </is>
       </c>
       <c r="U278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V278" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y278" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Погребківська загальноосвітня школа I-III ступенів Шосткинської міської ради Сумської області"</t>
+          <t>Полошківський навчально-виховний комплекс: дошкільний навчальний заклад - загальноосвітня школа I-III ступенів Глухівської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B279" s="5" t="n">
-        <v>138133</v>
+        <v>135729</v>
       </c>
       <c r="C279" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Погребківська ЗОШ</t>
+          <t>Полошківський НВК</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G279" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H279" s="6" t="inlineStr">
         <is>
-          <t>5925383701</t>
+          <t>5921584401</t>
         </is>
       </c>
       <c r="I279" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
-          <t>с. Погребки, Шосткинський район, Сумська область</t>
+          <t>с. Полошки, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
-          <t>вулиця Цибенка, 25-А</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L279" s="6" t="inlineStr">
         <is>
-          <t>UA59100170290073346</t>
+          <t>UA59100030170014698</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Погребки</t>
+          <t>Сумська обл., Шосткинський р-н, с. Полошки</t>
         </is>
       </c>
       <c r="N279" s="7"/>
       <c r="O279" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Глухівської міської ради</t>
         </is>
       </c>
       <c r="P279" s="4" t="inlineStr">
         <is>
-          <t>(05449)33296</t>
+          <t>(054)4463353</t>
         </is>
       </c>
       <c r="Q279" s="4"/>
       <c r="R279" s="4" t="inlineStr">
         <is>
-          <t>pogrebky_school@ukr.net</t>
+          <t>poloshky_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S279" s="4" t="inlineStr">
         <is>
-          <t>http://korotchenkove-nvk.edukit.sumy.ua/</t>
+          <t>https://sites.google.com/site/poloskivskijnvk2017/</t>
         </is>
       </c>
       <c r="T279" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Осадча Юлія Григорівна</t>
+          <t>В.о. директора Журба Олександр Миколайович</t>
         </is>
       </c>
       <c r="U279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V279" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y279" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>Пологівська гімназія Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Опорний заклад освіти "Попівський заклад загальної середньої освіти I-III ступенів" Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B280" s="5" t="n">
-        <v>142181</v>
+        <v>137120</v>
       </c>
       <c r="C280" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Пологівська гімназія</t>
+          <t>Опорний заклад освіти "Попівський ЗЗСО І-ІІІ ст."</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G280" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H280" s="6" t="inlineStr">
         <is>
-          <t>5920386901</t>
+          <t>5922086601</t>
         </is>
       </c>
       <c r="I280" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J280" s="4" t="inlineStr">
         <is>
-          <t>с. Пологи, Охтирський район, Сумська область</t>
+          <t>с. Попівка, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K280" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лозового, 50</t>
+          <t>вулиця Ковтун Бр., 3</t>
         </is>
       </c>
       <c r="L280" s="6" t="inlineStr">
         <is>
-          <t>UA59040150260023656</t>
+          <t>UA59020130010094850</t>
         </is>
       </c>
       <c r="M280" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Пологи</t>
+          <t>Сумська обл., Конотопський р-н, с. Попівка</t>
         </is>
       </c>
       <c r="N280" s="7"/>
       <c r="O280" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P280" s="4" t="inlineStr">
         <is>
-          <t>(05446)94215</t>
+          <t>(068)2811611</t>
         </is>
       </c>
       <c r="Q280" s="4"/>
       <c r="R280" s="4" t="inlineStr">
         <is>
-          <t>23053832@mail.gov.ua</t>
+          <t>33258742@ukr.net</t>
         </is>
       </c>
       <c r="S280" s="4"/>
       <c r="T280" s="4" t="inlineStr">
         <is>
-          <t>Директор Шейко Валентина Олександрівна</t>
+          <t>Директор Савела Ніна Миколаївна</t>
         </is>
       </c>
       <c r="U280" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V280" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y280" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="4" t="inlineStr">
         <is>
-          <t>Полошківський навчально-виховний комплекс: дошкільний навчальний заклад - загальноосвітня школа I-III ступенів Глухівської міської ради Сумської області</t>
+          <t>Пристайлівська філія Лебединського закладу загальної середньої освіти І-ІІІ ступенів № 6Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B281" s="5" t="n">
-        <v>135729</v>
+        <v>139335</v>
       </c>
       <c r="C281" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Полошківський НВК</t>
+          <t>Пристайлівський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H281" s="6" t="inlineStr">
         <is>
-          <t>5921584401</t>
+          <t>5922987801</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
-          <t>с. Полошки, Глухівський район, Сумська область</t>
+          <t>с. Пристайлове, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K281" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L281" s="6" t="inlineStr">
         <is>
-          <t>UA59100030170014698</t>
+          <t>UA59080110860029564</t>
         </is>
       </c>
       <c r="M281" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Полошки</t>
+          <t>Сумська обл., Сумський р-н, с. Пристайлове</t>
         </is>
       </c>
       <c r="N281" s="7"/>
       <c r="O281" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Глухівської міської ради</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P281" s="4" t="inlineStr">
         <is>
-          <t>(054)4463353</t>
+          <t>(05445)34-1-40</t>
         </is>
       </c>
       <c r="Q281" s="4"/>
       <c r="R281" s="4" t="inlineStr">
         <is>
-          <t>poloshky_nvk@ukr.net</t>
+          <t>prystailove.nvk@gmail.com</t>
         </is>
       </c>
       <c r="S281" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/poloskivskijnvk2017/</t>
+          <t>http://prystaylove.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T281" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Журба Олександр Миколайович</t>
+          <t>Завідувач філією Борисенко Віта Петрівна</t>
         </is>
       </c>
       <c r="U281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V281" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y281" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти "Попівський заклад загальної середньої освіти I-III ступенів" Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Пустовійтівський заклад загальної середньої освіти І-ІІІ ступенів імені Петра Калнишевського Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B282" s="5" t="n">
-        <v>137120</v>
+        <v>144045</v>
       </c>
       <c r="C282" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад освіти "Попівський ЗЗСО І-ІІІ ст."</t>
+          <t>Пустовійтівський ЗЗСО імені Петра Калнишевського</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H282" s="6" t="inlineStr">
         <is>
-          <t>5922086601</t>
+          <t>5924187901</t>
         </is>
       </c>
       <c r="I282" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J282" s="4" t="inlineStr">
         <is>
-          <t>с. Попівка, Конотопський район, Сумська область</t>
+          <t>с. Пустовійтівка, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K282" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ковтун Бр., 3</t>
+          <t>провулок 4 - ий Центральної, 8</t>
         </is>
       </c>
       <c r="L282" s="6" t="inlineStr">
         <is>
-          <t>UA59020130010094850</t>
+          <t>UA59060110610075157</t>
         </is>
       </c>
       <c r="M282" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Попівка</t>
+          <t>Сумська обл., Роменський р-н, с. Пустовійтівка</t>
         </is>
       </c>
       <c r="N282" s="7"/>
       <c r="O282" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P282" s="4" t="inlineStr">
         <is>
-          <t>(068)2811611</t>
+          <t>(05448)95135</t>
         </is>
       </c>
       <c r="Q282" s="4"/>
       <c r="R282" s="4" t="inlineStr">
         <is>
-          <t>33258742@ukr.net</t>
+          <t>pustschool2013@gmail.com</t>
         </is>
       </c>
       <c r="S282" s="4"/>
       <c r="T282" s="4" t="inlineStr">
         <is>
-          <t>Директор Савела Ніна Миколаївна</t>
+          <t>Директор Тарасенко Валентин Володимирович</t>
         </is>
       </c>
       <c r="U282" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V282" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y282" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="4" t="inlineStr">
         <is>
-          <t>Пристайлівський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "ПУТИВЛЬСЬКИЙ МИСТЕЦЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="B283" s="5" t="n">
-        <v>139335</v>
+        <v>149401</v>
       </c>
       <c r="C283" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>Пристайлівський ЗЗСО І-ІІІ ступенів</t>
+          <t>КЗ СОР Путивльська мистецький ліцей</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H283" s="6" t="inlineStr">
         <is>
-          <t>5922987801</t>
+          <t>5923810100</t>
         </is>
       </c>
       <c r="I283" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
-          <t>с. Пристайлове, Лебединський район, Сумська область</t>
+          <t>Путивль, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця князя Володимира, 53</t>
         </is>
       </c>
       <c r="L283" s="6" t="inlineStr">
         <is>
-          <t>UA59080110860029564</t>
+          <t>UA59020150010023159</t>
         </is>
       </c>
       <c r="M283" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Пристайлове</t>
+          <t>Сумська обл., Конотопський р-н, м. Путивль</t>
         </is>
       </c>
       <c r="N283" s="7"/>
       <c r="O283" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P283" s="4" t="inlineStr">
         <is>
-          <t>(05445)34-1-40</t>
+          <t>(05442)54374</t>
         </is>
       </c>
       <c r="Q283" s="4"/>
       <c r="R283" s="4" t="inlineStr">
         <is>
-          <t>prystailove.nvk@gmail.com</t>
+          <t>intern-putivl@ukr.net</t>
         </is>
       </c>
       <c r="S283" s="4" t="inlineStr">
         <is>
-          <t>http://prystaylove.lbd-osv.gov.ua/</t>
+          <t>https://artlyceumputivl.com/</t>
         </is>
       </c>
       <c r="T283" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисенко Віта Петрівна</t>
+          <t>Директор Семененко Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V283" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y283" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="4" t="inlineStr">
         <is>
-          <t>Пустовійтівський заклад загальної середньої освіти І-ІІІ ступенів імені Петра Калнишевського Роменської міської ради Сумської області</t>
+          <t>Путивльський ліцей № 2 ім. Г.Я. Базими Путивльської міської ради</t>
         </is>
       </c>
       <c r="B284" s="5" t="n">
-        <v>144045</v>
+        <v>142370</v>
       </c>
       <c r="C284" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>Пустовійтівський ЗЗСО імені Петра Калнишевського</t>
+          <t>Путивльська ліцей №2 ім. Г.Я. Базими</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G284" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H284" s="6" t="inlineStr">
         <is>
-          <t>5924187901</t>
+          <t>5923810100</t>
         </is>
       </c>
       <c r="I284" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J284" s="4" t="inlineStr">
         <is>
-          <t>с. Пустовійтівка, Роменський район, Сумська область</t>
+          <t>Путивль, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K284" s="4" t="inlineStr">
         <is>
-          <t>провулок 4 Центральний, 8</t>
+          <t>проспект Іоанна Путивльського, 79</t>
         </is>
       </c>
       <c r="L284" s="6" t="inlineStr">
         <is>
-          <t>UA59060110610075157</t>
+          <t>UA59020150010023159</t>
         </is>
       </c>
       <c r="M284" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Пустовійтівка</t>
+          <t>Сумська обл., Конотопський р-н, м. Путивль</t>
         </is>
       </c>
       <c r="N284" s="7"/>
       <c r="O284" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P284" s="4" t="inlineStr">
         <is>
-          <t>(05448)95135</t>
+          <t>(05442)5-48-60, (05442)5-11-56</t>
         </is>
       </c>
       <c r="Q284" s="4"/>
       <c r="R284" s="4" t="inlineStr">
         <is>
-          <t>pustschool2013@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S284" s="4"/>
+          <t>putivl_school_2@ukr.net</t>
+        </is>
+      </c>
+      <c r="S284" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/tooschoolpt/home</t>
+        </is>
+      </c>
       <c r="T284" s="4" t="inlineStr">
         <is>
-          <t>Директор Тарасенко Валентин Володимирович</t>
+          <t>Директор Лапузіна Олена Михайлівна</t>
         </is>
       </c>
       <c r="U284" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V284" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y284" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "ПУТИВЛЬСЬКИЙ МИСТЕЦЬКИЙ ЛІЦЕЙ"</t>
+          <t>Путивльський ліцей №1 ім. Р. Руднєва Путивльської міської ради</t>
         </is>
       </c>
       <c r="B285" s="5" t="n">
-        <v>149401</v>
+        <v>142342</v>
       </c>
       <c r="C285" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>КЗ СОР "Путивльська мистецький ліцей"</t>
+          <t>Путивльський ліцей № 1 ім. Р. Руднєва Путивльської міської ради</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
-          <t>мистецький ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G285" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H285" s="6" t="inlineStr">
         <is>
           <t>5923810100</t>
         </is>
       </c>
       <c r="I285" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J285" s="4" t="inlineStr">
         <is>
           <t>Путивль, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K285" s="4" t="inlineStr">
         <is>
-          <t>вулиця князя Володимира, 53</t>
+          <t>вулиця Героїв Путивльщини, 76</t>
         </is>
       </c>
       <c r="L285" s="6" t="inlineStr">
         <is>
           <t>UA59020150010023159</t>
         </is>
       </c>
       <c r="M285" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Конотопський р-н, м. Путивль</t>
         </is>
       </c>
       <c r="N285" s="7"/>
       <c r="O285" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P285" s="4" t="inlineStr">
         <is>
-          <t>(05442)54374</t>
+          <t>(05442)52391</t>
         </is>
       </c>
       <c r="Q285" s="4"/>
       <c r="R285" s="4" t="inlineStr">
         <is>
-          <t>intern-putivl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>putivl_school_1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S285" s="4"/>
       <c r="T285" s="4" t="inlineStr">
         <is>
-          <t>Директор Семененко Тетяна Михайлівна</t>
+          <t> Корнєва Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U285" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y285" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="4" t="inlineStr">
         <is>
-          <t>Путивльський ліцей № 2 ім. Г.Я. Базими Путивльської міської ради</t>
+          <t>Пушкарівська філія Опорного закладу Великочернеччинської спеціалізованої школи І-ІІІ ступенів Сумської районної ради Сумської області</t>
         </is>
       </c>
       <c r="B286" s="5" t="n">
-        <v>142370</v>
+        <v>137185</v>
       </c>
       <c r="C286" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>Путивльська ліцей №2 ім. Г.Я. Базими</t>
+          <t>Пушкарівська філія</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G286" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H286" s="6" t="inlineStr">
         <is>
-          <t>5923810100</t>
+          <t>5924781505</t>
         </is>
       </c>
       <c r="I286" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J286" s="4" t="inlineStr">
         <is>
-          <t>Путивль, Путивльський район, Сумська область</t>
+          <t>с. Пушкарівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K286" s="4" t="inlineStr">
         <is>
-          <t>проспект Іоанна Путивльського, 79</t>
+          <t>вулиця Шкільна, 1а</t>
         </is>
       </c>
       <c r="L286" s="6" t="inlineStr">
         <is>
-          <t>UA59020150010023159</t>
+          <t>UA59080270150041671</t>
         </is>
       </c>
       <c r="M286" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, м. Путивль</t>
+          <t>Сумська обл., Сумський р-н, с. Пушкарівка</t>
         </is>
       </c>
       <c r="N286" s="7"/>
       <c r="O286" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Відділ освіти Сумської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P286" s="4" t="inlineStr">
         <is>
-          <t>(05442)5-48-60, (05442)5-11-56</t>
+          <t>(0542)694750</t>
         </is>
       </c>
       <c r="Q286" s="4"/>
       <c r="R286" s="4" t="inlineStr">
         <is>
-          <t>putivl_school_2@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>pushkarivskiy_nvk@meta.ua</t>
+        </is>
+      </c>
+      <c r="S286" s="4"/>
       <c r="T286" s="4" t="inlineStr">
         <is>
-          <t>Директор Лапузіна Олена Михайлівна</t>
+          <t>Завідувач філією Супрун Анна Вікторівна</t>
         </is>
       </c>
       <c r="U286" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V286" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y286" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="4" t="inlineStr">
         <is>
-          <t>Путивльський ліцей №1 ім. Р. Руднєва Путивльської міської ради</t>
+          <t>Рибальська філія Грунського ліцею імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B287" s="5" t="n">
-        <v>142342</v>
+        <v>141131</v>
       </c>
       <c r="C287" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Путивльський ліцей № 1 ім. Р. Руднєва Путивльської міської ради</t>
+          <t>Рибальська філія Грунського ліцею імені Андрія Діхтяренка</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G287" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H287" s="6" t="inlineStr">
         <is>
-          <t>5923810100</t>
+          <t>5920387501</t>
         </is>
       </c>
       <c r="I287" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J287" s="4" t="inlineStr">
         <is>
-          <t>Путивль, Путивльський район, Сумська область</t>
+          <t>с. Рибальське, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K287" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Путивльщини, 76</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L287" s="6" t="inlineStr">
         <is>
-          <t>UA59020150010023159</t>
+          <t>UA59040050120046720</t>
         </is>
       </c>
       <c r="M287" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, м. Путивль</t>
+          <t>Сумська обл., Охтирський р-н, с. Рибальське</t>
         </is>
       </c>
       <c r="N287" s="7"/>
       <c r="O287" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
         </is>
       </c>
       <c r="P287" s="4" t="inlineStr">
         <is>
-          <t>(05442)52391</t>
+          <t>(066)8521556</t>
         </is>
       </c>
       <c r="Q287" s="4"/>
       <c r="R287" s="4" t="inlineStr">
         <is>
-          <t>putivl_school_1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S287" s="4"/>
+          <t>rybalske_skola@ukr.net</t>
+        </is>
+      </c>
+      <c r="S287" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/ribalskazos/</t>
+        </is>
+      </c>
       <c r="T287" s="4" t="inlineStr">
         <is>
-          <t> Корнєва Тетяна Петрівна</t>
+          <t>Завідувач філією Фісько Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U287" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V287" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y287" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="4" t="inlineStr">
         <is>
-          <t>Пушкарівська філія Опорного закладу Великочернеччинської спеціалізованої школи І-ІІІ ступенів Сумської районної ради Сумської області</t>
+          <t>Річківська гімназія Річківської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B288" s="5" t="n">
-        <v>137185</v>
+        <v>149496</v>
       </c>
       <c r="C288" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Пушкарівська філія</t>
+          <t>Річківська гімназія</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G288" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H288" s="6" t="inlineStr">
         <is>
-          <t>5924781505</t>
+          <t>5920687001</t>
         </is>
       </c>
       <c r="I288" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J288" s="4" t="inlineStr">
         <is>
-          <t>с. Пушкарівка, Сумський район, Сумська область</t>
+          <t>с. Річки, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K288" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1а</t>
+          <t>вулиця Шкільна, 6</t>
         </is>
       </c>
       <c r="L288" s="6" t="inlineStr">
         <is>
-          <t>UA59080270150041671</t>
+          <t>UA59080210010053357</t>
         </is>
       </c>
       <c r="M288" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Пушкарівка</t>
+          <t>Сумська обл., Сумський р-н, с. Річки</t>
         </is>
       </c>
       <c r="N288" s="7"/>
       <c r="O288" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Сумської районної державної адміністрації</t>
+          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
         </is>
       </c>
       <c r="P288" s="4" t="inlineStr">
         <is>
-          <t>(0542)694750</t>
+          <t>(05443)9-41-07</t>
         </is>
       </c>
       <c r="Q288" s="4"/>
       <c r="R288" s="4" t="inlineStr">
         <is>
-          <t>pushkarivskiy_nvk@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S288" s="4"/>
+          <t>richkinvk15@gmail.com</t>
+        </is>
+      </c>
+      <c r="S288" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/richkinvk1</t>
+        </is>
+      </c>
       <c r="T288" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Супрун Анна Вікторівна</t>
+          <t>Директор Сайко Яна Михайлівна</t>
         </is>
       </c>
       <c r="U288" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V288" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y288" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="4" t="inlineStr">
         <is>
-          <t>Рибальська філія Грунського ліцею імені Андрія Діхтяренка Грунської сільської ради Охтирського району Сумської області</t>
+          <t>Рогинський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B289" s="5" t="n">
-        <v>141131</v>
+        <v>144167</v>
       </c>
       <c r="C289" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>Рибальська філія Грунського ліцею імені Андрія Діхтяренка</t>
+          <t>Рогинський ЗЗСО</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G289" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H289" s="6" t="inlineStr">
         <is>
-          <t>5920387501</t>
+          <t>5924188501</t>
         </is>
       </c>
       <c r="I289" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J289" s="4" t="inlineStr">
         <is>
-          <t>с. Рибальське, Охтирський район, Сумська область</t>
+          <t>с. Рогинці, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K289" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L289" s="6" t="inlineStr">
         <is>
-          <t>UA59040050120046720</t>
+          <t>UA59060110630070735</t>
         </is>
       </c>
       <c r="M289" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Рибальське</t>
+          <t>Сумська обл., Роменський р-н, с. Рогинці</t>
         </is>
       </c>
       <c r="N289" s="7"/>
       <c r="O289" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Грунської сільської ради</t>
+          <t>Відділ освіти Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="P289" s="4" t="inlineStr">
         <is>
-          <t>(066)8521556</t>
+          <t>(097)0176503</t>
         </is>
       </c>
       <c r="Q289" s="4"/>
       <c r="R289" s="4" t="inlineStr">
         <is>
-          <t>rybalske_skola@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rogyntsishkola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S289" s="4"/>
       <c r="T289" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Говорун Тетяна Яківна</t>
+          <t>Директор Шевченко Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U289" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V289" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y289" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="4" t="inlineStr">
         <is>
-          <t>Річківська гімназія Річківської сільської ради Сумського району Сумської області</t>
+          <t>Руднєвська філія Путивльського ліцею №2 ім. Г.Я. Базими Путивльської міської ради</t>
         </is>
       </c>
       <c r="B290" s="5" t="n">
-        <v>149496</v>
+        <v>143641</v>
       </c>
       <c r="C290" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>Річківська гімназія</t>
+          <t>Руднєвська філія Путивльського ліцею №2 ім. Г. Я. Базими Путивльської міської ради</t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G290" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H290" s="6" t="inlineStr">
         <is>
-          <t>5920687001</t>
+          <t>5923887201</t>
         </is>
       </c>
       <c r="I290" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J290" s="4" t="inlineStr">
         <is>
-          <t>с. Річки, Білопільський район, Сумська область</t>
+          <t>с. Руднєве, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K290" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 6</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L290" s="6" t="inlineStr">
         <is>
-          <t>UA59080210010053357</t>
+          <t>UA59020150380048160</t>
         </is>
       </c>
       <c r="M290" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Річки</t>
+          <t>Сумська обл., Конотопський р-н, с. Руднєве</t>
         </is>
       </c>
       <c r="N290" s="7"/>
       <c r="O290" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Річківської сільської ради</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P290" s="4" t="inlineStr">
         <is>
-          <t>(05443)9-41-07</t>
+          <t>(05442)54860</t>
         </is>
       </c>
       <c r="Q290" s="4"/>
       <c r="R290" s="4" t="inlineStr">
         <is>
-          <t>richkinvk15@gmail.com</t>
+          <t>schoolrud1@ukr.net</t>
         </is>
       </c>
       <c r="S290" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/richkinvk1</t>
+          <t>https://sites.google.com/site/rudnevonvk/</t>
         </is>
       </c>
       <c r="T290" s="4" t="inlineStr">
         <is>
-          <t>Директор Сайко Яна Михайлівна</t>
+          <t>Завідувач філією Комісаренко Тетяна Василівна</t>
         </is>
       </c>
       <c r="U290" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V290" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y290" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="4" t="inlineStr">
         <is>
-          <t>Рогинський заклад загальної середньої освіти І-ІІІ ступенів Роменської міської ради Сумської області</t>
+          <t>Рябушківський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B291" s="5" t="n">
-        <v>144167</v>
+        <v>143640</v>
       </c>
       <c r="C291" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Рогинський ЗЗСО</t>
+          <t>Рябушківський ЗЗСО І - ІІІ ступенів</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G291" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H291" s="6" t="inlineStr">
         <is>
-          <t>5924188501</t>
+          <t>5922988201</t>
         </is>
       </c>
       <c r="I291" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J291" s="4" t="inlineStr">
         <is>
-          <t>с. Рогинці, Роменський район, Сумська область</t>
+          <t>с. Рябушки, Лебединський район, Сумська область</t>
         </is>
       </c>
       <c r="K291" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Д. Бурлюка, 1</t>
         </is>
       </c>
       <c r="L291" s="6" t="inlineStr">
         <is>
-          <t>UA59060110630070735</t>
+          <t>UA59080110910074829</t>
         </is>
       </c>
       <c r="M291" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Рогинці</t>
+          <t>Сумська обл., Сумський р-н, с. Рябушки</t>
         </is>
       </c>
       <c r="N291" s="7"/>
       <c r="O291" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Роменської міської ради Сумської області</t>
+          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P291" s="4" t="inlineStr">
         <is>
-          <t>(097)0176503</t>
+          <t>(05445)37440</t>
         </is>
       </c>
       <c r="Q291" s="4"/>
       <c r="R291" s="4" t="inlineStr">
         <is>
-          <t>rogyntsishkola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S291" s="4"/>
+          <t>ryabyshckivskuynvk1966@gmail.com</t>
+        </is>
+      </c>
+      <c r="S291" s="4" t="inlineStr">
+        <is>
+          <t>http://ryabushky.lbd-osv.gov.ua/</t>
+        </is>
+      </c>
       <c r="T291" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Світлана Миколаївна</t>
+          <t>Директор Солоха Володимир Петрович</t>
         </is>
       </c>
       <c r="U291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V291" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y291" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="4" t="inlineStr">
         <is>
-          <t>Руднєвська філія Путивльського ліцею №2 ім. Г.Я. Базими Путивльської міської ради</t>
+          <t>Ряснянська філія Краснопільського ліцею №1 Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B292" s="5" t="n">
-        <v>143641</v>
+        <v>138079</v>
       </c>
       <c r="C292" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Руднєвська філія Путивльського ліцею №2 ім. Г. Я. Базими Путивльської міської ради</t>
+          <t>Ряснянська філія</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G292" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H292" s="6" t="inlineStr">
         <is>
-          <t>5923887201</t>
+          <t>5922385001</t>
         </is>
       </c>
       <c r="I292" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J292" s="4" t="inlineStr">
         <is>
-          <t>с. Руднєве, Путивльський район, Сумська область</t>
+          <t>с. Рясне, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K292" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Перемоги, 50</t>
         </is>
       </c>
       <c r="L292" s="6" t="inlineStr">
         <is>
-          <t>UA59020150380048160</t>
+          <t>UA59080090310021290</t>
         </is>
       </c>
       <c r="M292" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Руднєве</t>
+          <t>Сумська обл., Сумський р-н, с. Рясне</t>
         </is>
       </c>
       <c r="N292" s="7"/>
       <c r="O292" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P292" s="4" t="inlineStr">
         <is>
-          <t>(05442)54860</t>
+          <t>(05459)57232</t>
         </is>
       </c>
       <c r="Q292" s="4"/>
       <c r="R292" s="4" t="inlineStr">
         <is>
-          <t>schoolrud1@ukr.net</t>
+          <t>rjasnefilia@ukr.net</t>
         </is>
       </c>
       <c r="S292" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/rudnevonvk/</t>
+          <t>http://riasne-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T292" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Комісаренко Тетяна Василівна</t>
+          <t>Директор Прийма Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U292" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V292" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y292" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="4" t="inlineStr">
         <is>
-          <t>Рябушківський заклад загальної середньої освіти І-ІІІ ступенів Лебединської міської ради Сумської області</t>
+          <t>Садівський ліцей Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B293" s="5" t="n">
-        <v>143640</v>
+        <v>146479</v>
       </c>
       <c r="C293" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Рябушківський ЗЗСО І - ІІІ ступенів</t>
+          <t>Садівський ліцей</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G293" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H293" s="6" t="inlineStr">
         <is>
-          <t>5922988201</t>
+          <t>5924786801</t>
         </is>
       </c>
       <c r="I293" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J293" s="4" t="inlineStr">
         <is>
-          <t>с. Рябушки, Лебединський район, Сумська область</t>
+          <t>с-ще Сад, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K293" s="4" t="inlineStr">
         <is>
-          <t>вулиця Д. Бурлюка, 1</t>
+          <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L293" s="6" t="inlineStr">
         <is>
-          <t>UA59080110910074829</t>
+          <t>UA59080230010027541</t>
         </is>
       </c>
       <c r="M293" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Рябушки</t>
+          <t>Сумська обл., Сумський р-н, с. Сад</t>
         </is>
       </c>
       <c r="N293" s="7"/>
       <c r="O293" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
+          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P293" s="4" t="inlineStr">
         <is>
-          <t>(05445)37440</t>
+          <t>(0542)701257</t>
         </is>
       </c>
       <c r="Q293" s="4"/>
       <c r="R293" s="4" t="inlineStr">
         <is>
-          <t>ryabyshckivskuynvk1966@gmail.com</t>
+          <t>sadschool@i.ua</t>
         </is>
       </c>
       <c r="S293" s="4" t="inlineStr">
         <is>
-          <t>http://ryabushky.lbd-osv.gov.ua/</t>
+          <t>https://sites.google.com/view/sadzzso</t>
         </is>
       </c>
       <c r="T293" s="4" t="inlineStr">
         <is>
-          <t>Директор Солоха Володимир Петрович</t>
+          <t>Директор Тодосийчук Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U293" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V293" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y293" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="4" t="inlineStr">
         <is>
-          <t>Садівський ліцей Садівської сільської ради Сумського району Сумської області</t>
+          <t>Саївська гімназія Синівської сільської ради Сумської області</t>
         </is>
       </c>
       <c r="B294" s="5" t="n">
-        <v>146479</v>
+        <v>141320</v>
       </c>
       <c r="C294" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Садівський ліцей</t>
+          <t>Саївська гімназія</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G294" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H294" s="6" t="inlineStr">
         <is>
-          <t>5924786801</t>
+          <t>5923285601</t>
         </is>
       </c>
       <c r="I294" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J294" s="4" t="inlineStr">
         <is>
-          <t>с-ще Сад, Сумський район, Сумська область</t>
+          <t>с. Саї, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K294" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3</t>
+          <t>вулиця Шкільна, 20</t>
         </is>
       </c>
       <c r="L294" s="6" t="inlineStr">
         <is>
-          <t>UA59080230010027541</t>
+          <t>UA59060130250076433</t>
         </is>
       </c>
       <c r="M294" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Сад</t>
+          <t>Сумська обл., Роменський р-н, с. Саї</t>
         </is>
       </c>
       <c r="N294" s="7"/>
       <c r="O294" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
         </is>
       </c>
       <c r="P294" s="4" t="inlineStr">
         <is>
-          <t>(0542)701257</t>
+          <t>(068)0893473</t>
         </is>
       </c>
       <c r="Q294" s="4"/>
       <c r="R294" s="4" t="inlineStr">
         <is>
-          <t>sadschool@i.ua</t>
+          <t>24014975sayinvk@gmail.com</t>
         </is>
       </c>
       <c r="S294" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/sadzzso</t>
+          <t>http://sayischool.ucoz.ua</t>
         </is>
       </c>
       <c r="T294" s="4" t="inlineStr">
         <is>
-          <t>Директор Тодосийчук Вікторія Миколаївна</t>
+          <t>Директор Цюх Любов Миколаївна</t>
         </is>
       </c>
       <c r="U294" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V294" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y294" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="4" t="inlineStr">
         <is>
-          <t>Саївська гімназія Синівської сільської ради Сумської області</t>
+          <t>Самотоївський ліцей Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B295" s="5" t="n">
-        <v>141320</v>
+        <v>137215</v>
       </c>
       <c r="C295" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>Саївська гімназія</t>
+          <t>Самотоївський ліцей</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G295" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H295" s="6" t="inlineStr">
         <is>
-          <t>5923285601</t>
+          <t>5922385401</t>
         </is>
       </c>
       <c r="I295" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J295" s="4" t="inlineStr">
         <is>
-          <t>с. Саї, Липоводолинський район, Сумська область</t>
+          <t>с. Самотоївка, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K295" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 20</t>
+          <t>вулиця Макаренка, 41</t>
         </is>
       </c>
       <c r="L295" s="6" t="inlineStr">
         <is>
-          <t>UA59060130250076433</t>
+          <t>UA59080090320040978</t>
         </is>
       </c>
       <c r="M295" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Саї</t>
+          <t>Сумська обл., Сумський р-н, с. Самотоївка</t>
         </is>
       </c>
       <c r="N295" s="7"/>
       <c r="O295" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P295" s="4" t="inlineStr">
         <is>
-          <t>(068)0893473</t>
+          <t>(0542)57-66-40</t>
         </is>
       </c>
       <c r="Q295" s="4"/>
       <c r="R295" s="4" t="inlineStr">
         <is>
-          <t>24014975sayinvk@gmail.com</t>
+          <t>samotoivka@ukr.net</t>
         </is>
       </c>
       <c r="S295" s="4" t="inlineStr">
         <is>
-          <t>http://sayischool.ucoz.ua</t>
+          <t>samotoivka-zosh.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T295" s="4" t="inlineStr">
         <is>
-          <t>Директор Цюх Любов Миколаївна</t>
+          <t>Директор Дєдова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V295" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y295" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="4" t="inlineStr">
         <is>
-          <t>Самотоївський ліцей Краснопільської селищної ради</t>
+          <t>Свеська спеціалізована школа І-ІІІ ступенів №1 Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B296" s="5" t="n">
-        <v>137215</v>
+        <v>138432</v>
       </c>
       <c r="C296" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>Самотоївський ліцей</t>
+          <t>Свеська спеціалізована школа №1</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G296" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H296" s="6" t="inlineStr">
         <is>
-          <t>5922385401</t>
+          <t>5925655700</t>
         </is>
       </c>
       <c r="I296" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J296" s="4" t="inlineStr">
         <is>
-          <t>с. Самотоївка, Краснопільський район, Сумська область</t>
+          <t>смт Свеса, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K296" s="4" t="inlineStr">
         <is>
-          <t>вулиця Макаренка, 41</t>
+          <t>вулиця Грушевського, 25</t>
         </is>
       </c>
       <c r="L296" s="6" t="inlineStr">
         <is>
-          <t>UA59080090320040978</t>
+          <t>UA59100110010010275</t>
         </is>
       </c>
       <c r="M296" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Самотоївка</t>
+          <t>Сумська обл., Шосткинський р-н, с-ще Свеса</t>
         </is>
       </c>
       <c r="N296" s="7"/>
       <c r="O296" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Краснопільської селищної ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P296" s="4" t="inlineStr">
         <is>
-          <t>(0542)57-66-40</t>
+          <t>(05456)6-20-82</t>
         </is>
       </c>
       <c r="Q296" s="4"/>
       <c r="R296" s="4" t="inlineStr">
         <is>
-          <t>samotoivka@ukr.net</t>
+          <t>svesashckola.1@ukr.net</t>
         </is>
       </c>
       <c r="S296" s="4" t="inlineStr">
         <is>
-          <t>samotoivka-zosh.sumy.sch.in.ua</t>
+          <t>http://svesa-school1.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T296" s="4" t="inlineStr">
         <is>
-          <t>Директор Дєдова Наталія Вікторівна</t>
+          <t>Директор Ступак Любов Миколаївна</t>
         </is>
       </c>
       <c r="U296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V296" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y296" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="4" t="inlineStr">
         <is>
-          <t>Свеська спеціалізована школа І-ІІІ ступенів №1 Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Свеська спеціалізована школа І-ІІІ ступенів №2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B297" s="5" t="n">
-        <v>138432</v>
+        <v>138433</v>
       </c>
       <c r="C297" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Свеська спеціалізована школа №1</t>
+          <t>Свеська школа №2 ліцей</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G297" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H297" s="6" t="inlineStr">
         <is>
           <t>5925655700</t>
         </is>
       </c>
       <c r="I297" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J297" s="4" t="inlineStr">
         <is>
           <t>смт Свеса, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K297" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 25</t>
+          <t>вулиця Центральна, 8</t>
         </is>
       </c>
       <c r="L297" s="6" t="inlineStr">
         <is>
           <t>UA59100110010010275</t>
         </is>
       </c>
       <c r="M297" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Свеса</t>
         </is>
       </c>
       <c r="N297" s="7"/>
       <c r="O297" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="P297" s="4" t="inlineStr">
         <is>
-          <t>(05456)6-20-82</t>
+          <t>(05456)63547, (05456)63924</t>
         </is>
       </c>
       <c r="Q297" s="4"/>
       <c r="R297" s="4" t="inlineStr">
         <is>
-          <t>svesashckola.1@ukr.net</t>
+          <t>schoolsvessa2@ukr.net</t>
         </is>
       </c>
       <c r="S297" s="4" t="inlineStr">
         <is>
-          <t>http://svesa-school1.edukit.sumy.ua/</t>
+          <t>http://svesa-school2.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T297" s="4" t="inlineStr">
         <is>
-          <t>Директор Ступак Любов Миколаївна</t>
+          <t>Директор Мороко Інна Леонідівна</t>
         </is>
       </c>
       <c r="U297" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y297" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="4" t="inlineStr">
         <is>
-          <t>Свеська спеціалізована школа І-ІІІ ступенів №2 "ліцей" Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Северинівська гімназія Миколаївської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B298" s="5" t="n">
-        <v>138433</v>
+        <v>135658</v>
       </c>
       <c r="C298" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>Свеська школа №2 ліцей</t>
+          <t>Северинівська гімназія</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G298" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H298" s="6" t="inlineStr">
         <is>
-          <t>5925655700</t>
+          <t>5924786901</t>
         </is>
       </c>
       <c r="I298" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J298" s="4" t="inlineStr">
         <is>
-          <t>смт Свеса, Ямпільський район, Сумська область</t>
+          <t>с. Северинівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K298" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 8</t>
+          <t>вулиця Вишнева, 40</t>
         </is>
       </c>
       <c r="L298" s="6" t="inlineStr">
         <is>
-          <t>UA59100110010010275</t>
+          <t>UA59080150190040726</t>
         </is>
       </c>
       <c r="M298" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с-ще Свеса</t>
+          <t>Сумська обл., Сумський р-н, с. Северинівка</t>
         </is>
       </c>
       <c r="N298" s="7"/>
       <c r="O298" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Свеської селищної ради Шосткинського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
         </is>
       </c>
       <c r="P298" s="4" t="inlineStr">
         <is>
-          <t>(05456)63547, (05456)63924</t>
+          <t>(0542)693124</t>
         </is>
       </c>
       <c r="Q298" s="4"/>
       <c r="R298" s="4" t="inlineStr">
         <is>
-          <t>schoolsvessa2@ukr.net</t>
+          <t>severinschool@ukr.net</t>
         </is>
       </c>
       <c r="S298" s="4" t="inlineStr">
         <is>
-          <t>http://svesa-school2.sumy.sch.in.ua/</t>
+          <t>https://sites.google.com/site/severinivskazos40/home</t>
         </is>
       </c>
       <c r="T298" s="4" t="inlineStr">
         <is>
-          <t>Директор Мороко Інна Леонідівна</t>
+          <t>Директор Куценко Любов Федорівна</t>
         </is>
       </c>
       <c r="U298" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V298" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y298" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="4" t="inlineStr">
         <is>
-          <t>Северинівська гімназія Миколаївської сільської ради Сумського району Сумської області</t>
+          <t>Полянська філія Ліцею №3 Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B299" s="5" t="n">
-        <v>135658</v>
+        <v>141248</v>
       </c>
       <c r="C299" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>Северинівська гімназія</t>
+          <t>Полянська філія Ліцею №3 ТМР</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G299" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H299" s="6" t="inlineStr">
         <is>
-          <t>5924786901</t>
+          <t>5925087201</t>
         </is>
       </c>
       <c r="I299" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J299" s="4" t="inlineStr">
         <is>
-          <t>с. Северинівка, Сумський район, Сумська область</t>
+          <t>с. Семереньки, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K299" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 40</t>
+          <t>вулиця Героїв України, 61</t>
         </is>
       </c>
       <c r="L299" s="6" t="inlineStr">
         <is>
-          <t>UA59080150190040726</t>
+          <t>UA59040130310047671</t>
         </is>
       </c>
       <c r="M299" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Северинівка</t>
+          <t>Сумська обл., Охтирський р-н, с. Семереньки</t>
         </is>
       </c>
       <c r="N299" s="7"/>
       <c r="O299" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Миколаївської сільської ради Миколаївської територіальної громади</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P299" s="4" t="inlineStr">
         <is>
-          <t>(0542)693124</t>
+          <t>(05458)5-64-28, (05458)5-74-45</t>
         </is>
       </c>
       <c r="Q299" s="4"/>
       <c r="R299" s="4" t="inlineStr">
         <is>
-          <t>severinschool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>polyane-nvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S299" s="4"/>
       <c r="T299" s="4" t="inlineStr">
         <is>
-          <t>Директор Куценко Любов Федорівна</t>
+          <t>Завідувач філією Берьозкіна Людмила Юріївна</t>
         </is>
       </c>
       <c r="U299" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V299" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y299" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="4" t="inlineStr">
         <is>
-          <t>Полянська філія Ліцею №3 Тростянецької міської ради</t>
+          <t>Середино-Будський ліцей №1 Середино-Будської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B300" s="5" t="n">
-        <v>141248</v>
+        <v>143544</v>
       </c>
       <c r="C300" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>Полянська філія Ліцею №3 ТМР</t>
+          <t>Середино-Будський ліцей №1</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G300" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H300" s="6" t="inlineStr">
         <is>
-          <t>5925087201</t>
+          <t>5924410100</t>
         </is>
       </c>
       <c r="I300" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J300" s="4" t="inlineStr">
         <is>
-          <t>с. Семереньки, Тростянецький район, Сумська область</t>
+          <t>Середина-Буда, Середино-Будський район, Сумська область</t>
         </is>
       </c>
       <c r="K300" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв України, 61</t>
+          <t>вулиця Троїцька, 1</t>
         </is>
       </c>
       <c r="L300" s="6" t="inlineStr">
         <is>
-          <t>UA59040130310047671</t>
+          <t>UA59100130010040668</t>
         </is>
       </c>
       <c r="M300" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Семереньки</t>
+          <t>Сумська обл., Шосткинський р-н, м. Середина-Буда</t>
         </is>
       </c>
       <c r="N300" s="7"/>
       <c r="O300" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Управління освіти, культури, молоді, спорту та туризму Середино-Будської міської ради</t>
         </is>
       </c>
       <c r="P300" s="4" t="inlineStr">
         <is>
-          <t>(05458)5-64-28, (05458)5-74-45</t>
+          <t>(05451)7-13-76</t>
         </is>
       </c>
       <c r="Q300" s="4"/>
       <c r="R300" s="4" t="inlineStr">
         <is>
-          <t>polyane-nvk@ukr.net</t>
+          <t>seredinabudalicje1@gmail.com</t>
         </is>
       </c>
       <c r="S300" s="4"/>
       <c r="T300" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Берьозкіна Людмила Юріївна</t>
+          <t>Директор Поляниця Михайло Григорович</t>
         </is>
       </c>
       <c r="U300" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V300" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y300" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="4" t="inlineStr">
         <is>
-          <t>Середино-Будський ліцей №1 Середино-Будської міської ради Сумської області</t>
+          <t>Середино-Будський ліцей №2 Середино-Будської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B301" s="5" t="n">
-        <v>143544</v>
+        <v>143524</v>
       </c>
       <c r="C301" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
-          <t>Середино-Будський ліцей №1</t>
+          <t>Середино-Будський ліцей №2</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G301" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H301" s="6" t="inlineStr">
         <is>
           <t>5924410100</t>
         </is>
       </c>
       <c r="I301" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J301" s="4" t="inlineStr">
         <is>
           <t>Середина-Буда, Середино-Будський район, Сумська область</t>
         </is>
       </c>
       <c r="K301" s="4" t="inlineStr">
         <is>
-          <t>вулиця Троїцька, 1</t>
+          <t>вулиця Соборна, 44</t>
         </is>
       </c>
       <c r="L301" s="6" t="inlineStr">
         <is>
           <t>UA59100130010040668</t>
         </is>
       </c>
       <c r="M301" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, м. Середина-Буда</t>
         </is>
       </c>
       <c r="N301" s="7"/>
       <c r="O301" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді, спорту та туризму Середино-Будської міської ради</t>
         </is>
       </c>
       <c r="P301" s="4" t="inlineStr">
         <is>
-          <t>(05451)7-13-76</t>
+          <t>(05451)7-10-76</t>
         </is>
       </c>
       <c r="Q301" s="4"/>
       <c r="R301" s="4" t="inlineStr">
         <is>
-          <t>seredinabudalicje1@gmail.com</t>
+          <t>sb2zosh41000@gmail.com</t>
         </is>
       </c>
       <c r="S301" s="4"/>
       <c r="T301" s="4" t="inlineStr">
         <is>
-          <t>Директор Поляниця Михайло Григорович</t>
+          <t>Директор Логвинова Людмила Юріївна</t>
         </is>
       </c>
       <c r="U301" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y301" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="4" t="inlineStr">
         <is>
-          <t>Середино-Будський ліцей №2 Середино-Будської міської ради Сумської області</t>
+          <t>Синівський ліцей Синівської сільської ради Сумської області</t>
         </is>
       </c>
       <c r="B302" s="5" t="n">
-        <v>143524</v>
+        <v>139528</v>
       </c>
       <c r="C302" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>Середино-Будський ліцей №2</t>
+          <t>Синівський ліцей</t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G302" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H302" s="6" t="inlineStr">
         <is>
-          <t>5924410100</t>
+          <t>5923286801</t>
         </is>
       </c>
       <c r="I302" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J302" s="4" t="inlineStr">
         <is>
-          <t>Середина-Буда, Середино-Будський район, Сумська область</t>
+          <t>с. Синівка, Липоводолинський район, Сумська область</t>
         </is>
       </c>
       <c r="K302" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборна, 44</t>
+          <t>вулиця Миру, 11</t>
         </is>
       </c>
       <c r="L302" s="6" t="inlineStr">
         <is>
-          <t>UA59100130010040668</t>
+          <t>UA59060130010098530</t>
         </is>
       </c>
       <c r="M302" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, м. Середина-Буда</t>
+          <t>Сумська обл., Роменський р-н, с. Синівка</t>
         </is>
       </c>
       <c r="N302" s="7"/>
       <c r="O302" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді, спорту та туризму Середино-Будської міської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
         </is>
       </c>
       <c r="P302" s="4" t="inlineStr">
         <is>
-          <t>(05451)7-10-76</t>
+          <t>(05452)57411</t>
         </is>
       </c>
       <c r="Q302" s="4"/>
       <c r="R302" s="4" t="inlineStr">
         <is>
-          <t>sb2zosh41000@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S302" s="4"/>
+          <t>24015420@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S302" s="4" t="inlineStr">
+        <is>
+          <t>http://synivkazosh.at.ua/</t>
+        </is>
+      </c>
       <c r="T302" s="4" t="inlineStr">
         <is>
-          <t>Директор Логвинова Людмила Юріївна</t>
+          <t>Директор Кулибаба Андрій Петрович</t>
         </is>
       </c>
       <c r="U302" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V302" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y302" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="4" t="inlineStr">
         <is>
-          <t>Синівський ліцей Синівської сільської ради Сумської області</t>
+          <t>Славгородський ліцей Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="B303" s="5" t="n">
-        <v>139528</v>
+        <v>138078</v>
       </c>
       <c r="C303" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>Синівський ліцей</t>
+          <t>Славгородський ліцей</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G303" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H303" s="6" t="inlineStr">
         <is>
-          <t>5923286801</t>
+          <t>5922386401</t>
         </is>
       </c>
       <c r="I303" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J303" s="4" t="inlineStr">
         <is>
-          <t>с. Синівка, Липоводолинський район, Сумська область</t>
+          <t>с. Славгород, Краснопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K303" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 11</t>
+          <t>вулиця Базарська, 1</t>
         </is>
       </c>
       <c r="L303" s="6" t="inlineStr">
         <is>
-          <t>UA59060130010098530</t>
+          <t>UA59080090330034634</t>
         </is>
       </c>
       <c r="M303" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Синівка</t>
+          <t>Сумська обл., Сумський р-н, с. Славгород</t>
         </is>
       </c>
       <c r="N303" s="7"/>
       <c r="O303" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури та туризму Синівської сільської ради</t>
+          <t>Відділ освіти Краснопільської селищної ради</t>
         </is>
       </c>
       <c r="P303" s="4" t="inlineStr">
         <is>
-          <t>(05452)57411</t>
+          <t>(05459)76340</t>
         </is>
       </c>
       <c r="Q303" s="4"/>
       <c r="R303" s="4" t="inlineStr">
         <is>
-          <t>24015420@mail.gov.ua</t>
+          <t>slawgorod@ukr.net</t>
         </is>
       </c>
       <c r="S303" s="4" t="inlineStr">
         <is>
-          <t>http://synivkazosh.at.ua/</t>
+          <t>http://slavgorod-zosh.sumy.sch.in.ua</t>
         </is>
       </c>
       <c r="T303" s="4" t="inlineStr">
         <is>
-          <t>Директор Кулибаба Андрій Петрович</t>
+          <t>Директор Муквич Віра Іванівна</t>
         </is>
       </c>
       <c r="U303" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V303" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y303" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="4" t="inlineStr">
         <is>
-          <t>Славгородський ліцей Краснопільської селищної ради</t>
+          <t>Слобідський ліцей Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B304" s="5" t="n">
-        <v>138078</v>
+        <v>151366</v>
       </c>
       <c r="C304" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>Славгородський ліцей</t>
+          <t>Слобідський ліцей</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G304" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H304" s="6" t="inlineStr">
         <is>
-          <t>5922386401</t>
+          <t>5920986001</t>
         </is>
       </c>
       <c r="I304" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J304" s="4" t="inlineStr">
         <is>
-          <t>с. Славгород, Краснопільський район, Сумська область</t>
+          <t>с. Слобода, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K304" s="4" t="inlineStr">
         <is>
-          <t>вулиця Базарська, 1</t>
+          <t>вулиця Солдатенко, 4-А</t>
         </is>
       </c>
       <c r="L304" s="6" t="inlineStr">
         <is>
-          <t>UA59080090330034634</t>
+          <t>UA59020030340093138</t>
         </is>
       </c>
       <c r="M304" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Славгород</t>
+          <t>Сумська обл., Конотопський р-н, с. Слобода</t>
         </is>
       </c>
       <c r="N304" s="7"/>
       <c r="O304" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Краснопільської селищної ради</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P304" s="4" t="inlineStr">
         <is>
-          <t>(05459)76340</t>
+          <t>(05454)643-32</t>
         </is>
       </c>
       <c r="Q304" s="4"/>
       <c r="R304" s="4" t="inlineStr">
         <is>
-          <t>slawgorod@ukr.net</t>
+          <t>super-slobidskij.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S304" s="4" t="inlineStr">
         <is>
-          <t>http://slavgorod-zosh.sumy.sch.in.ua</t>
+          <t>http://sloboda-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T304" s="4" t="inlineStr">
         <is>
-          <t>Директор Муквич Віра Іванівна</t>
+          <t>Директор Гриценко Тамара Іванівна</t>
         </is>
       </c>
       <c r="U304" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V304" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y304" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="4" t="inlineStr">
         <is>
-          <t>Слобідський ліцей Буринської міської ради Сумської області</t>
+          <t>комунальний заклад Березівської сільської ради "Слоутський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Волошка"</t>
         </is>
       </c>
       <c r="B305" s="5" t="n">
-        <v>151366</v>
+        <v>135838</v>
       </c>
       <c r="C305" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>Слобідський ліцей</t>
+          <t>Слоутський НВК</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G305" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H305" s="6" t="inlineStr">
         <is>
-          <t>5920986001</t>
+          <t>5921586401</t>
         </is>
       </c>
       <c r="I305" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J305" s="4" t="inlineStr">
         <is>
-          <t>с. Слобода, Буринський район, Сумська область</t>
+          <t>с. Слоут, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K305" s="4" t="inlineStr">
         <is>
-          <t>вулиця Солдатенко, 4-А</t>
+          <t>вулиця Шкільна, 15</t>
         </is>
       </c>
       <c r="L305" s="6" t="inlineStr">
         <is>
-          <t>UA59020030340093138</t>
+          <t>UA59100010180097253</t>
         </is>
       </c>
       <c r="M305" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Слобода</t>
+          <t>Сумська обл., Шосткинський р-н, с. Слоут</t>
         </is>
       </c>
       <c r="N305" s="7"/>
       <c r="O305" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P305" s="4" t="inlineStr">
         <is>
-          <t>(05454)643-32</t>
+          <t>(054)44-6-64-33</t>
         </is>
       </c>
       <c r="Q305" s="4"/>
       <c r="R305" s="4" t="inlineStr">
         <is>
-          <t>super-slobidskij.nvk@ukr.net</t>
+          <t>slout_nvk@berezivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S305" s="4" t="inlineStr">
         <is>
-          <t>http://sloboda-nvk.sumy.sch.in.ua/</t>
+          <t>https://sloutnvk.wixsite.com/slout-nvk</t>
         </is>
       </c>
       <c r="T305" s="4" t="inlineStr">
         <is>
-          <t>Директор Гриценко Тамара Іванівна</t>
+          <t>Директор Лучко Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U305" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V305" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y305" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Березівської сільської ради "Слоутський навчально-виховний комплекс: загальноосвітня школа І-ІІІ ступенів, дошкільний навчальний заклад "Волошка"</t>
+          <t>Смілівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів імені Феодосія Сахна Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="B306" s="5" t="n">
-        <v>135838</v>
+        <v>144258</v>
       </c>
       <c r="C306" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
-          <t>Слоутський НВК</t>
+          <t>Смілівський ліцей - ЗЗСО імені Феодосія Сахна ХСР</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G306" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H306" s="6" t="inlineStr">
         <is>
-          <t>5921586401</t>
+          <t>5924188801</t>
         </is>
       </c>
       <c r="I306" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J306" s="4" t="inlineStr">
         <is>
-          <t>с. Слоут, Глухівський район, Сумська область</t>
+          <t>с. Сміле, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K306" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 15</t>
+          <t>вулиця Шкільна, 8</t>
         </is>
       </c>
       <c r="L306" s="6" t="inlineStr">
         <is>
-          <t>UA59100010180097253</t>
+          <t>UA59060150160015904</t>
         </is>
       </c>
       <c r="M306" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Слоут</t>
+          <t>Сумська обл., Роменський р-н, с. Сміле</t>
         </is>
       </c>
       <c r="N306" s="7"/>
       <c r="O306" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
         </is>
       </c>
       <c r="P306" s="4" t="inlineStr">
         <is>
-          <t>(054)44-6-64-33</t>
+          <t>(05448)91233</t>
         </is>
       </c>
       <c r="Q306" s="4"/>
       <c r="R306" s="4" t="inlineStr">
         <is>
-          <t>33141255@mail.gov.ua</t>
+          <t>school_smile@ukr.net</t>
         </is>
       </c>
       <c r="S306" s="4" t="inlineStr">
         <is>
-          <t>https://sloutnvk.wixsite.com/slout-nvk</t>
+          <t>smile-nvk.sumy.sch.in.ua/pro_shkolu</t>
         </is>
       </c>
       <c r="T306" s="4" t="inlineStr">
         <is>
-          <t>Директор Лучко Наталія Володимирівна</t>
+          <t>Директор Пономаренко Олександр Петрович</t>
         </is>
       </c>
       <c r="U306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V306" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y306" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="4" t="inlineStr">
         <is>
-          <t>Смілівський ліцей - заклад загальної середньої освіти І-ІІІ ступенів імені Феодосія Сахна Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Собицький навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B307" s="5" t="n">
-        <v>144258</v>
+        <v>138104</v>
       </c>
       <c r="C307" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>Смілівський ліцей - ЗЗСО імені Феодосія Сахна ХСР</t>
+          <t>Собицький НВК: ЗОШ І-ІІІ ст. - ЗДО</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G307" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H307" s="6" t="inlineStr">
         <is>
-          <t>5924188801</t>
+          <t>5925386601</t>
         </is>
       </c>
       <c r="I307" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J307" s="4" t="inlineStr">
         <is>
-          <t>с. Сміле, Роменський район, Сумська область</t>
+          <t>с. Собич, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K307" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 8</t>
+          <t>вулиця Лановська, 6</t>
         </is>
       </c>
       <c r="L307" s="6" t="inlineStr">
         <is>
-          <t>UA59060150160015904</t>
+          <t>UA59100170310052798</t>
         </is>
       </c>
       <c r="M307" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с. Сміле</t>
+          <t>Сумська обл., Шосткинський р-н, с. Собич</t>
         </is>
       </c>
       <c r="N307" s="7"/>
       <c r="O307" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Хмелівської сільської ради Роменського району Сумської області</t>
+          <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P307" s="4" t="inlineStr">
         <is>
-          <t>(05448)91233</t>
+          <t>(05449)34-4-34</t>
         </is>
       </c>
       <c r="Q307" s="4"/>
       <c r="R307" s="4" t="inlineStr">
         <is>
-          <t>school_smile@ukr.net</t>
+          <t>sobych.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S307" s="4" t="inlineStr">
         <is>
-          <t>smile-nvk.sumy.sch.in.ua/pro_shkolu</t>
+          <t>http://sobych-nvk.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T307" s="4" t="inlineStr">
         <is>
-          <t>Директор Пономаренко Олександр Петрович</t>
+          <t>В.о. директора Мечик Людмила Дмитрівна</t>
         </is>
       </c>
       <c r="U307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V307" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y307" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="4" t="inlineStr">
         <is>
-          <t>Собицький навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Собичівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B308" s="5" t="n">
-        <v>138104</v>
+        <v>138115</v>
       </c>
       <c r="C308" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Собицький НВК: ЗОШ І-ІІІ ст. - ЗДО</t>
+          <t>Собичівський НВК</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G308" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H308" s="6" t="inlineStr">
         <is>
-          <t>5925386601</t>
+          <t>5925386101</t>
         </is>
       </c>
       <c r="I308" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J308" s="4" t="inlineStr">
         <is>
-          <t>с. Собич, Шосткинський район, Сумська область</t>
+          <t>с. Собичеве, Шосткинський район, Сумська область</t>
         </is>
       </c>
       <c r="K308" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лановська, 6</t>
+          <t>вулиця Покровська, 1</t>
         </is>
       </c>
       <c r="L308" s="6" t="inlineStr">
         <is>
-          <t>UA59100170310052798</t>
+          <t>UA59100170320099772</t>
         </is>
       </c>
       <c r="M308" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Собич</t>
+          <t>Сумська обл., Шосткинський р-н, с. Собичеве</t>
         </is>
       </c>
       <c r="N308" s="7"/>
       <c r="O308" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шосткинської міської ради</t>
         </is>
       </c>
       <c r="P308" s="4" t="inlineStr">
         <is>
-          <t>(05449)34-4-34</t>
+          <t>(05449)32224</t>
         </is>
       </c>
       <c r="Q308" s="4"/>
       <c r="R308" s="4" t="inlineStr">
         <is>
-          <t>sobych.nvk@ukr.net</t>
+          <t>sobycheve.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S308" s="4" t="inlineStr">
         <is>
-          <t>http://sobych-nvk.edukit.sumy.ua/</t>
+          <t>http://sobycheve-school.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T308" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мечик Людмила Дмитрівна</t>
+          <t>В.о. директора Загородня Антоніна Олександрівна</t>
         </is>
       </c>
       <c r="U308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V308" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y308" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="4" t="inlineStr">
         <is>
-          <t>Собичівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів - заклад дошкільної освіти Шосткинської міської ради Сумської області</t>
+          <t>Солдатська філія Ліцею №3 Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B309" s="5" t="n">
-        <v>138115</v>
+        <v>150032</v>
       </c>
       <c r="C309" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>Собичівський НВК</t>
+          <t>Солдатська філія Ліцею №3 ТМР</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G309" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H309" s="6" t="inlineStr">
         <is>
-          <t>5925386101</t>
+          <t>5921284801</t>
         </is>
       </c>
       <c r="I309" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J309" s="4" t="inlineStr">
         <is>
-          <t>с. Собичеве, Шосткинський район, Сумська область</t>
+          <t>с. Солдатське, Великописарівський район, Сумська область</t>
         </is>
       </c>
       <c r="K309" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 1</t>
+          <t>вулиця Центральна, 14</t>
         </is>
       </c>
       <c r="L309" s="6" t="inlineStr">
         <is>
-          <t>UA59100170320099772</t>
+          <t>UA59040130330037571</t>
         </is>
       </c>
       <c r="M309" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Собичеве</t>
+          <t>Сумська обл., Охтирський р-н, с. Солдатське</t>
         </is>
       </c>
       <c r="N309" s="7"/>
       <c r="O309" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шосткинської міської ради</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P309" s="4" t="inlineStr">
         <is>
-          <t>(05449)32224</t>
+          <t>(05457)54642</t>
         </is>
       </c>
       <c r="Q309" s="4"/>
       <c r="R309" s="4" t="inlineStr">
         <is>
-          <t>sobycheve.nvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>soldatska-filiya@ukr.net</t>
+        </is>
+      </c>
+      <c r="S309" s="4"/>
       <c r="T309" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Загородня Антоніна Олександрівна</t>
+          <t>Завідувач філією Ганцева Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U309" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V309" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y309" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="4" t="inlineStr">
         <is>
-          <t>Солдатська філія Ліцею №3 Тростянецької міської ради</t>
+          <t>Сонячненський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B310" s="5" t="n">
-        <v>150032</v>
+        <v>141089</v>
       </c>
       <c r="C310" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
-          <t>Солдатська філія Ліцею №3 ТМР</t>
+          <t>Сонячненський ліцей</t>
         </is>
       </c>
       <c r="E310" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G310" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H310" s="6" t="inlineStr">
         <is>
-          <t>5921284801</t>
+          <t>5920387801</t>
         </is>
       </c>
       <c r="I310" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J310" s="4" t="inlineStr">
         <is>
-          <t>с. Солдатське, Великописарівський район, Сумська область</t>
+          <t>с. Сонячне, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K310" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 14</t>
+          <t>вулиця Ластович, 33</t>
         </is>
       </c>
       <c r="L310" s="6" t="inlineStr">
         <is>
-          <t>UA59040130330037571</t>
+          <t>UA59040150290090855</t>
         </is>
       </c>
       <c r="M310" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Солдатське</t>
+          <t>Сумська обл., Охтирський р-н, с. Сонячне</t>
         </is>
       </c>
       <c r="N310" s="7"/>
       <c r="O310" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
         </is>
       </c>
       <c r="P310" s="4" t="inlineStr">
         <is>
-          <t>(05457)54642</t>
+          <t>(05446)96286</t>
         </is>
       </c>
       <c r="Q310" s="4"/>
       <c r="R310" s="4" t="inlineStr">
         <is>
-          <t>soldatska-filiya@ukr.net</t>
+          <t>soln_sch@meta.ua</t>
         </is>
       </c>
       <c r="S310" s="4"/>
       <c r="T310" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Ганцева Світлана Михайлівна</t>
+          <t>В.о. директора Панченко Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U310" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V310" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y310" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="4" t="inlineStr">
         <is>
-          <t>Сонячненський ліцей Чернеччинської сільської ради Охтирського району Сумської області</t>
+          <t>Сопицька філія комунального закладу Есманьської селищної ради "Есманьська загальноосвітня школа І-ІІІ ступенів" Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B311" s="5" t="n">
-        <v>141089</v>
+        <v>136112</v>
       </c>
       <c r="C311" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
-          <t>Сонячненський ліцей</t>
+          <t>Сопицька філія</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G311" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H311" s="6" t="inlineStr">
         <is>
-          <t>5920387801</t>
+          <t>5921586801</t>
         </is>
       </c>
       <c r="I311" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J311" s="4" t="inlineStr">
         <is>
-          <t>с. Сонячне, Охтирський район, Сумська область</t>
+          <t>с. Сопич, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K311" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ластович, 33</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L311" s="6" t="inlineStr">
         <is>
-          <t>UA59040150290090855</t>
+          <t>UA59100070190030721</t>
         </is>
       </c>
       <c r="M311" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Сонячне</t>
+          <t>Сумська обл., Шосткинський р-н, с. Сопич</t>
         </is>
       </c>
       <c r="N311" s="7"/>
       <c r="O311" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Чернеччинської сільської ради охтирського району Сумської області</t>
+          <t>"Відділ освіти Есманьської селищної ради"</t>
         </is>
       </c>
       <c r="P311" s="4" t="inlineStr">
         <is>
-          <t>(05446)96286</t>
+          <t>(054)4469243</t>
         </is>
       </c>
       <c r="Q311" s="4"/>
       <c r="R311" s="4" t="inlineStr">
         <is>
-          <t>soln_sch@meta.ua</t>
-[...2 lines deleted...]
-      <c r="S311" s="4"/>
+          <t>sopichschool@i.ua</t>
+        </is>
+      </c>
+      <c r="S311" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/site/sopickijnvk/home</t>
+        </is>
+      </c>
       <c r="T311" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Панченко Ольга Олексіївна</t>
+          <t>Завідувач філією Бардаков Андрій Володимирович</t>
         </is>
       </c>
       <c r="U311" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V311" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y311" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="4" t="inlineStr">
         <is>
-          <t>Соснівський освітній комплекс "ліцей - заклад дошкільної освіти" імені Анатолія Шульги Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Соснівська філія Шалигинської опорної гімназії Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B312" s="5" t="n">
-        <v>137054</v>
+        <v>136562</v>
       </c>
       <c r="C312" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>Соснівський ОК "ліцей - ЗДО" імені Анатолія Шульги</t>
+          <t>Соснівська філія Шалигинської опорної гімназії</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G312" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H312" s="6" t="inlineStr">
         <is>
-          <t>5922087801</t>
+          <t>5921587101</t>
         </is>
       </c>
       <c r="I312" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J312" s="4" t="inlineStr">
         <is>
-          <t>с. Соснівка, Конотопський район, Сумська область</t>
+          <t>с. Соснівка, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K312" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Миру, 70</t>
         </is>
       </c>
       <c r="L312" s="6" t="inlineStr">
         <is>
-          <t>UA59020130300085990</t>
+          <t>UA59100150070019727</t>
         </is>
       </c>
       <c r="M312" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Соснівка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Соснівка</t>
         </is>
       </c>
       <c r="N312" s="7"/>
       <c r="O312" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
+          <t>Відділ освіти, молоді та спорту Шалигинської селищної ради</t>
         </is>
       </c>
       <c r="P312" s="4" t="inlineStr">
         <is>
-          <t>(098)0393199</t>
+          <t>(050)5905687</t>
         </is>
       </c>
       <c r="Q312" s="4"/>
       <c r="R312" s="4" t="inlineStr">
         <is>
-          <t>nwksosnivka@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S312" s="4"/>
+          <t>33141119@mail.gov.ua</t>
+        </is>
+      </c>
+      <c r="S312" s="4" t="inlineStr">
+        <is>
+          <t>https://sosnivka.io.ua/</t>
+        </is>
+      </c>
       <c r="T312" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гудименко Тетяна Вікторівна</t>
+          <t>Директор Лошкарьова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U312" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V312" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y312" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="4" t="inlineStr">
         <is>
-          <t>Сосонська філія Ліцею імені Б.Д. Антоненка-Давидовича Охтирської міської ради Сумської області</t>
+          <t>Соснівський освітній комплекс "ліцей - заклад дошкільної освіти" імені Анатолія Шульги Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="B313" s="5" t="n">
-        <v>142133</v>
+        <v>137054</v>
       </c>
       <c r="C313" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>Сосонська філія Ліцею імені Б.Д. Антоненка-Давидовича</t>
+          <t>Соснівський ОК "ліцей - ЗДО" імені Анатолія Шульги</t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G313" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H313" s="6" t="inlineStr">
         <is>
-          <t>5920388006</t>
+          <t>5922087801</t>
         </is>
       </c>
       <c r="I313" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J313" s="4" t="inlineStr">
         <is>
-          <t>с. Сосонка, Охтирський район, Сумська область</t>
+          <t>с. Соснівка, Конотопський район, Сумська область</t>
         </is>
       </c>
       <c r="K313" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 3</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L313" s="6" t="inlineStr">
         <is>
-          <t>UA59040110100074705</t>
+          <t>UA59020130300085990</t>
         </is>
       </c>
       <c r="M313" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Сосонка</t>
+          <t>Сумська обл., Конотопський р-н, с. Соснівка</t>
         </is>
       </c>
       <c r="N313" s="7"/>
       <c r="O313" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Охтирської міської ради</t>
+          <t>Відділ освіти Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
       <c r="P313" s="4" t="inlineStr">
         <is>
-          <t>(050)8248422</t>
+          <t>(098)0393199</t>
         </is>
       </c>
       <c r="Q313" s="4"/>
       <c r="R313" s="4" t="inlineStr">
         <is>
-          <t>sosonka-school@ukr.net</t>
+          <t>nwksosnivka@gmail.com</t>
         </is>
       </c>
       <c r="S313" s="4"/>
       <c r="T313" s="4" t="inlineStr">
         <is>
-          <t>Керівник Лучко Ольга Михайлівна</t>
+          <t>В.о. директора Гудименко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U313" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V313" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y313" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="4" t="inlineStr">
         <is>
-          <t>Станівська філія Ліцею №1 Тростянецької міської ради</t>
+          <t>Сосонська філія Ліцею імені Б.Д. Антоненка-Давидовича Охтирської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B314" s="5" t="n">
-        <v>141250</v>
+        <v>142133</v>
       </c>
       <c r="C314" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Станівська філія Ліцею №1 ТМР</t>
+          <t>Сосонська філія Ліцею імені Б.Д. Антоненка-Давидовича</t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G314" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H314" s="6" t="inlineStr">
         <is>
-          <t>5925087801</t>
+          <t>5920388006</t>
         </is>
       </c>
       <c r="I314" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J314" s="4" t="inlineStr">
         <is>
-          <t>с. Станова, Тростянецький район, Сумська область</t>
+          <t>с. Сосонка, Охтирський район, Сумська область</t>
         </is>
       </c>
       <c r="K314" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Миру, 3</t>
         </is>
       </c>
       <c r="L314" s="6" t="inlineStr">
         <is>
-          <t>UA59040130340014777</t>
+          <t>UA59040110100074705</t>
         </is>
       </c>
       <c r="M314" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Охтирський р-н, с. Станова</t>
+          <t>Сумська обл., Охтирський р-н, с. Сосонка</t>
         </is>
       </c>
       <c r="N314" s="7"/>
       <c r="O314" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Тростянецької міської ради</t>
+          <t>Відділ освіти Охтирської міської ради</t>
         </is>
       </c>
       <c r="P314" s="4" t="inlineStr">
         <is>
-          <t>(05458)51828</t>
+          <t>(050)8248422</t>
         </is>
       </c>
       <c r="Q314" s="4"/>
       <c r="R314" s="4" t="inlineStr">
         <is>
-          <t>stanova-school@ukr.net</t>
+          <t>sosonka-school@ukr.net</t>
         </is>
       </c>
       <c r="S314" s="4"/>
       <c r="T314" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Овчаренко Валентина Володимирівна</t>
+          <t>Керівник Лучко Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U314" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V314" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y314" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="4" t="inlineStr">
         <is>
-          <t>Старосільський ліцей Нижньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Станівська філія Ліцею №1 Тростянецької міської ради</t>
         </is>
       </c>
       <c r="B315" s="5" t="n">
-        <v>135977</v>
+        <v>141250</v>
       </c>
       <c r="C315" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>Старосільський ліцей</t>
+          <t>Станівська філія Ліцею №1 ТМР</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G315" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H315" s="6" t="inlineStr">
         <is>
-          <t>5924788701</t>
+          <t>5925087801</t>
         </is>
       </c>
       <c r="I315" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J315" s="4" t="inlineStr">
         <is>
-          <t>с. Старе Село, Сумський район, Сумська область</t>
+          <t>с. Станова, Тростянецький район, Сумська область</t>
         </is>
       </c>
       <c r="K315" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 1б</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L315" s="6" t="inlineStr">
         <is>
-          <t>UA59080190050096368</t>
+          <t>UA59040130340014777</t>
         </is>
       </c>
       <c r="M315" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Старе Село</t>
+          <t>Сумська обл., Охтирський р-н, с. Станова</t>
         </is>
       </c>
       <c r="N315" s="7"/>
       <c r="O315" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Нижньосироватської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти Тростянецької міської ради</t>
         </is>
       </c>
       <c r="P315" s="4" t="inlineStr">
         <is>
-          <t>(0542)696392</t>
+          <t>(05458)51828</t>
         </is>
       </c>
       <c r="Q315" s="4"/>
       <c r="R315" s="4" t="inlineStr">
         <is>
-          <t>chervoneshkola@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>stanova-school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S315" s="4"/>
       <c r="T315" s="4" t="inlineStr">
         <is>
-          <t>Директор Іщенко Сергій Іванович</t>
+          <t>Завідувач філією Овчаренко Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U315" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V315" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y315" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="4" t="inlineStr">
         <is>
-          <t>Степанівська філія Степанівського ліцею Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Старосільський ліцей Нижньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B316" s="5" t="n">
-        <v>147941</v>
+        <v>135977</v>
       </c>
       <c r="C316" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Степанівська філія Степанівського ліцею</t>
+          <t>Старосільський ліцей</t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G316" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H316" s="6" t="inlineStr">
         <is>
-          <t>5924755800</t>
+          <t>5924788701</t>
         </is>
       </c>
       <c r="I316" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J316" s="4" t="inlineStr">
         <is>
-          <t>смт Степанівка, Сумський район, Сумська область</t>
+          <t>с. Старе Село, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K316" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Набережна, 1б</t>
         </is>
       </c>
       <c r="L316" s="6" t="inlineStr">
         <is>
-          <t>UA59080250010051865</t>
+          <t>UA59080190050096368</t>
         </is>
       </c>
       <c r="M316" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с-ще Степанівка</t>
+          <t>Сумська обл., Сумський р-н, с. Старе Село</t>
         </is>
       </c>
       <c r="N316" s="7"/>
       <c r="O316" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Нижньосироватської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P316" s="4" t="inlineStr">
         <is>
-          <t>(066)3480587</t>
+          <t>(0542)696392</t>
         </is>
       </c>
       <c r="Q316" s="4"/>
       <c r="R316" s="4" t="inlineStr">
         <is>
-          <t>stepanivka2@gmail.com</t>
+          <t>chervoneshkola@gmail.com</t>
         </is>
       </c>
       <c r="S316" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/stepanivs567/</t>
+          <t>http://chervone-school.com.ua</t>
         </is>
       </c>
       <c r="T316" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Дяденко Наталія Іванівна</t>
+          <t>Директор Іщенко Сергій Іванович</t>
         </is>
       </c>
       <c r="U316" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V316" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y316" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="4" t="inlineStr">
         <is>
-          <t>Степанівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
+          <t>Степанівська філія Степанівського ліцею Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B317" s="5" t="n">
-        <v>144949</v>
+        <v>147941</v>
       </c>
       <c r="C317" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>Степанівський ліцей</t>
+          <t>Степанівська філія Степанівського ліцею</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G317" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H317" s="6" t="inlineStr">
         <is>
           <t>5924755800</t>
         </is>
       </c>
       <c r="I317" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J317" s="4" t="inlineStr">
         <is>
           <t>смт Степанівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K317" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 70</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L317" s="6" t="inlineStr">
         <is>
           <t>UA59080250010051865</t>
         </is>
       </c>
       <c r="M317" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с-ще Степанівка</t>
         </is>
       </c>
       <c r="N317" s="7"/>
       <c r="O317" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P317" s="4" t="inlineStr">
         <is>
-          <t>(0542)699-087</t>
+          <t>(066)3480587</t>
         </is>
       </c>
       <c r="Q317" s="4"/>
       <c r="R317" s="4" t="inlineStr">
         <is>
-          <t>stepzosh88@ukr.net</t>
+          <t>stepanivka2@gmail.com</t>
         </is>
       </c>
       <c r="S317" s="4" t="inlineStr">
         <is>
-          <t>https://step.school.org.ua/</t>
+          <t>https://sites.google.com/site/stepanivs567/</t>
         </is>
       </c>
       <c r="T317" s="4" t="inlineStr">
         <is>
-          <t>Директор Бузовська Наталія Миколаївна</t>
+          <t>Завідувач філією Дяденко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U317" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y317" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="4" t="inlineStr">
         <is>
-          <t>Філія "Степанівська гімназія з дошкільним підрозділом" Буринського міського ліцею №1 імені В.М.Кравченка Буринської міської ради Сумської області</t>
+          <t>Степанівський ліцей Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B318" s="5" t="n">
-        <v>151150</v>
+        <v>144949</v>
       </c>
       <c r="C318" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>Філія "Степанівська гімназія з дошкільним підрозділом"</t>
+          <t>Степанівський ліцей</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G318" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H318" s="6" t="inlineStr">
         <is>
-          <t>5920986801</t>
+          <t>5924755800</t>
         </is>
       </c>
       <c r="I318" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J318" s="4" t="inlineStr">
         <is>
-          <t>с. Степанівка, Буринський район, Сумська область</t>
+          <t>смт Степанівка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K318" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 35</t>
+          <t>вулиця Центральна, 70</t>
         </is>
       </c>
       <c r="L318" s="6" t="inlineStr">
         <is>
-          <t>UA59020030360079787</t>
+          <t>UA59080250010051865</t>
         </is>
       </c>
       <c r="M318" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Степанівка</t>
+          <t>Сумська обл., Сумський р-н, с-ще Степанівка</t>
         </is>
       </c>
       <c r="N318" s="7"/>
       <c r="O318" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
+          <t>Управління освіти, культури, молоді та спорту Степанівської селищної ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P318" s="4" t="inlineStr">
         <is>
-          <t>(05454)666-23</t>
+          <t>(0542)699-087</t>
         </is>
       </c>
       <c r="Q318" s="4"/>
       <c r="R318" s="4" t="inlineStr">
         <is>
-          <t>stepanowskiynwk@ukr.net</t>
+          <t>stepzosh88@ukr.net</t>
         </is>
       </c>
       <c r="S318" s="4" t="inlineStr">
         <is>
-          <t>http://stepanivka-nvk.sumy.sch.in.ua/</t>
+          <t>https://step.school.org.ua/</t>
         </is>
       </c>
       <c r="T318" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Стасюк Світлана Петрівна</t>
+          <t>Директор Бузовська Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U318" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V318" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y318" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="4" t="inlineStr">
         <is>
-          <t>Степненська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
+          <t>Філія "Степанівська гімназія з дошкільним підрозділом" Буринського міського ліцею №1 імені В.М.Кравченка Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B319" s="5" t="n">
-        <v>136814</v>
+        <v>151150</v>
       </c>
       <c r="C319" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>Степненська філія Ямпільського ліцею № 2</t>
+          <t>Філія "Степанівська гімназія з дошкільним підрозділом"</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G319" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H319" s="6" t="inlineStr">
         <is>
-          <t>5925683701</t>
+          <t>5920986801</t>
         </is>
       </c>
       <c r="I319" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J319" s="4" t="inlineStr">
         <is>
-          <t>с. Степне, Ямпільський район, Сумська область</t>
+          <t>с. Степанівка, Буринський район, Сумська область</t>
         </is>
       </c>
       <c r="K319" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Центральна, 35</t>
         </is>
       </c>
       <c r="L319" s="6" t="inlineStr">
         <is>
-          <t>UA59100190250086066</t>
+          <t>UA59020030360079787</t>
         </is>
       </c>
       <c r="M319" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Шосткинський р-н, с. Степне</t>
+          <t>Сумська обл., Конотопський р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N319" s="7"/>
       <c r="O319" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Управління освіти, молоді, спорту, культури та туризму Буринської міської ради</t>
         </is>
       </c>
       <c r="P319" s="4" t="inlineStr">
         <is>
-          <t>(05456)54238</t>
+          <t>(05454)666-23</t>
         </is>
       </c>
       <c r="Q319" s="4"/>
       <c r="R319" s="4" t="inlineStr">
         <is>
-          <t>stepne_nvk@i.ua</t>
+          <t>stepanowskiynwk@ukr.net</t>
         </is>
       </c>
       <c r="S319" s="4" t="inlineStr">
         <is>
-          <t>http://stepne-nvk.edukit.sumy.ua/</t>
+          <t>http://stepanivka-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T319" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Шило Валентина Миколаївна</t>
+          <t>Завідувач філією Стасюк Світлана Петрівна</t>
         </is>
       </c>
       <c r="U319" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V319" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y319" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="4" t="inlineStr">
         <is>
-          <t>Стецьківський заклад загальної середньої освіти I-III ступенів Сумської міської ради</t>
+          <t>Степненська філія Ямпільського ліцею № 2 Ямпільської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B320" s="5" t="n">
-        <v>144387</v>
+        <v>136814</v>
       </c>
       <c r="C320" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>Стецьківський ЗЗСО</t>
+          <t>Степненська філія Ямпільського ліцею № 2</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G320" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H320" s="6" t="inlineStr">
         <is>
-          <t>5924787101</t>
+          <t>5925683701</t>
         </is>
       </c>
       <c r="I320" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J320" s="4" t="inlineStr">
         <is>
-          <t>с. Стецьківка, Сумський район, Сумська область</t>
+          <t>с. Степне, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K320" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L320" s="6" t="inlineStr">
         <is>
-          <t>UA59080270180098481</t>
+          <t>UA59100190250086066</t>
         </is>
       </c>
       <c r="M320" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Стецьківка</t>
+          <t>Сумська обл., Шосткинський р-н, с. Степне</t>
         </is>
       </c>
       <c r="N320" s="7"/>
       <c r="O320" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Сумської міської ради</t>
+          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P320" s="4" t="inlineStr">
         <is>
-          <t>(0542)693746</t>
+          <t>(05456)54238</t>
         </is>
       </c>
       <c r="Q320" s="4"/>
       <c r="R320" s="4" t="inlineStr">
         <is>
-          <t>steckivska.shkola@gmail.com</t>
+          <t>stepne_nvk@i.ua</t>
         </is>
       </c>
       <c r="S320" s="4" t="inlineStr">
         <is>
-          <t>http://stetskivka-zzso.sumy.sch.in.ua/</t>
+          <t>http://stepne-nvk.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T320" s="4" t="inlineStr">
         <is>
-          <t>Директор Папушенко Тетяна Олександрівна</t>
+          <t>Завідувач філією Шило Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U320" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V320" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y320" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="4" t="inlineStr">
         <is>
-          <t>Стрільниківська гімназія Путивльської міської ради</t>
+          <t>Стецьківський заклад загальної середньої освіти I-III ступенів Сумської міської ради</t>
         </is>
       </c>
       <c r="B321" s="5" t="n">
-        <v>142641</v>
+        <v>144387</v>
       </c>
       <c r="C321" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>Стрільниківська гімназія</t>
+          <t>Стецьківський ЗЗСО</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G321" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H321" s="6" t="inlineStr">
         <is>
-          <t>5923887701</t>
+          <t>5924787101</t>
         </is>
       </c>
       <c r="I321" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J321" s="4" t="inlineStr">
         <is>
-          <t>с. Стрільники, Путивльський район, Сумська область</t>
+          <t>с. Стецьківка, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K321" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 50</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L321" s="6" t="inlineStr">
         <is>
-          <t>UA59020150460066770</t>
+          <t>UA59080270180098481</t>
         </is>
       </c>
       <c r="M321" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Конотопський р-н, с. Стрільники</t>
+          <t>Сумська обл., Сумський р-н, с. Стецьківка</t>
         </is>
       </c>
       <c r="N321" s="7"/>
       <c r="O321" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
+          <t>Управління освіти і науки Сумської міської ради</t>
         </is>
       </c>
       <c r="P321" s="4" t="inlineStr">
         <is>
-          <t>(05442)6-35-31</t>
+          <t>(0542)693746</t>
         </is>
       </c>
       <c r="Q321" s="4"/>
       <c r="R321" s="4" t="inlineStr">
         <is>
-          <t>rudaya76@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S321" s="4"/>
+          <t>steckivska.shkola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S321" s="4" t="inlineStr">
+        <is>
+          <t>http://stetskivka-zzso.sumy.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T321" s="4" t="inlineStr">
         <is>
-          <t> Руда Ольга Валентинівна</t>
+          <t>Директор Папушенко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U321" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V321" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y321" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="4" t="inlineStr">
         <is>
-          <t>Сульський ліцей Садівської сільської ради Сумського району Сумської області</t>
+          <t>Стрільниківська гімназія Путивльської міської ради</t>
         </is>
       </c>
       <c r="B322" s="5" t="n">
-        <v>146725</v>
+        <v>142641</v>
       </c>
       <c r="C322" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>Сульський ліцей</t>
+          <t>Стрільниківська гімназія</t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G322" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H322" s="6" t="inlineStr">
         <is>
-          <t>5924787301</t>
+          <t>5923887701</t>
         </is>
       </c>
       <c r="I322" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J322" s="4" t="inlineStr">
         <is>
-          <t>с. Сула, Сумський район, Сумська область</t>
+          <t>с. Стрільники, Путивльський район, Сумська область</t>
         </is>
       </c>
       <c r="K322" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1-А</t>
+          <t>вулиця Центральна, 50</t>
         </is>
       </c>
       <c r="L322" s="6" t="inlineStr">
         <is>
-          <t>UA59080230260054523</t>
+          <t>UA59020150460066770</t>
         </is>
       </c>
       <c r="M322" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Сумський р-н, с. Сула</t>
+          <t>Сумська обл., Конотопський р-н, с. Стрільники</t>
         </is>
       </c>
       <c r="N322" s="7"/>
       <c r="O322" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
+          <t>Відділ освіти виконавчого комітету Путивльської міської ради</t>
         </is>
       </c>
       <c r="P322" s="4" t="inlineStr">
         <is>
-          <t>(0542)690924</t>
+          <t>(05442)6-35-31</t>
         </is>
       </c>
       <c r="Q322" s="4"/>
       <c r="R322" s="4" t="inlineStr">
         <is>
-          <t>syla--@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rudaya76@ukr.net</t>
+        </is>
+      </c>
+      <c r="S322" s="4"/>
       <c r="T322" s="4" t="inlineStr">
         <is>
-          <t>Директор Халайджі Віктор Петрович</t>
+          <t> Руда Ольга Валентинівна</t>
         </is>
       </c>
       <c r="U322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V322" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y322" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="4" t="inlineStr">
         <is>
-          <t>Сухогруньська гімназія Липоводолинської селищної ради Сумської області</t>
+          <t>Сульський ліцей Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="B323" s="5" t="n">
-        <v>139820</v>
+        <v>146725</v>
       </c>
       <c r="C323" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D323" s="4" t="inlineStr">
         <is>
-          <t>Сухогруньська гімназія</t>
+          <t>Сульський ліцей</t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G323" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H323" s="6" t="inlineStr">
         <is>
-          <t>5923281701</t>
+          <t>5924787301</t>
         </is>
       </c>
       <c r="I323" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J323" s="4" t="inlineStr">
         <is>
-          <t>с-ще Суха Грунь, Липоводолинський район, Сумська область</t>
+          <t>с. Сула, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K323" s="4" t="inlineStr">
         <is>
-          <t>вулиця Московська, 23</t>
+          <t>вулиця Шкільна, 1-А</t>
         </is>
       </c>
       <c r="L323" s="6" t="inlineStr">
         <is>
-          <t>UA59060070400078785</t>
+          <t>UA59080230260054523</t>
         </is>
       </c>
       <c r="M323" s="4" t="inlineStr">
         <is>
-          <t>Сумська обл., Роменський р-н, с-ще Суха Грунь</t>
+          <t>Сумська обл., Сумський р-н, с. Сула</t>
         </is>
       </c>
       <c r="N323" s="7"/>
       <c r="O323" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Липоводолинської селищної ради</t>
+          <t>Управління освіти, культури, молоді та спорту Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P323" s="4" t="inlineStr">
         <is>
-          <t>(097)9754098</t>
+          <t>(0542)690924</t>
         </is>
       </c>
       <c r="Q323" s="4"/>
       <c r="R323" s="4" t="inlineStr">
         <is>
-          <t>24014892@mail.gov.ua</t>
+          <t>syla--@ukr.net</t>
         </is>
       </c>
       <c r="S323" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kalininskazos</t>
+          <t>https://sites.google.com/view/s16/1</t>
         </is>
       </c>
       <c r="T323" s="4" t="inlineStr">
         <is>
-          <t>Директор Грабина Олена Василівна</t>
+          <t>Директор Халайджі Віктор Петрович</t>
         </is>
       </c>
       <c r="U323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V323" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y323" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="4" t="inlineStr">
         <is>
           <t>Суховерхівська загальноосвітня школа I-II ступенів Буринської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B324" s="5" t="n">
         <v>149857</v>
       </c>
       <c r="C324" s="6" t="inlineStr">
         <is>
@@ -36430,74 +36438,74 @@
       <c r="U324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V324" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y324" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Есманьської селищної ради "Суходільський навчально-виховний комплекс: загальноосвітня школа I-III ступенів, дошкільний навчальний заклад "Золотий ключик" Шосткинського району Сумської області</t>
+          <t>Суходільська філія комунального закладу Есманьської селищної ради "Есманьська загальноосвітня школа І-ІІІ ступенів" Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B325" s="5" t="n">
         <v>136195</v>
       </c>
       <c r="C325" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>Суходільський НВК</t>
+          <t>Суходільська філія</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G325" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H325" s="6" t="inlineStr">
         <is>
           <t>5921587901</t>
         </is>
       </c>
       <c r="I325" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J325" s="4" t="inlineStr">
         <is>
           <t>с. Суходіл, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K325" s="4" t="inlineStr">
         <is>
           <t>вулиця Нова, 46</t>
@@ -36515,79 +36523,79 @@
       </c>
       <c r="N325" s="7"/>
       <c r="O325" s="4" t="inlineStr">
         <is>
           <t>"Відділ освіти Есманьської селищної ради"</t>
         </is>
       </c>
       <c r="P325" s="4" t="inlineStr">
         <is>
           <t>(054)4467237</t>
         </is>
       </c>
       <c r="Q325" s="4"/>
       <c r="R325" s="4" t="inlineStr">
         <is>
           <t>suhodol2011@meta.ua</t>
         </is>
       </c>
       <c r="S325" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/suhodilskijnvklife/</t>
         </is>
       </c>
       <c r="T325" s="4" t="inlineStr">
         <is>
-          <t>Директор Ащаулова Надія Іванівна</t>
+          <t>Завідувач філією Гейко Олена Федорівна</t>
         </is>
       </c>
       <c r="U325" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V325" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y325" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="4" t="inlineStr">
         <is>
-          <t>Тарасівська філія Ямненського закладу загальної середньої освіти імені І.М. Середи Великописарівської селищної ради Сумської області</t>
+          <t>Тарасівська філія Ямненського закладу загальної середньої освіти імені І.О.Мусієнка Великописарівської селищної ради Сумської області</t>
         </is>
       </c>
       <c r="B326" s="5" t="n">
         <v>149548</v>
       </c>
       <c r="C326" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D326" s="4" t="inlineStr">
         <is>
           <t>Тарасівська філія</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -38109,74 +38117,74 @@
       <c r="U339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y339" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад Есманьської селищної ради "Уланівський навчально-виховний комплекс: загальноосвітня школа I-III ступенів, дошкільний навчальний заклад "Джерельце" Шосткинського району Сумської області</t>
+          <t>Уланівська філія комунального закладу Есманьської селищної ради "Есманьська загальноосвітня школа І-ІІІ ступенів" Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B340" s="5" t="n">
         <v>136173</v>
       </c>
       <c r="C340" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D340" s="4" t="inlineStr">
         <is>
-          <t>Уланівський НВК</t>
+          <t>Уланівська філія</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G340" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H340" s="6" t="inlineStr">
         <is>
           <t>5921588601</t>
         </is>
       </c>
       <c r="I340" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J340" s="4" t="inlineStr">
         <is>
           <t>с. Уланове, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K340" s="4" t="inlineStr">
         <is>
           <t>вулиця Успенська, 42</t>
@@ -38194,56 +38202,56 @@
       </c>
       <c r="N340" s="7"/>
       <c r="O340" s="4" t="inlineStr">
         <is>
           <t>"Відділ освіти Есманьської селищної ради"</t>
         </is>
       </c>
       <c r="P340" s="4" t="inlineStr">
         <is>
           <t>(054)4464235</t>
         </is>
       </c>
       <c r="Q340" s="4"/>
       <c r="R340" s="4" t="inlineStr">
         <is>
           <t>ulanove777@ukr.net</t>
         </is>
       </c>
       <c r="S340" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/ulanivskijnvk/</t>
         </is>
       </c>
       <c r="T340" s="4" t="inlineStr">
         <is>
-          <t>Директор Мінакова Тетяна Василівна</t>
+          <t>Завідувач філією Мінакова Тетяна Василівна</t>
         </is>
       </c>
       <c r="U340" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V340" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y340" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД СУМСЬКОЇ ОБЛАСНОЇ РАДИ "УЛЯНІВСЬКА СПЕЦІАЛЬНА ШКОЛА"</t>
         </is>
       </c>
@@ -40282,51 +40290,51 @@
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G359" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H359" s="6" t="inlineStr">
         <is>
           <t>5921555800</t>
         </is>
       </c>
       <c r="I359" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J359" s="4" t="inlineStr">
         <is>
           <t>смт Шалигине, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K359" s="4" t="inlineStr">
         <is>
-          <t>вулиця Червона, 4</t>
+          <t>вулиця Калинова, 4</t>
         </is>
       </c>
       <c r="L359" s="6" t="inlineStr">
         <is>
           <t>UA59100150010020034</t>
         </is>
       </c>
       <c r="M359" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Шалигине</t>
         </is>
       </c>
       <c r="N359" s="7"/>
       <c r="O359" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P359" s="4" t="inlineStr">
         <is>
           <t>(0544)469454</t>
         </is>
       </c>
       <c r="Q359" s="4"/>
       <c r="R359" s="4" t="inlineStr">
@@ -40343,74 +40351,74 @@
       <c r="U359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y359" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="4" t="inlineStr">
         <is>
-          <t>"Опорний заклад освіти Шалигинської селищної ради "Шалигинська загальноосвітня школа І-ІІІ ступенів" Шосткинського району Сумської області"</t>
+          <t>Шалигинська опорна гімназія Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B360" s="5" t="n">
         <v>150197</v>
       </c>
       <c r="C360" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>ОЗО Шалигинської селищної ради "Шалигинська ЗОШ І-ІІІ ступенів"</t>
+          <t>Шалигинська опорна гімназія</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G360" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H360" s="6" t="inlineStr">
         <is>
           <t>5921555800</t>
         </is>
       </c>
       <c r="I360" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J360" s="4" t="inlineStr">
         <is>
           <t>смт Шалигине, Глухівський район, Сумська область</t>
         </is>
       </c>
       <c r="K360" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>
@@ -40418,66 +40426,66 @@
       </c>
       <c r="L360" s="6" t="inlineStr">
         <is>
           <t>UA59100150010020034</t>
         </is>
       </c>
       <c r="M360" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Шалигине</t>
         </is>
       </c>
       <c r="N360" s="7"/>
       <c r="O360" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Шалигинської селищної ради</t>
         </is>
       </c>
       <c r="P360" s="4" t="inlineStr">
         <is>
           <t>(05444)69463</t>
         </is>
       </c>
       <c r="Q360" s="4"/>
       <c r="R360" s="4" t="inlineStr">
         <is>
-          <t>33141119@mail.gov.ua</t>
+          <t>33141119@ukr.net</t>
         </is>
       </c>
       <c r="S360" s="4" t="inlineStr">
         <is>
           <t>http://shalygyne-school.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T360" s="4" t="inlineStr">
         <is>
           <t>Директор Лошкарьова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U360" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y360" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="4" t="inlineStr">
         <is>
           <t>Шаповалівська філія Соснівського освітнього комплексу "ліцей - заклад дошкільної освіти" імені Анатолія Шульги Попівської сільської ради Конотопського району Сумської області</t>
         </is>
       </c>
@@ -40753,51 +40761,51 @@
       </c>
       <c r="L363" s="6" t="inlineStr">
         <is>
           <t>UA59100010200033373</t>
         </is>
       </c>
       <c r="M363" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Шевченкове</t>
         </is>
       </c>
       <c r="N363" s="7"/>
       <c r="O363" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березівської сільської ради</t>
         </is>
       </c>
       <c r="P363" s="4" t="inlineStr">
         <is>
           <t>(054)44-65-5-57</t>
         </is>
       </c>
       <c r="Q363" s="4"/>
       <c r="R363" s="4" t="inlineStr">
         <is>
-          <t>33095859@mail.gov.ua</t>
+          <t>shevchenkove_nvk@berezivska-gromada.gov.ua</t>
         </is>
       </c>
       <c r="S363" s="4" t="inlineStr">
         <is>
           <t>http://surl.li/wfvxdq</t>
         </is>
       </c>
       <c r="T363" s="4" t="inlineStr">
         <is>
           <t>Директор Прокопенко Ганна Миколаївна</t>
         </is>
       </c>
       <c r="U363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V363" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -40904,74 +40912,74 @@
       <c r="U364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V364" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y364" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="4" t="inlineStr">
         <is>
-          <t>Шкуратівська гімназія Ворожбянської міської ради Сумської області</t>
+          <t>Шкуратівська філія Ворожбянського ліцею (опорний заклад) Ворожбянської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B365" s="5" t="n">
         <v>149663</v>
       </c>
       <c r="C365" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>Шкуратівська гімназія</t>
+          <t>Шкуратівська філія</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G365" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H365" s="6" t="inlineStr">
         <is>
           <t>5920689501</t>
         </is>
       </c>
       <c r="I365" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J365" s="4" t="inlineStr">
         <is>
           <t>с. Шкуратівка, Білопільський район, Сумська область</t>
         </is>
       </c>
       <c r="K365" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 19</t>
@@ -40990,51 +40998,51 @@
       <c r="N365" s="7"/>
       <c r="O365" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, сім'ї, молоді та спорту Ворожбянської міської ради</t>
         </is>
       </c>
       <c r="P365" s="4" t="inlineStr">
         <is>
           <t>(05443)9-63-35</t>
         </is>
       </c>
       <c r="Q365" s="4"/>
       <c r="R365" s="4" t="inlineStr">
         <is>
           <t>shkurativska-zosh@ukr.net</t>
         </is>
       </c>
       <c r="S365" s="4"/>
       <c r="T365" s="4" t="inlineStr">
         <is>
           <t>Директор Осикова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U365" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V365" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y365" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="4" t="inlineStr">
         <is>
           <t>Шпилівська філія Садівського ліцею Садівської сільської ради Сумського району Сумської області</t>
         </is>
       </c>
@@ -41201,81 +41209,81 @@
       </c>
       <c r="L367" s="6" t="inlineStr">
         <is>
           <t>UA59080111170015117</t>
         </is>
       </c>
       <c r="M367" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Штепівка</t>
         </is>
       </c>
       <c r="N367" s="7"/>
       <c r="O367" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P367" s="4" t="inlineStr">
         <is>
           <t>(095)3310384, (050)6234540</t>
         </is>
       </c>
       <c r="Q367" s="4"/>
       <c r="R367" s="4" t="inlineStr">
         <is>
-          <t>42334205@mail.gov.ua</t>
+          <t>42334205nrc@gmail.com</t>
         </is>
       </c>
       <c r="S367" s="4" t="inlineStr">
         <is>
-          <t>rrc.schtepivka.at.ua</t>
+          <t>https://schtepivkanrc.sumy.ua/</t>
         </is>
       </c>
       <c r="T367" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Харченко Віктор Павлович</t>
+          <t>Директор Харченко Віктор Павлович</t>
         </is>
       </c>
       <c r="U367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V367" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X367" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y367" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="4" t="inlineStr">
         <is>
           <t>Штепівська гімназія з дошкільним відділенням та початковою школою Лебединської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B368" s="5" t="n">
         <v>139294</v>
       </c>
       <c r="C368" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
           <t>Штепівська гімназія з дошкільним відділенням та початковою школою</t>
         </is>
       </c>
       <c r="E368" s="4" t="inlineStr">
         <is>
@@ -41324,51 +41332,51 @@
       </c>
       <c r="N368" s="7"/>
       <c r="O368" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Лебединської міської ради</t>
         </is>
       </c>
       <c r="P368" s="4" t="inlineStr">
         <is>
           <t>(05445)31-240</t>
         </is>
       </c>
       <c r="Q368" s="4"/>
       <c r="R368" s="4" t="inlineStr">
         <is>
           <t>shtepivka_nvk@i.ua</t>
         </is>
       </c>
       <c r="S368" s="4" t="inlineStr">
         <is>
           <t>http://shtepivka.lbd-osv.gov.ua/</t>
         </is>
       </c>
       <c r="T368" s="4" t="inlineStr">
         <is>
-          <t>Директор Кайдаш Валентина Никифорівна</t>
+          <t>Директор Кайдаш Олексій Дмитрович</t>
         </is>
       </c>
       <c r="U368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V368" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y368" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">