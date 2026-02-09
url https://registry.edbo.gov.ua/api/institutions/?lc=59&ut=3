--- v1 (2025-12-24)
+++ v2 (2026-02-09)
@@ -2510,51 +2510,51 @@
           <t>спортивний ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5910136300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Суми, Сумська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Привокзальна, 2/1</t>
+          <t>вулиця Привокзальна, 2/2</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., м. Суми</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(0542)700456</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
@@ -13084,51 +13084,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H115" s="6" t="inlineStr">
         <is>
           <t>5924780901</t>
         </is>
       </c>
       <c r="I115" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
           <t>с. Бездрик, Сумський район, Сумська область</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 37</t>
+          <t>вулиця Центральна, 37</t>
         </is>
       </c>
       <c r="L115" s="6" t="inlineStr">
         <is>
           <t>UA59080010010088745</t>
         </is>
       </c>
       <c r="M115" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Сумський р-н, с. Бездрик</t>
         </is>
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Бездрицької сільської ради Сумського району Сумської області</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
           <t>(095)2511181</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
@@ -17766,51 +17766,51 @@
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
           <t>с. Воздвиженське, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
           <t>вулиця Неплюєва М., 3</t>
         </is>
       </c>
       <c r="L157" s="6" t="inlineStr">
         <is>
           <t>UA59100190050051184</t>
         </is>
       </c>
       <c r="M157" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Воздвиженське</t>
         </is>
       </c>
       <c r="N157" s="7"/>
       <c r="O157" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
           <t>(05456)57438</t>
         </is>
       </c>
       <c r="Q157" s="4"/>
       <c r="R157" s="4" t="inlineStr">
         <is>
           <t>vozdvizhenskiynwk@ukr.net</t>
         </is>
       </c>
       <c r="S157" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/vozdvizenskijnvk/</t>
         </is>
       </c>
       <c r="T157" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Кожедуб Олександр Васильович</t>
         </is>
       </c>
       <c r="U157" s="6" t="inlineStr">
         <is>
@@ -20495,99 +20495,99 @@
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Дружбівської міської ради Шосткинського району Сумської області</t>
+          <t>Хутір-Михайлівський заклад загальної середньої освіти I-IІI ступенів Хутір-Михайлівської міської ради Шосткинського району Сумської області</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
         <v>136806</v>
       </c>
       <c r="C182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>Хутір-Михайлівський ЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
           <t>5925610300</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
           <t>Дружба, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кожедуба Івана, 6</t>
+          <t>вулиця Івана Кожедуба, 6</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
           <t>UA59100050010097062</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, м. Хутір-Михайлівський</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дружбівської міської ради</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
           <t>(05456)43404, (096)8538708</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
       <c r="R182" s="4" t="inlineStr">
@@ -22121,51 +22121,51 @@
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
           <t>с. Імшана, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
           <t>UA59100190110080018</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Імшана</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
           <t>(05456)21505</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
           <t>imshana_scool@ukr.net</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
           <t>http://imshana.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Кожедуб Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
@@ -30877,61 +30877,61 @@
         </is>
       </c>
       <c r="X274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y274" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="4" t="inlineStr">
         <is>
           <t>Плавинищенська гімназія Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B275" s="5" t="n">
         <v>143963</v>
       </c>
       <c r="C275" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Плавинищенська гімназія</t>
+          <t>Плавинищенська гімназія РМР</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H275" s="6" t="inlineStr">
         <is>
           <t>5924187301</t>
         </is>
       </c>
       <c r="I275" s="4" t="inlineStr">
         <is>
           <t>Сумська область</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
           <t>с. Плавинище, Роменський район, Сумська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
           <t>площа Українська, 52</t>
@@ -35949,51 +35949,51 @@
         </is>
       </c>
       <c r="J320" s="4" t="inlineStr">
         <is>
           <t>с. Степне, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K320" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L320" s="6" t="inlineStr">
         <is>
           <t>UA59100190250086066</t>
         </is>
       </c>
       <c r="M320" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Степне</t>
         </is>
       </c>
       <c r="N320" s="7"/>
       <c r="O320" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P320" s="4" t="inlineStr">
         <is>
           <t>(05456)54238</t>
         </is>
       </c>
       <c r="Q320" s="4"/>
       <c r="R320" s="4" t="inlineStr">
         <is>
           <t>stepne_nvk@i.ua</t>
         </is>
       </c>
       <c r="S320" s="4" t="inlineStr">
         <is>
           <t>http://stepne-nvk.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T320" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Шило Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U320" s="6" t="inlineStr">
         <is>
@@ -36858,51 +36858,51 @@
       </c>
       <c r="N328" s="7"/>
       <c r="O328" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім`ї, молоді та спорту Недригайлівської селищної ради</t>
         </is>
       </c>
       <c r="P328" s="4" t="inlineStr">
         <is>
           <t>(05455)53157</t>
         </is>
       </c>
       <c r="Q328" s="4"/>
       <c r="R328" s="4" t="inlineStr">
         <is>
           <t>ternuhkola@gmail.com</t>
         </is>
       </c>
       <c r="S328" s="4" t="inlineStr">
         <is>
           <t>http://ternu-hkola.at.ua/</t>
         </is>
       </c>
       <c r="T328" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисовський Ігор Петрович</t>
+          <t>Директор Колесник Людмила Іванівна</t>
         </is>
       </c>
       <c r="U328" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y328" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
@@ -40637,51 +40637,51 @@
         </is>
       </c>
       <c r="J362" s="4" t="inlineStr">
         <is>
           <t>с. Шатрище, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K362" s="4" t="inlineStr">
         <is>
           <t>вулиця Гончаровка, 68</t>
         </is>
       </c>
       <c r="L362" s="6" t="inlineStr">
         <is>
           <t>UA59100190300089502</t>
         </is>
       </c>
       <c r="M362" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с. Шатрище</t>
         </is>
       </c>
       <c r="N362" s="7"/>
       <c r="O362" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P362" s="4" t="inlineStr">
         <is>
           <t>(05456)5-72-12</t>
         </is>
       </c>
       <c r="Q362" s="4"/>
       <c r="R362" s="4" t="inlineStr">
         <is>
           <t>shatricha@ukr.net</t>
         </is>
       </c>
       <c r="S362" s="4" t="inlineStr">
         <is>
           <t>http://shatrysche-nvk.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T362" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Яроцька Лариса Григорівна</t>
         </is>
       </c>
       <c r="U362" s="6" t="inlineStr">
         <is>
@@ -41864,51 +41864,51 @@
         </is>
       </c>
       <c r="J373" s="4" t="inlineStr">
         <is>
           <t>смт Ямпіль, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K373" s="4" t="inlineStr">
         <is>
           <t>вулиця Спасо-Преображенська, 58</t>
         </is>
       </c>
       <c r="L373" s="6" t="inlineStr">
         <is>
           <t>UA59100190010090128</t>
         </is>
       </c>
       <c r="M373" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Ямпіль</t>
         </is>
       </c>
       <c r="N373" s="7"/>
       <c r="O373" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P373" s="4" t="inlineStr">
         <is>
           <t>(05456)2-26-74</t>
         </is>
       </c>
       <c r="Q373" s="4"/>
       <c r="R373" s="4" t="inlineStr">
         <is>
           <t>yampilska.shkola.002@ukr.net</t>
         </is>
       </c>
       <c r="S373" s="4" t="inlineStr">
         <is>
           <t>http://www.yampil-school2.sumy.sch.in.ua/</t>
         </is>
       </c>
       <c r="T373" s="4" t="inlineStr">
         <is>
           <t>Директор Іллютченко Лариса Григорівна</t>
         </is>
       </c>
       <c r="U373" s="6" t="inlineStr">
         <is>
@@ -41977,51 +41977,51 @@
         </is>
       </c>
       <c r="J374" s="4" t="inlineStr">
         <is>
           <t>смт Ямпіль, Ямпільський район, Сумська область</t>
         </is>
       </c>
       <c r="K374" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L374" s="6" t="inlineStr">
         <is>
           <t>UA59100190010090128</t>
         </is>
       </c>
       <c r="M374" s="4" t="inlineStr">
         <is>
           <t>Сумська обл., Шосткинський р-н, с-ще Ямпіль</t>
         </is>
       </c>
       <c r="N374" s="7"/>
       <c r="O374" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Ямпільської селищної ради</t>
+          <t>Відділ освіти та спорту Ямпільської селищної ради</t>
         </is>
       </c>
       <c r="P374" s="4" t="inlineStr">
         <is>
           <t>(05456)22868</t>
         </is>
       </c>
       <c r="Q374" s="4"/>
       <c r="R374" s="4" t="inlineStr">
         <is>
           <t>yampil.school1@ukr.net</t>
         </is>
       </c>
       <c r="S374" s="4" t="inlineStr">
         <is>
           <t>http://yampil-school1.edukit.sumy.ua/</t>
         </is>
       </c>
       <c r="T374" s="4" t="inlineStr">
         <is>
           <t>Директор Хочинова Лариса Федорівна</t>
         </is>
       </c>
       <c r="U374" s="6" t="inlineStr">
         <is>