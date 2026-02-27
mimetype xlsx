--- v0 (2025-11-03)
+++ v1 (2026-02-27)
@@ -512,51 +512,51 @@
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03633)43460, (03633)43459</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school2rad@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://school2rad.ho.ua</t>
+          <t>http://radyvyliv-nvk2.rv.sch.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Качан Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>