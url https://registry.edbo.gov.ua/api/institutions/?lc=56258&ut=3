--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$23</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y24"/>
+  <dimension ref="A1:Y23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(093)8059891</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>basharivka_shk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://basharivka-zosh.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Воронко Валентина Антонівна</t>
+          <t>Завідувач філією Герба Валентина Леонідівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -1104,1863 +1104,1754 @@
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5" t="n">
         <v>178</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Філія Копанівська початкова школа Радивилівського ліцею №2 ім.П.Г.Стрижака Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Крупецький ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>143556</v>
+        <v>144195</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Філія Копанівська початкова школа</t>
+          <t>Крупецький ліцей</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>5625886907</t>
+          <t>5625884801</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
-          <t>с. Копані, Радивилівський район, Рівненська область</t>
+          <t>с. Крупець, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пшенична, 7</t>
+          <t>вулиця Шкільна, 13</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA56040290110034662</t>
+          <t>UA56040150010081211</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Копані</t>
+          <t>Рівненська обл., Дубенський р-н, с. Крупець</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(067)9913282</t>
+          <t>(03633)27239</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>kopani_shk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S9" s="4"/>
+          <t>krupets_shk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S9" s="4" t="inlineStr">
+        <is>
+          <t>http://krupetsschool.at.ua</t>
+        </is>
+      </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Герба Валентина Леонідівна</t>
+          <t>Директор Приступа Олександр Миколайович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y9" s="5"/>
+      <c r="Y9" s="5" t="n">
+        <v>700</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Крупецький ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Митницька гімназія Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>144195</v>
+        <v>144023</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Крупецький ліцей</t>
+          <t>Митницька гімназія</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
-          <t>5625884801</t>
+          <t>5625885603</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
-          <t>с. Крупець, Радивилівський район, Рівненська область</t>
+          <t>с. Митниця, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 13</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
-          <t>UA56040150010081211</t>
+          <t>UA56040150150094294</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Крупець</t>
+          <t>Рівненська обл., Дубенський р-н, с. Митниця</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(03633)27239</t>
+          <t>(097)6090807</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>krupets_shk@ukr.net</t>
+          <t>mytnycya_shk@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://krupetsschool.at.ua</t>
+          <t>http://mytnytsia.edukit.rv.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Приступа Олександр Миколайович</t>
+          <t>Директор Ляхович Інна Петрівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5" t="n">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Митницька гімназія Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>філія Михайлівська гімназія Крупецького ліцею Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>144023</v>
+        <v>145219</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Митницька гімназія</t>
+          <t>філія Михайлівська гімназія Крупецького ліцею</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>5625885603</t>
+          <t>5625885201</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
-          <t>с. Митниця, Радивилівський район, Рівненська область</t>
+          <t>с. Михайлівка, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 13</t>
+          <t>вулиця Покровська, 4</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA56040150150094294</t>
+          <t>UA56040150160038622</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Митниця</t>
+          <t>Рівненська обл., Дубенський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(097)6090807</t>
+          <t>(097)6670921</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>mytnycya_shk@ukr.net</t>
+          <t>myhaylivka@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>http://mytnytsia.edukit.rv.ua/</t>
+          <t>http://mykhailivka-radyvyl.edukit.rv.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Ляхович Інна Петрівна</t>
+          <t>Завідувач філією Барабан Наталія Іванівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y11" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>філія Михайлівська гімназія Крупецького ліцею Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Немирівський ліцей Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>145219</v>
+        <v>142865</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>філія Михайлівська гімназія Крупецького ліцею</t>
+          <t>Немирівський ліцей</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>5625885201</t>
+          <t>5625886001</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівка, Радивилівський район, Рівненська область</t>
+          <t>с. Немирівка, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 4</t>
+          <t>вулиця Й. Петлюка, 1</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA56040150160038622</t>
+          <t>UA56040290150075626</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Михайлівка</t>
+          <t>Рівненська обл., Дубенський р-н, с. Немирівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(097)6670921</t>
+          <t>(093)8396750</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>myhaylivka@ukr.net</t>
+          <t>nemyrivka_shk@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://mykhailivka-radyvyl.edukit.rv.ua</t>
+          <t>http://nemyrivkasch.at.ua/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Барабан Наталія Іванівна</t>
+          <t>Директор Польова Ірина Петрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Немирівський ліцей Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Підзамчівський ліцей Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>142865</v>
+        <v>142862</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Немирівський ліцей</t>
+          <t>Підзамчівський ліцей</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>5625886001</t>
+          <t>5625886901</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Немирівка, Радивилівський район, Рівненська область</t>
+          <t>с. Підзамче, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Й. Петлюка, 1</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA56040290150075626</t>
+          <t>UA56040290190059279</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Немирівка</t>
+          <t>Рівненська обл., Дубенський р-н, с. Підзамче</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(093)8396750</t>
+          <t>(096)7830304</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>nemyrivka_shk@ukr.net</t>
+          <t>pidzamche@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://nemyrivkasch.at.ua/</t>
+          <t>http://pidzamche-zosh.at.ua/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Польова Ірина Петрівна</t>
+          <t>Директор Воронко Людмила Василівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Підзамчівський ліцей Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>"Пляшевський ліцей" Демидівської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>142862</v>
+        <v>143669</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Підзамчівський ліцей</t>
+          <t>"Пляшевський ліцей"</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>5625886901</t>
+          <t>5625886501</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Підзамче, Радивилівський район, Рівненська область</t>
+          <t>с. Пляшева, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Грушевського, 16</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA56040290190059279</t>
+          <t>UA56040090180083363</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Підзамче</t>
+          <t>Рівненська обл., Дубенський р-н, с. Пляшева</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+          <t>Відділ освіти та гуманітарної роботи Демидівської селищної ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(096)7830304</t>
+          <t>(03633)28731</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>pidzamche@ukr.net</t>
+          <t>gonchar1977@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://pidzamche-zosh.at.ua/</t>
+          <t>http://pl-school.at.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Воронко Людмила Василівна</t>
+          <t>Директор Сьомак Лариса Яківна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>"Пляшевський ліцей" Демидівської селищної ради Рівненської області</t>
+          <t>Пляшівська гімназія Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>143669</v>
+        <v>144021</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>"Пляшевський ліцей"</t>
+          <t>Пляшівська гімназія</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>5625886501</t>
+          <t>5625888503</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
-          <t>с. Пляшева, Радивилівський район, Рівненська область</t>
+          <t>с. Пляшівка, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 16</t>
+          <t>вулиця Берестецька, 82</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA56040090180083363</t>
+          <t>UA56040150180014272</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Пляшева</t>
+          <t>Рівненська обл., Дубенський р-н, с. Пляшівка</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та гуманітарної роботи Демидівської селищної ради</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(03633)28731</t>
+          <t>(098)6069155</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>gonchar1977@ukr.net</t>
+          <t>pliashivkaschool@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://pl-school.at.ua/</t>
+          <t>https://plyashivkaschool.jimdofree.com/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Сьомак Лариса Яківна</t>
+          <t>Директор Дідула Тетяна Василівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y15" s="5"/>
+      <c r="Y15" s="5" t="n">
+        <v>140</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Пляшівська гімназія Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Рудня-Почаївський ліцей Козинської сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>144021</v>
+        <v>142966</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Пляшівська гімназія</t>
+          <t>Рудня-Почаївський ліцей</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
-          <t>5625888503</t>
+          <t>5625887301</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
-          <t>с. Пляшівка, Радивилівський район, Рівненська область</t>
+          <t>с. Пустоіванне, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берестецька, 82</t>
+          <t>вулиця Шкільна, 1А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
-          <t>UA56040150180014272</t>
+          <t>UA56040130170057904</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Пляшівка</t>
+          <t>Рівненська обл., Дубенський р-н, с. Пустоіванне</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Козинської сільської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(098)6069155</t>
+          <t>(096)1316485</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>pliashivkaschool@ukr.net</t>
+          <t>rudnya_shk@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>https://plyashivkaschool.jimdofree.com/</t>
+          <t>http://rudnya-pochaivska.inf.ua/rudnia.html</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Дідула Тетяна Василівна</t>
+          <t>Директор Завадська Валентина Іванівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5" t="n">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Рудня-Почаївський ліцей Козинської сільської ради Дубенського району Рівненської області</t>
+          <t>Радивилівський ліцей №1 Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>142966</v>
+        <v>143330</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Рудня-Почаївський ліцей</t>
+          <t>Радивилівський ліцей №1</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
-          <t>5625887301</t>
+          <t>5625810100</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
-          <t>с. Пустоіванне, Радивилівський район, Рівненська область</t>
+          <t>Радивилів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1А</t>
+          <t>вулиця Грушевського, 39</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
-          <t>UA56040130170057904</t>
+          <t>UA56040290010062068</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Пустоіванне</t>
+          <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Козинської сільської ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(096)1316485</t>
+          <t>(03633)41567</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>rudnya_shk@ukr.net</t>
+          <t>nvkrad@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>http://rudnya-pochaivska.inf.ua/rudnia.html</t>
+          <t>http://nvk1.info/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Завадська Валентина Іванівна</t>
+          <t>Директор Савицька Віта Володимирівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y17" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ліцей №1 Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Радивилівський ліцей №2 ім. П.Г.Стрижака Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>143330</v>
+        <v>143447</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ліцей №1</t>
+          <t>Радивилівський ліцей №2 ім.П.Г.Стрижака</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>5625810100</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Радивилів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 39</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA56040290010062068</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(03633)41567</t>
+          <t>(03633)43460, (03633)43459</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>nvkrad@ukr.net</t>
+          <t>school2rad@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://nvk1.info/</t>
+          <t>http://radyvyliv-nvk2.rv.sch.in.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Савицька Віта Володимирівна</t>
+          <t>Директор Качан Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ліцей №2 ім. П.Г.Стрижака Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Сестрятинська гімназія Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>143447</v>
+        <v>144027</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ліцей №2 ім.П.Г.Стрижака</t>
+          <t>Сестрятинська гімназія</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>5625810100</t>
+          <t>5625887801</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>Радивилів, Радивилівський район, Рівненська область</t>
+          <t>с. Сестрятин, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Проста, 93</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA56040290010062068</t>
+          <t>UA56040290220050727</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
+          <t>Рівненська обл., Дубенський р-н, с. Сестрятин</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(03633)43460, (03633)43459</t>
+          <t>(03633)4-13-79</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school2rad@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>sestryatyn_shk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Качан Тетяна Миколаївна</t>
+          <t>Директор Ткачук Інна Авенірівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Сестрятинська гімназія Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Ситненський ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>144027</v>
+        <v>145324</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Сестрятинська гімназія</t>
+          <t>Ситненський ліцей</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>5625887801</t>
+          <t>5625888201</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Сестрятин, Радивилівський район, Рівненська область</t>
+          <t>с. Ситне, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проста, 93</t>
+          <t>вулиця Шкільна, 25</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA56040290220050727</t>
+          <t>UA56040150210084690</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Сестрятин</t>
+          <t>Рівненська обл., Дубенський р-н, с. Ситне</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(03633)4-13-79</t>
+          <t>(03633)27-5-37</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>sestryatyn_shk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S20" s="4"/>
+          <t>sytne_shk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>http://sytne-zosh.rv.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткачук Інна Авенірівна</t>
+          <t>Директор Фаєвська Марія Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y20" s="5"/>
+      <c r="Y20" s="5" t="n">
+        <v>334</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Ситненський ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Срібненська філія Крупецького ліцею Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>145324</v>
+        <v>144355</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Ситненський ліцей</t>
+          <t>Срібненська філія Крупецького ліцею</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>5625888201</t>
+          <t>5625884806</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>с. Ситне, Радивилівський район, Рівненська область</t>
+          <t>с. Срібне, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 25</t>
+          <t>вулиця Шкільна, 59</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA56040150210084690</t>
+          <t>UA56040150220063991</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Ситне</t>
+          <t>Рівненська обл., Дубенський р-н, с. Срібне</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(03633)27-5-37</t>
+          <t>(03633)27482</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>sytne_shk@ukr.net</t>
+          <t>sribne_shk@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>http://sytne-zosh.rv.sch.in.ua/</t>
+          <t>http://sribne.edukit.rv.ua/</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Фаєвська Марія Володимирівна</t>
+          <t>Завідувач Рудишина Галина Василівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y21" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Срібненська філія Крупецького ліцею Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Теслугівський ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>144355</v>
+        <v>142774</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Срібненська філія Крупецького ліцею</t>
+          <t>Теслугівський ліцей</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>5625884806</t>
+          <t>5625888501</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Срібне, Радивилівський район, Рівненська область</t>
+          <t>с. Теслугів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 59</t>
+          <t>вулиця Шевченка, 60</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA56040150220063991</t>
+          <t>UA56040150240067228</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Срібне</t>
+          <t>Рівненська обл., Дубенський р-н, с. Теслугів</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(03633)27482</t>
+          <t>(096)4888485</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>sribne_shk@ukr.net</t>
+          <t>teslugiv_shk@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>http://sribne.edukit.rv.ua/</t>
+          <t>teslugivskashk.jimdofree.com</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Рудишина Галина Василівна</t>
+          <t>Директор Гришковець Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y22" s="5"/>
+      <c r="Y22" s="5" t="n">
+        <v>324</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Теслугівський ліцей Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Хотинський ліцей імені Свєшнікова І.К. Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>142774</v>
+        <v>143471</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Теслугівський ліцей</t>
+          <t>Хотинський ліцей імені Свєшнікова І.К.</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>5625888501</t>
+          <t>5625889001</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Теслугів, Радивилівський район, Рівненська область</t>
+          <t>с. Хотин, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 60</t>
+          <t>вулиця Набережна, 3</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA56040150240067228</t>
+          <t>UA56040150250041185</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Теслугів</t>
+          <t>Рівненська обл., Дубенський р-н, с. Хотин</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(096)4888485</t>
+          <t>(03633)27346</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>teslugiv_shk@ukr.net</t>
+          <t>hotyn_shk@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>teslugivskashk.jimdofree.com</t>
+          <t>http://hotyn-school.edukit.rv.ua</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Гришковець Світлана Олександрівна</t>
+          <t>Директор Ярмолюк Євгенія Тимофіївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5" t="n">
-        <v>324</v>
-[...113 lines deleted...]
-      <c r="Y24" s="5" t="n">
         <v>320</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:Y24"/>
+  <autoFilter ref="A1:Y23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>