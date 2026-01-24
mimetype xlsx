--- v0 (2025-10-28)
+++ v1 (2026-01-24)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Карасин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Клесівської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)7413061</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>znz_karasin@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://karasinzosh.e-schools.info/</t>
+          <t>https://karasyn.gmz.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Тверда Надія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>