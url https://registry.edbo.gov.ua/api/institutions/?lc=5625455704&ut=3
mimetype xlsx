--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -337,97 +337,97 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Філія с.Мельниця опорного закладу загальної середньої освіти «Степанський ліцей» Степанської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149167</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Філія с.Мельниця (ОЗ ЗСО "Степанський ліцей)</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5625455704</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Мельниця, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 23</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56080210070068800</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Мельниця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Степанська селищна рада Сарненського району Рівненської області</t>
+          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ СТЕПАНСЬКОЇ СЕЛИЩНОЇ РАДИ САРНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03655)4-22-16</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>znz_stepan@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Романцова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">