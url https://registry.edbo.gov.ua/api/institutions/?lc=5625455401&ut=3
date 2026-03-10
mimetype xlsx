--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Клесів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Клесівської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03655)5-05-95</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>znz_klesiv22@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://klesiv2018.e-schools.info/</t>
+          <t>https://klesiv.gmz.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Симоненко Світлана Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>