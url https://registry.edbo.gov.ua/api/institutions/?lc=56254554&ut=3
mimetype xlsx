--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с-ще Клесів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Клесівської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03655)50771</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>licey_klesiv@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://licey-klesiv.e-schools.info/</t>
+          <t>https://klesiv.licey.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Бортнік Марія Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>