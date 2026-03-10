--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -1003,97 +1003,97 @@
       <c r="Y7" s="5" t="n">
         <v>320</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Філія с.Двірець опорного закладу загальної середньої освіти «Степанський ліцей» Степанської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>148779</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Філія с.Двірець (ОЗ ЗСО "Степанський ліцей)</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5625455702</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Двірець, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Лісова, 20</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA56080210040035261</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Двірець</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Степанська селищна рада Сарненського району Рівненської області</t>
+          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ СТЕПАНСЬКОЇ СЕЛИЩНОЇ РАДИ САРНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(03655)4-22-16</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>znz_stepan@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Романцова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
@@ -3001,51 +3001,51 @@
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5" t="n">
         <v>460</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Мар'янівська гімназія Сарненської міської ради Сарненського району Рівненської області</t>
+          <t>Марянівська філія Любиковицького ліцею Сарненської міської ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
         <v>150598</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>Мар’янівська філія Любиковицького ліцею</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -3086,145 +3086,145 @@
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Сарненської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(067)476-76-16</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>homonets@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://marianivka-zoch.webnode.com.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Гомонець Галина Олегівна</t>
+          <t>Завідувач філією Гомонець Галина Олегівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5" t="n">
         <v>90</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>Філія с.Мельниця опорного закладу загальної середньої освіти «Степанський ліцей» Степанської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>149167</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>Філія с.Мельниця (ОЗ ЗСО "Степанський ліцей)</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>5625455704</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>с. Мельниця, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 23</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA56080210070068800</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Мельниця</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Степанська селищна рада Сарненського району Рівненської області</t>
+          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ СТЕПАНСЬКОЇ СЕЛИЩНОЇ РАДИ САРНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(03655)4-22-16</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>znz_stepan@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Романцова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
@@ -5713,97 +5713,97 @@
       <c r="Y49" s="5" t="n">
         <v>960</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
           <t>Філія с.Труди опорного закладу загальної середньої освіти «Степанський ліцей» Степанської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
         <v>149238</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>Філія с.Труди (ОЗ ЗСО "Степанський ліцей)</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>5625455706</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>с. Труди, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
           <t>вулиця Б. Хмельницького, 28</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA56080210090082387</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Труди</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
-          <t>Степанська селищна рада Сарненського району Рівненської області</t>
+          <t>ВІДДІЛ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ СТЕПАНСЬКОЇ СЕЛИЩНОЇ РАДИ САРНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
           <t>(03655)4-22-16</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
           <t>znz_stepan@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4"/>
       <c r="T50" s="4" t="inlineStr">
         <is>
           <t>Директор Романцова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">