--- v0 (2025-12-17)
+++ v1 (2026-03-18)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Борове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Рокитнівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03635)32-2-46</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>schkola-borowe@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Єремейчук Олександр Олександрович</t>
+          <t> Буднік Оксана Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>