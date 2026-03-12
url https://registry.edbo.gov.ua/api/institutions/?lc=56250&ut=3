--- v0 (2025-12-19)
+++ v1 (2026-03-12)
@@ -844,51 +844,51 @@
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Борове</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Рокитнівської селищної ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(03635)32-2-46</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>schkola-borowe@i.ua</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t> Єремейчук Олександр Олександрович</t>
+          <t> Буднік Оксана Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -3588,51 +3588,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>5625085601</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>с. Рокитне, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, будинок 8</t>
+          <t>вулиця Центральна, будинок 8</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA56080150220047099</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с. Рокитне</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Рокитнівської селищної ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
           <t>(03635)2-54-76</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">