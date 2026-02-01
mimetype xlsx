--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56060150030034787</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Бронники</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Городоцької сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0362)272522</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>bronnykyzosh@gmail.com</t>
+          <t>bronnykygimnazia@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://bronn2016.wordpress.com/</t>
+          <t>https://share.google/WaFrwvpps3ze7LN51</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Шевчук Віктор Олександрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>