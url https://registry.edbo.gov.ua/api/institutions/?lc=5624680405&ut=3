--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Нова Любомирка, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Стуса, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56060430070039762</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Нова Любомирка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді і спорту та охорони здоров'я Олександрійської сільської ради Рівненського району Рівненської області</t>
+          <t>Відділ освіти, культури, молоді і спорту Олександрійської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0362)278020</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvk.luybomirka@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гапончук Вадим Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">