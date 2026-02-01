--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Олександрія, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 5-Г</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA56060430010051905</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Олександрія</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді і спорту та охорони здоров'я Олександрійської сільської ради Рівненського району Рівненської області</t>
+          <t>Відділ освіти, культури, молоді і спорту Олександрійської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(0362)273288, (0362)273322</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>olexsandriazosh1@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Полюхович Оксана Іванівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">