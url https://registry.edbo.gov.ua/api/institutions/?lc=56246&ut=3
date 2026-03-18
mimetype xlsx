--- v0 (2025-12-18)
+++ v1 (2026-03-18)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$48</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y49"/>
+  <dimension ref="A1:Y48"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -4948,832 +4948,723 @@
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>філія "Рогачівська початкова школа" опорного закладу "Городоцький ліцей" Городоцької сільської ради Рівненського району Рівненської області</t>
+          <t>Тайкурська гімназія Корнинської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>147197</v>
+        <v>146573</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>філія "Рогачівська початкова школа " опорного закладу "Городоцький ліцей"</t>
+          <t>Тайкурська гімназія</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>5624681105</t>
+          <t>5624688901</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
-          <t>с. Рогачів, Рівненський район, Рівненська область</t>
+          <t>с. Тайкури, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 12-Б</t>
+          <t>вулиця Шкільна, 1-А</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA56060150100099021</t>
+          <t>UA56060330050029801</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Рогачів</t>
+          <t>Рівненська обл., Рівненський р-н, с. Тайкури</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Городоцької сільської ради Рівненського району Рівненської області</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Корнинської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0362)20-14-17</t>
+          <t>(0362)276015</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>rogachivzosch@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S43" s="4"/>
+          <t>tajkuri.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S43" s="4" t="inlineStr">
+        <is>
+          <t>http://tajkury.ucoz.com</t>
+        </is>
+      </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Коробчук Надія Вікторівна</t>
+          <t>Директор Станіславчук Андрій Анатолійович</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Тайкурська гімназія Корнинської сільської ради Рівненського району Рівненської області</t>
+          <t>Філія "Ходоська гімназія" опорного закладу "Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області "</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>146573</v>
+        <v>146930</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Тайкурська гімназія</t>
+          <t>філія "Ходоська гімназія"</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
-          <t>5624688901</t>
+          <t>5624689505</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
-          <t>с. Тайкури, Рівненський район, Рівненська область</t>
+          <t>с. Ходоси, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1-А</t>
+          <t>вулиця Шкільна, 11</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
-          <t>UA56060330050029801</t>
+          <t>UA56060510080018665</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Тайкури</t>
+          <t>Рівненська обл., Рівненський р-н, с. Ходоси</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Корнинської сільської ради Рівненського району Рівненської області</t>
+          <t>Відділ освіти, культури, молоді та спорту Шпанівської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0362)276015</t>
+          <t>(036)2277750</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>tajkuri.school@gmail.com</t>
+          <t>hodoskazoh@gmail.com</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>http://tajkury.ucoz.com</t>
+          <t>http://hodoskazoh.wordpress.com</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Станіславчук Андрій Анатолійович</t>
+          <t>Завідувач філією Бандура Надія Марківна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Філія "Ходоська гімназія" опорного закладу "Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області "</t>
+          <t>Філія "Хотинська початкова школа"опорного закладу " Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області"</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>146930</v>
+        <v>147157</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>філія "Ходоська гімназія"</t>
+          <t>Філія "Хотинська початкова школа" опорного закладу "Шпанівський ліцей"</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
-          <t>5624689505</t>
+          <t>5624689506</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
-          <t>с. Ходоси, Рівненський район, Рівненська область</t>
+          <t>с. Хотин, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 11</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
-          <t>UA56060510080018665</t>
+          <t>UA56060510090060047</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Ходоси</t>
+          <t>Рівненська обл., Рівненський р-н, с. Хотин</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Шпанівської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(036)2277750</t>
+          <t>(097)5838657</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>hodoskazoh@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>hotinzosh@gmail.com</t>
+        </is>
+      </c>
+      <c r="S45" s="4"/>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Бандура Надія Марківна</t>
+          <t>Завідувач філією Лешкевич Валентина Юріївна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Філія "Хотинська початкова школа"опорного закладу " Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області"</t>
+          <t>опорний заклад "Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>147157</v>
+        <v>145160</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>Філія "Хотинська початкова школа" опорного закладу "Шпанівський ліцей"</t>
+          <t>опорний заклад "Шпанівський ліцей"</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
-          <t>5624689506</t>
+          <t>5624689501</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
-          <t>с. Хотин, Рівненський район, Рівненська область</t>
+          <t>с. Шпанів, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Шкільна, 2-А</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
-          <t>UA56060510090060047</t>
+          <t>UA56060510010079884</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Хотин</t>
+          <t>Рівненська обл., Рівненський р-н, с. Шпанів</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Шпанівської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(097)5838657</t>
+          <t>(0362)45-46-56</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>hotinzosh@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S46" s="4"/>
+          <t>shpaniv.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S46" s="4" t="inlineStr">
+        <is>
+          <t>https://shpanivschool.wordpress.com/</t>
+        </is>
+      </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Лешкевич Валентина Юріївна</t>
+          <t>Директор Шевчук Роман Олександрович</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад "Шпанівський ліцей Шпанівської сільської ради Рівненського району Рівненської області"</t>
+          <t>Шубківський ліцей Білокриницької сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>145160</v>
+        <v>145335</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад "Шпанівський ліцей"</t>
+          <t>Шубківський ліцей</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
-          <t>5624689501</t>
+          <t>5624689801</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
-          <t>с. Шпанів, Рівненський район, Рівненська область</t>
+          <t>с. Шубків, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2-А</t>
+          <t>вулиця Незалежності, 24</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
-          <t>UA56060510010079884</t>
+          <t>UA56060050110023332</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Шпанів</t>
+          <t>Рівненська обл., Рівненський р-н, с. Шубків</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Шпанівської сільської ради Рівненського району Рівненської області</t>
+          <t>Відділ освіти, сім'ї, молоді, спорту, культури та туризму Білокриницької сільської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(0362)45-46-56</t>
+          <t>(0362)273513</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>shpaniv.school@gmail.com</t>
+          <t>shubkiv.school@gmail.com</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>https://shpanivschool.wordpress.com/</t>
+          <t>https://shub.licey.org.ua/</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевчук Роман Олександрович</t>
+          <t>Директор Бондарчук Ярослава Аркадіївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Шубківський ліцей Білокриницької сільської ради Рівненського району Рівненської області</t>
+          <t>Навчально-реабілітаційний центр в с.Ясининичі Рівненської обласної ради</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>145335</v>
+        <v>135890</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Шубківський ліцей</t>
+          <t>НРЦ в с.Ясининичі</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
-          <t>5624689801</t>
+          <t>5624682711</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
-          <t>с. Шубків, Рівненський район, Рівненська область</t>
+          <t>с. Ясининичі, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 24</t>
+          <t>вулиця Садова, 51-А</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
-          <t>UA56060050110023332</t>
+          <t>UA56060210170097065</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Шубків</t>
+          <t>Рівненська обл., Рівненський р-н, с. Ясининичі</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім'ї, молоді, спорту, культури та туризму Білокриницької сільської ради</t>
+          <t>Департамент освіти і науки Рівненської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0362)273513</t>
+          <t>(0362)671560, (0362)671561, (0362)671565, (067)3624544</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>shubkiv.school@gmail.com</t>
+          <t>jasin18@ukr.net</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>https://shub.licey.org.ua/</t>
+          <t>http://jasininnrc.communal.rv.ua/</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондарчук Ярослава Аркадіївна</t>
+          <t>Директор Оксимчук Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y49"/>
+  <autoFilter ref="A1:Y48"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>