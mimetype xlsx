--- v0 (2025-10-25)
+++ v1 (2026-03-23)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56060450170046494</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Грозів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Острозької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(098)0442051</t>
+          <t>(093)4721090</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>groziv.osvita@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://грозів.інтер.net</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Вербицька Віталія Вікторівна</t>
+          <t>Т.в.о. директора Соболюк Алла Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>