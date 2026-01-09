--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Білашівська гімназія Острозької міської ради Рівненської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>139769</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Білашівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5624280401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Білашів, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 42-А</t>