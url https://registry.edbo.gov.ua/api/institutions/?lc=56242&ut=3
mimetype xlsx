--- v1 (2026-01-09)
+++ v2 (2026-03-03)
@@ -937,67 +937,67 @@
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA56060450170046494</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Грозів</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту виконавчого комітету Острозької міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(098)0442051</t>
+          <t>(093)4721090</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>groziv.osvita@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://грозів.інтер.net</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Вербицька Віталія Вікторівна</t>
+          <t>Т.в.о. директора Соболюк Алла Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">