--- v0 (2025-10-15)
+++ v1 (2025-12-02)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Жильжанська філія опорного закладу "Деражненський ліцей" Деражненської сільської ради Костопільського району Рівненської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137555</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Жильжанська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5623482002</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Жильжа, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 72</t>