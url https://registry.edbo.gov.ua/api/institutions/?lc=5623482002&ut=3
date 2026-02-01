--- v1 (2025-12-02)
+++ v2 (2026-02-01)
@@ -337,51 +337,51 @@
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Жильжанська філія опорного закладу "Деражненський ліцей" Деражненської сільської ради Костопільського району Рівненської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137555</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Жильжанська філія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5623482002</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Жильжа, Костопільський район, Рівненська область</t>