--- v0 (2025-10-25)
+++ v1 (2026-03-14)
@@ -840,51 +840,51 @@
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Костопіль</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Костопільської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(03657)21736</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school3_kostopil@bigmir.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Цимбалюк Олена Костянтинівна</t>
+          <t>Т.в.о. директора Бзіта Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -1437,51 +1437,51 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "РІВНЕНСЬКИЙ ОБЛАСНИЙ ЛІЦЕЙ КОМПЕТЕНТНОЇ ТА ДЕМОКРАТИЧНОЇ ОСВІТИ "ПРОАКТИВНІСТЬ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ОБЛАСНИЙ ЛІЦЕЙ КОМПЕТЕНТНОЇ ТА ДЕМОКРАТИЧНОЇ ОСВІТИ "ПРОАКТИВНІСТЬ"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>176898</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>ТОВ "ЛІЦЕЙ "ПРОАКТИВНІСТЬ"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>