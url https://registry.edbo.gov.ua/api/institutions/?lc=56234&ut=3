--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -2931,51 +2931,51 @@
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Костопіль</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Костопільської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(03657)21736</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>school3_kostopil@bigmir.net</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Цимбалюк Олена Костянтинівна</t>
+          <t>Т.в.о. директора Бзіта Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -3528,51 +3528,51 @@
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "РІВНЕНСЬКИЙ ОБЛАСНИЙ ЛІЦЕЙ КОМПЕТЕНТНОЇ ТА ДЕМОКРАТИЧНОЇ ОСВІТИ "ПРОАКТИВНІСТЬ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ОБЛАСНИЙ ЛІЦЕЙ КОМПЕТЕНТНОЇ ТА ДЕМОКРАТИЧНОЇ ОСВІТИ "ПРОАКТИВНІСТЬ"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
         <v>176898</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>ТОВ "ЛІЦЕЙ "ПРОАКТИВНІСТЬ"</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>