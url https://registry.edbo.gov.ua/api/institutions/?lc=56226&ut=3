--- v0 (2025-12-26)
+++ v1 (2026-03-25)
@@ -2396,51 +2396,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Здовбицької сільської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(03622)58106</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>kuninskull@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://kynunrv-school.at.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Захарчук Микола Анатолійович</t>
+          <t>Директор Захарчук Микола Анатолійович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">