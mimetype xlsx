--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 30</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56020110080075304</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Вараський р-н, с. Кутин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Локницька сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)9729188</t>
+          <t>(099)6517350</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kutin_znz@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>kutin-znz.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Богданович Світлана Миколаївна</t>
+          <t>Директор Шпаковська Олена Станіславівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>