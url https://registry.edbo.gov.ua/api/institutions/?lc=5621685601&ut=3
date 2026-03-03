--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Привільненської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(093)2061808</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>lpryvilne@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://pruvilneschool.ucoz.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Крамчинський Віталій Ярославович</t>
+          <t>В.о. директора Кіриченко Наталія Антонівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5" t="n">
         <v>260</v>
       </c>