--- v0 (2025-11-03)
+++ v1 (2026-01-03)
@@ -560,51 +560,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>СПЕЦІАЛЬНА ШКОЛА В С. ВЕРБА РІВНЕНСЬКОЇ ОБЛАСНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>136556</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>СПЕЦІАЛЬНА ШКОЛА В С. ВЕРБА</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5621681201</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Верба, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 2</t>