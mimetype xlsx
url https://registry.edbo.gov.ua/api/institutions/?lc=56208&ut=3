--- v0 (2025-11-05)
+++ v1 (2026-03-07)
@@ -4543,51 +4543,51 @@
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Вараської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(03634)63619</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
           <t>leonidovitch@ukr.net</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
           <t>https://sobishchytsi.varashosvita.rv.ua/</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Гречуха Анатолій Володимирович</t>
+          <t>В.о. директора Денисюк Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
@@ -4656,51 +4656,51 @@
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Вараської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
           <t>(097)9357800</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
           <t>sopachiv@ukr.net</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
           <t>www.sopachiv-zosh.rv.sch.in.ua</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Савчук Василь Петрович</t>
+          <t>В.о. директора Савчук Василь Петрович</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">