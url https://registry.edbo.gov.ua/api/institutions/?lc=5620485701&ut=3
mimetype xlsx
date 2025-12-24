--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5620485701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кам'янка, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ю. Ковтуна, 1</t>
+          <t>вулиця Юрія Ковтуна, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA56060030190085139</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Кам’янка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03653)33424</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">