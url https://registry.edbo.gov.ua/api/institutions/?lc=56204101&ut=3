--- v0 (2025-12-07)
+++ v1 (2026-03-15)
@@ -517,56 +517,56 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(03653)56710</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>bergimn@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://www.bergimn.org.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Ружицька-Швистова Ольга Йосипівна</t>
+          <t>Директор Ружицька-Швистова Ольга Йосипівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №2 БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
@@ -897,128 +897,128 @@
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Філія «Початкова школа» Березнівського ліцею №1 імені Миколи Буховича Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>149710</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Березнівська початкова школа</t>
+          <t>Початкова школа Березнівського ліцею №1 імені Миколи Буховича</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця І.Франка, 6</t>
+          <t>вулиця Франка І., 6</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(03653)54853, (03653)53209</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>pochatkova_2009@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>pochatkova-berezne.rv.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Ситник Жанна Вячеславівна</t>
+          <t>Завідувач філією Ситник Жанна Вячеславівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5" t="n">
         <v>360</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>