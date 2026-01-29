--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -432,726 +432,726 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Березнівська початкова школа Березнівської міської ради Рівненського району Рівненської області</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЕКОНОМІКО-ГУМАНІТАРНИЙ ЛІЦЕЙ БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>149710</v>
+        <v>144182</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Березнівська початкова школа</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЕГЛ</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця І.Франка, 6</t>
+          <t>вулиця Андріївська, 35</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(03653)54853, (03653)53209</t>
+          <t>(03653)54954, (03653)56243, (03653)54602</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>pochatkova_2009@ukr.net</t>
+          <t>licei@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>pochatkova-berezne.rv.ua</t>
+          <t>berezne-nvk.at.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Ситник Жанна Вячеславівна</t>
+          <t>Директор Лашта Віталій Іванович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y3" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЕКОНОМІКО-ГУМАНІТАРНИЙ ЛІЦЕЙ БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №1 ІМЕНІ МИКОЛИ БУХОВИЧА БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>144182</v>
+        <v>144280</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЕГЛ</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андріївська, 35</t>
+          <t>вулиця Чорновола, 2</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(03653)54954, (03653)56243, (03653)54602</t>
+          <t>(03653)56710</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>licei@ukr.net</t>
+          <t>bergimn@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>berezne-nvk.at.ua</t>
+          <t>http://www.bergimn.org.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Лашта Віталій Іванович</t>
+          <t>Директор Ружицька-Швистова Ольга Йосипівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №1 ІМЕНІ МИКОЛИ БУХОВИЧА БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №2 БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>144280</v>
+        <v>144281</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №1</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №2</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорновола, 2</t>
+          <t>вулиця Будівельників, 4</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(03653)56710</t>
+          <t>(03653)54915</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>bergimn@ukr.net</t>
+          <t>drygashkola_2009@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>http://www.bergimn.org.ua</t>
+          <t>http://www.berezneschool2.at.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Ружицька-Швистова Ольга Йосипівна</t>
+          <t>Директор Ковальчук Галина Ростиславівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №2 БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №3 БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>144281</v>
+        <v>144521</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №2</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №3</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Будівельників, 4</t>
+          <t>вулиця Вишнева, 19</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(03653)54915</t>
+          <t>(03653)5-43-65</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>drygashkola_2009@ukr.net</t>
+          <t>agrotehinternat@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://www.berezneschool2.at.ua</t>
+          <t>berezne-internat.rv.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальчук Галина Ростиславівна</t>
+          <t>Директор Зайко Олег Володимирович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №3 БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД «БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ» БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>144521</v>
+        <v>144524</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ №3</t>
+          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>ліцей-інтернат</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 19</t>
+          <t>вулиця Героїв України, 10-Б</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(03653)5-43-65</t>
+          <t>(03653)54715</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>agrotehinternat@ukr.net</t>
+          <t>blisp@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>berezne-internat.rv.ua</t>
+          <t>blisp2.wixsite.com/blisp</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Зайко Олег Володимирович</t>
+          <t>Директор Іванюк Ігор Ілліч</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД «БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ» БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
+          <t>Філія «Початкова школа» Березнівського ліцею №1 імені Миколи Буховича Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>144524</v>
+        <v>149710</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>БЕРЕЗНІВСЬКИЙ ЛІЦЕЙ-ІНТЕРНАТ СПОРТИВНОГО ПРОФІЛЮ</t>
+          <t>Початкова школа Березнівського ліцею №1 імені Миколи Буховича</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5620410100</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Березне, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв України, 10-Б</t>
+          <t>вулиця Франка І., 6</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA56060030010049126</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, м. Березне</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(03653)54715</t>
+          <t>(03653)54853, (03653)53209</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>blisp@ukr.net</t>
+          <t>pochatkova_2009@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>blisp2.wixsite.com/blisp</t>
+          <t>pochatkova-berezne.rv.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванюк Ігор Ілліч</t>
+          <t>Завідувач філією Ситник Жанна Вячеславівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
-          <t>так</t>
-[...2 lines deleted...]
-      <c r="Y8" s="5"/>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y8" s="5" t="n">
+        <v>360</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>БИСТРИЦЬКИЙ ЛІЦЕЙ БЕРЕЗНІВСЬКОЇ МІСЬКОЇ РАДИ РІВНЕНСЬКОГО РАЙОНУ РІВНЕНСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>146418</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>БИСТРИЦЬКИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
@@ -2621,51 +2621,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>5620485701</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>с. Кам'янка, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ю. Ковтуна, 1</t>
+          <t>вулиця Юрія Ковтуна, 2</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA56060030190085139</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с. Кам’янка</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(03653)33424</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
@@ -4499,51 +4499,51 @@
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
           <t>Хотинська філія №1 опорного закладу Прислуцький ліцей Березнівської міської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
         <v>147040</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>Хотинська філія Прислуцького ліцею</t>
+          <t>Хотинська філія №1 Прислуцького ліцею</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>5620488303</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>