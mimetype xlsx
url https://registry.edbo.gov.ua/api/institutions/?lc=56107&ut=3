--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -840,62 +840,62 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>мікрорайон Вараш, 36</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA56020030010034121</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Вараш</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Вараської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(03636)23111, (03636)24577</t>
+          <t>(067)490-14-67</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>zzso5varash@i.ua</t>
+          <t>zzso5varash@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://znz5.at.ua</t>
+          <t>https://varashlitsey5.rv.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Пашко Руслан Федорович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>