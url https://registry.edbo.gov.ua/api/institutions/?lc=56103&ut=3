--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -1203,51 +1203,51 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Дубенська гімназія "Премудрість"</t>
+          <t>Приватний заклад "Дубенський ліцей "Премудрість"</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>149020</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>ПЗ "Дубенський ліцей "Премудрість"</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1272,71 +1272,71 @@
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Гірницька, 40</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA56040110010080334</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Дубно</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дубенської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(066)4746185</t>
+          <t>(093)1469927</t>
         </is>
       </c>
       <c r="Q10" s="4" t="inlineStr">
         <is>
-          <t>(066)4746185</t>
+          <t>(093)1469927</t>
         </is>
       </c>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>premudrist.osvita@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>premudrist.com</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Моцик Марія Адамівна</t>
+          <t>Т.в.о. директора Капустенко Катерина Олександрівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">