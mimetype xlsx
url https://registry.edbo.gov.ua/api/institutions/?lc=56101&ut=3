--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$49</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y47"/>
+  <dimension ref="A1:Y49"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -844,51 +844,51 @@
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(067)3828941</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Фаліон Анна Олександрівна</t>
+          <t>Т.в.о. директора Ярова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -981,128 +981,132 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Рівненська початкова школа "Школа мрій"</t>
+          <t>Приватний заклад "Рівненський ліцей "Покликані перемагати"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>176734</v>
+        <v>176953</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Рівненська ПШ "Школа мрій"</t>
+          <t>ПЗ "РЛ "Покликані перемагати"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>провулок Вінницький, 27</t>
+          <t>вулиця В`ячеслава Чорновола, 74</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(097)4756096</t>
+          <t>(097)4378703</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
-      <c r="R8" s="4"/>
+      <c r="R8" s="4" t="inlineStr">
+        <is>
+          <t>pplyceum.rsvne@gmail.com</t>
+        </is>
+      </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Косинець Сергій Іванович</t>
+          <t>Директор Скоропляс Сергій Валерійович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1893,51 +1897,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якова Бичківського, 13</t>
+          <t>вулиця Я. Бичківського, 13</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(0362)623327</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
@@ -4941,493 +4945,719 @@
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮКІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНА ГІМНАЗІЯ "СТАРЛЕНД" М. РІВНОГО"</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>176705</v>
+        <v>176958</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "РП ЛІЦЕЙ "ЮКІ"</t>
+          <t>ТОВ "ПРИВАТНА ГІМНАЗІЯ "СтарЛенд"</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Карнаухова Миколи, 31</t>
+          <t>вулиця Березова, 16</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(098)2023322</t>
+          <t>(073)0680630</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>private.school.rivne@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S44" s="4"/>
+          <t>StarLand.rv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S44" s="4" t="inlineStr">
+        <is>
+          <t>https://starland.school</t>
+        </is>
+      </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Кравчук Яна Володимирівна</t>
+          <t>Директор Ткачук Олена Юріївна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Рівненський християнський ліцей "Світло"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮКІ"</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>176772</v>
+        <v>176705</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Ліцей "Світло"</t>
+          <t>ТОВ "РП ЛІЦЕЙ "ЮКІ"</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Міцкевича, 2 (2 поверх)</t>
+          <t>вулиця Спаська, 17</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(067)3638772</t>
+          <t>(098)2023322</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>SCHOOLSVITLO@proton.me</t>
-[...6 lines deleted...]
-      </c>
+          <t>private.school.rivne@gmail.com</t>
+        </is>
+      </c>
+      <c r="S45" s="4"/>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасимчук Ілона Миколаївна</t>
+          <t>Директор Кравчук Яна Володимирівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА МАЙБУТНЬОГО"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Рівненський християнський ліцей "Світло"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>176471</v>
+        <v>176772</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D46" s="4"/>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "Ліцей "Світло"</t>
+        </is>
+      </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Червонія, 39</t>
+          <t>вулиця Міцкевича, 2 (2 поверх)</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(068)4325741</t>
+          <t>(067)3638772</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>ua.futureschool@gmail.com</t>
+          <t>SCHOOLSVITLO@proton.me</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>https://www.futureschool.online/</t>
+          <t>http://school.rv.ua</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Микитюк Оксана Дмитрівна</t>
+          <t>Директор Герасимчук Ілона Миколаївна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ШКОЛА "МЕТОД"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>176830</v>
+        <v>176957</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ШКОЛА "МЕТОД"</t>
+          <t>ТОВ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кавказька, 2</t>
+          <t>вулиця Соломії Крушельницької, 71</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(097)3320708</t>
+          <t>(068)6124094</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>metod.in.ua@gmail.com</t>
+          <t>svitoglyad.school@gmail.com</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>https://pro.metod.in.ua</t>
+          <t>https://svitoglyad.org</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Лістратов Олександр Володимирович</t>
+          <t>Директор Панчук Андрій Валентинович</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА МАЙБУТНЬОГО"</t>
+        </is>
+      </c>
+      <c r="B48" s="5" t="n">
+        <v>176471</v>
+      </c>
+      <c r="C48" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D48" s="4"/>
+      <c r="E48" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G48" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H48" s="6" t="inlineStr">
+        <is>
+          <t>5610100000</t>
+        </is>
+      </c>
+      <c r="I48" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська область</t>
+        </is>
+      </c>
+      <c r="J48" s="4" t="inlineStr">
+        <is>
+          <t>Рівне, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K48" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Василя Червонія, 39</t>
+        </is>
+      </c>
+      <c r="L48" s="6" t="inlineStr">
+        <is>
+          <t>UA56060470010041018</t>
+        </is>
+      </c>
+      <c r="M48" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., м. Рівне</t>
+        </is>
+      </c>
+      <c r="N48" s="7"/>
+      <c r="O48" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
+        </is>
+      </c>
+      <c r="P48" s="4" t="inlineStr">
+        <is>
+          <t>(068)4325741</t>
+        </is>
+      </c>
+      <c r="Q48" s="4"/>
+      <c r="R48" s="4" t="inlineStr">
+        <is>
+          <t>ua.futureschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S48" s="4" t="inlineStr">
+        <is>
+          <t>https://www.futureschool.online/</t>
+        </is>
+      </c>
+      <c r="T48" s="4" t="inlineStr">
+        <is>
+          <t>Директор Микитюк Оксана Дмитрівна</t>
+        </is>
+      </c>
+      <c r="U48" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V48" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W48" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X48" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y48" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ШКОЛА "МЕТОД"</t>
+        </is>
+      </c>
+      <c r="B49" s="5" t="n">
+        <v>176830</v>
+      </c>
+      <c r="C49" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ШКОЛА "МЕТОД"</t>
+        </is>
+      </c>
+      <c r="E49" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G49" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H49" s="6" t="inlineStr">
+        <is>
+          <t>5610100000</t>
+        </is>
+      </c>
+      <c r="I49" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська область</t>
+        </is>
+      </c>
+      <c r="J49" s="4" t="inlineStr">
+        <is>
+          <t>Рівне, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K49" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Кавказька, 2</t>
+        </is>
+      </c>
+      <c r="L49" s="6" t="inlineStr">
+        <is>
+          <t>UA56060470010041018</t>
+        </is>
+      </c>
+      <c r="M49" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., м. Рівне</t>
+        </is>
+      </c>
+      <c r="N49" s="7"/>
+      <c r="O49" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
+        </is>
+      </c>
+      <c r="P49" s="4" t="inlineStr">
+        <is>
+          <t>(097)3320708</t>
+        </is>
+      </c>
+      <c r="Q49" s="4"/>
+      <c r="R49" s="4" t="inlineStr">
+        <is>
+          <t>metod.in.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S49" s="4" t="inlineStr">
+        <is>
+          <t>https://pro.metod.in.ua</t>
+        </is>
+      </c>
+      <c r="T49" s="4" t="inlineStr">
+        <is>
+          <t>Директор Лістратов Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U49" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V49" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W49" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X49" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y49" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y47"/>
+  <autoFilter ref="A1:Y49"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>