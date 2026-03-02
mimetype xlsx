--- v1 (2025-12-21)
+++ v2 (2026-03-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$50</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y49"/>
+  <dimension ref="A1:Y50"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -936,51 +936,51 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Буковинська, 7</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Рівненської обласної державної адміністрації</t>
+          <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(050)8884567</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>svkosynets@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Косинець Світлана Петрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
@@ -5167,497 +5167,610 @@
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Рівненський християнський ліцей "Світло"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ЮКІ ПЛЮС"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>176772</v>
+        <v>176976</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Ліцей "Світло"</t>
+          <t>ТОВ "РПЛ "ЮКІ ПЛЮС"</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Міцкевича, 2 (2 поверх)</t>
+          <t>вулиця Спаська, 17</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(067)3638772</t>
+          <t>(098)2023322</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>SCHOOLSVITLO@proton.me</t>
+          <t>private.school.rivne@gmail.com</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>http://school.rv.ua</t>
+          <t>https://uki.org.ua/</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасимчук Ілона Миколаївна</t>
+          <t>Директор Кравчук Яна Володимирівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Рівненський християнський ліцей "Світло"</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>176957</v>
+        <v>176772</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
+          <t>ТОВ "Ліцей "Світло"</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соломії Крушельницької, 71</t>
+          <t>вулиця Міцкевича, 2 (2 поверх)</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(068)6124094</t>
+          <t>(067)3638772</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>svitoglyad.school@gmail.com</t>
+          <t>SCHOOLSVITLO@proton.me</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>https://svitoglyad.org</t>
+          <t>http://school.rv.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Панчук Андрій Валентинович</t>
+          <t>Директор Герасимчук Ілона Миколаївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА МАЙБУТНЬОГО"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>176471</v>
+        <v>176957</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D48" s="4"/>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "РІВНЕНСЬКИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "СВІТОГЛЯД"</t>
+        </is>
+      </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Червонія, 39</t>
+          <t>вулиця Соломії Крушельницької, 71</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(068)4325741</t>
+          <t>(068)6124094</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>ua.futureschool@gmail.com</t>
+          <t>svitoglyad.school@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>https://www.futureschool.online/</t>
+          <t>https://svitoglyad.org</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Микитюк Оксана Дмитрівна</t>
+          <t>Директор Панчук Андрій Валентинович</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ШКОЛА "МЕТОД"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА МАЙБУТНЬОГО"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>176830</v>
+        <v>176471</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D49" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D49" s="4"/>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>5610100000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Рівне, Рівненська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кавказька, 2</t>
+          <t>вулиця Василя Червонія, 39</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., м. Рівне</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(097)3320708</t>
+          <t>(068)4325741</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>metod.in.ua@gmail.com</t>
+          <t>ua.futureschool@gmail.com</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>https://pro.metod.in.ua</t>
+          <t>https://www.futureschool.online/</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Лістратов Олександр Володимирович</t>
+          <t>Директор Микитюк Оксана Дмитрівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ШКОЛА "МЕТОД"</t>
+        </is>
+      </c>
+      <c r="B50" s="5" t="n">
+        <v>176830</v>
+      </c>
+      <c r="C50" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ШКОЛА "МЕТОД"</t>
+        </is>
+      </c>
+      <c r="E50" s="4" t="inlineStr">
+        <is>
+          <t>призупинено</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G50" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H50" s="6" t="inlineStr">
+        <is>
+          <t>5610100000</t>
+        </is>
+      </c>
+      <c r="I50" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська область</t>
+        </is>
+      </c>
+      <c r="J50" s="4" t="inlineStr">
+        <is>
+          <t>Рівне, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K50" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Кавказька, 2</t>
+        </is>
+      </c>
+      <c r="L50" s="6" t="inlineStr">
+        <is>
+          <t>UA56060470010041018</t>
+        </is>
+      </c>
+      <c r="M50" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., м. Рівне</t>
+        </is>
+      </c>
+      <c r="N50" s="7"/>
+      <c r="O50" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти виконавчого комітету Рівненської міської ради</t>
+        </is>
+      </c>
+      <c r="P50" s="4" t="inlineStr">
+        <is>
+          <t>(097)3320708</t>
+        </is>
+      </c>
+      <c r="Q50" s="4"/>
+      <c r="R50" s="4" t="inlineStr">
+        <is>
+          <t>metod.in.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S50" s="4" t="inlineStr">
+        <is>
+          <t>https://pro.metod.in.ua</t>
+        </is>
+      </c>
+      <c r="T50" s="4" t="inlineStr">
+        <is>
+          <t>Директор Лістратов Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U50" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V50" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W50" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X50" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y50" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y49"/>
+  <autoFilter ref="A1:Y50"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>