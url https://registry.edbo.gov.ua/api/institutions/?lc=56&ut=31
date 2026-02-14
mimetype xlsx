--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$383</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$382</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y383"/>
+  <dimension ref="A1:Y382"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -27481,12241 +27481,12136 @@
       <c r="U263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X263" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y263" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="4" t="inlineStr">
         <is>
-          <t>Новоносовицький заклад дошкільної освіти Тараканівської сільської ради</t>
+          <t>Ново-Пляшевський ДНЗ "Сонечко" загального розвитку Козинської сільської ради Рівненської області Радивилівського району</t>
         </is>
       </c>
       <c r="B264" s="5" t="n">
-        <v>173778</v>
-[...5 lines deleted...]
-      </c>
+        <v>171339</v>
+      </c>
+      <c r="C264" s="6"/>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Новоносовицький ЗДО</t>
+          <t>Ново-Пляшевський ДНЗ</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H264" s="6" t="inlineStr">
         <is>
-          <t>5621686009</t>
+          <t>5625882901</t>
         </is>
       </c>
       <c r="I264" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J264" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Носовиця, Дубенський район, Рівненська область</t>
+          <t>с. Нова Пляшева, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K264" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісова, 8а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Першотравнева, 50</t>
+        </is>
+      </c>
+      <c r="L264" s="6"/>
+      <c r="M264" s="4"/>
       <c r="N264" s="7"/>
       <c r="O264" s="4" t="inlineStr">
         <is>
-          <t>Тараканівська сільська рада</t>
-[...6 lines deleted...]
-      </c>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Козинської сільської ради</t>
+        </is>
+      </c>
+      <c r="P264" s="4"/>
       <c r="Q264" s="4"/>
-      <c r="R264" s="4"/>
-      <c r="S264" s="4"/>
+      <c r="R264" s="4" t="inlineStr">
+        <is>
+          <t>sonechkonp@ukr.net</t>
+        </is>
+      </c>
+      <c r="S264" s="4" t="inlineStr">
+        <is>
+          <t>https://sonechkonp.ucoz.net</t>
+        </is>
+      </c>
       <c r="T264" s="4" t="inlineStr">
         <is>
-          <t> Мілецька Олена Олександрівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X264" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y264" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="4" t="inlineStr">
         <is>
-          <t>Ново-Пляшевський ДНЗ "Сонечко" загального розвитку Козинської сільської ради Рівненської області Радивилівського району</t>
+          <t>Новоукраїнський дошкільний навчальний заклад (ясла - садок)</t>
         </is>
       </c>
       <c r="B265" s="5" t="n">
-        <v>171339</v>
+        <v>173717</v>
       </c>
       <c r="C265" s="6"/>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Ново-Пляшевський ДНЗ</t>
+          <t>Новоукраїнський ДНЗ (ясла-садок)</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G265" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H265" s="6" t="inlineStr">
         <is>
-          <t>5625882901</t>
+          <t>5624687001</t>
         </is>
       </c>
       <c r="I265" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J265" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Пляшева, Радивилівський район, Рівненська область</t>
+          <t>с. Нова Українка, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K265" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 50</t>
-[...3 lines deleted...]
-      <c r="M265" s="4"/>
+          <t>вулиця Садова, 33а</t>
+        </is>
+      </c>
+      <c r="L265" s="6" t="inlineStr">
+        <is>
+          <t>UA56060430080068089</t>
+        </is>
+      </c>
+      <c r="M265" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Рівненський р-н, с. Нова Українка</t>
+        </is>
+      </c>
       <c r="N265" s="7"/>
       <c r="O265" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Козинської сільської ради</t>
-[...2 lines deleted...]
-      <c r="P265" s="4"/>
+          <t>Відділ освіти Рівненської районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P265" s="4" t="inlineStr">
+        <is>
+          <t>(0362)206990</t>
+        </is>
+      </c>
       <c r="Q265" s="4"/>
       <c r="R265" s="4" t="inlineStr">
         <is>
-          <t>sonechkonp@ukr.net</t>
+          <t>novoukrainskiy_dnz_@ukr.net</t>
         </is>
       </c>
       <c r="S265" s="4" t="inlineStr">
         <is>
-          <t>https://sonechkonp.ucoz.net</t>
+          <t>info@nu-zdo.com.ua</t>
         </is>
       </c>
       <c r="T265" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X265" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y265" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="4" t="inlineStr">
         <is>
-          <t>Новоукраїнський дошкільний навчальний заклад (ясла - садок)</t>
+          <t>Новожуківський дошкільний навчальний заклад (дитячий садок) Радухівської сільської ради Рівненського району Рівненської області з короткотривалим перебуванням дітей - загального розвитку</t>
         </is>
       </c>
       <c r="B266" s="5" t="n">
-        <v>173717</v>
+        <v>174957</v>
       </c>
       <c r="C266" s="6"/>
       <c r="D266" s="4" t="inlineStr">
         <is>
-          <t>Новоукраїнський ДНЗ (ясла-садок)</t>
+          <t>Новожуківський ДНЗ</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G266" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H266" s="6" t="inlineStr">
         <is>
-          <t>5624687001</t>
+          <t>5624687902</t>
         </is>
       </c>
       <c r="I266" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J266" s="4" t="inlineStr">
         <is>
-          <t>с. Нова Українка, Рівненський район, Рівненська область</t>
+          <t>с. Новожуків, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K266" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 33а</t>
+          <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L266" s="6" t="inlineStr">
         <is>
-          <t>UA56060430080068089</t>
+          <t>UA56060270080028692</t>
         </is>
       </c>
       <c r="M266" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Нова Українка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Новожуків</t>
         </is>
       </c>
       <c r="N266" s="7"/>
       <c r="O266" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Рівненської районної державної адміністрації</t>
         </is>
       </c>
-      <c r="P266" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P266" s="4"/>
       <c r="Q266" s="4"/>
-      <c r="R266" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R266" s="4"/>
+      <c r="S266" s="4"/>
       <c r="T266" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X266" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y266" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="4" t="inlineStr">
         <is>
-          <t>Новожуківський дошкільний навчальний заклад (дитячий садок) Радухівської сільської ради Рівненського району Рівненської області з короткотривалим перебуванням дітей - загального розвитку</t>
+          <t>Новомильський заклад дошкільної освіти (дитячий садок) "Барвінок" Копитківської сільської ради Здолбунівсього району Рівненської області</t>
         </is>
       </c>
       <c r="B267" s="5" t="n">
-        <v>174957</v>
+        <v>176377</v>
       </c>
       <c r="C267" s="6"/>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Новожуківський ДНЗ</t>
+          <t>Новомильський ЗДО "Барвінок"</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G267" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H267" s="6" t="inlineStr">
         <is>
-          <t>5624687902</t>
+          <t>5622682803</t>
         </is>
       </c>
       <c r="I267" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J267" s="4" t="inlineStr">
         <is>
-          <t>с. Новожуків, Рівненський район, Рівненська область</t>
+          <t>с. Новомильськ, Здолбунівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K267" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Центральна, 3б</t>
         </is>
       </c>
       <c r="L267" s="6" t="inlineStr">
         <is>
-          <t>UA56060270080028692</t>
+          <t>UA56060250090060916</t>
         </is>
       </c>
       <c r="M267" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Новожуків</t>
+          <t>Рівненська обл., Рівненський р-н, с. Новомильськ</t>
         </is>
       </c>
       <c r="N267" s="7"/>
       <c r="O267" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Рівненської районної державної адміністрації</t>
-[...2 lines deleted...]
-      <c r="P267" s="4"/>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P267" s="4" t="inlineStr">
+        <is>
+          <t>(380)680374055</t>
+        </is>
+      </c>
       <c r="Q267" s="4"/>
-      <c r="R267" s="4"/>
+      <c r="R267" s="4" t="inlineStr">
+        <is>
+          <t>zdo.barvinok2019@gmail.com</t>
+        </is>
+      </c>
       <c r="S267" s="4"/>
       <c r="T267" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X267" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y267" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="4" t="inlineStr">
         <is>
-          <t>Новомильський заклад дошкільної освіти (дитячий садок) "Барвінок" Копитківської сільської ради Здолбунівсього району Рівненської області</t>
+          <t>заклад дошкільної освіти "Сонечко" з короткотривалим перебуванням дітей загального розвитку</t>
         </is>
       </c>
       <c r="B268" s="5" t="n">
-        <v>176377</v>
+        <v>176095</v>
       </c>
       <c r="C268" s="6"/>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Новомильський ЗДО "Барвінок"</t>
+          <t>ЗДО "Сонечко" с.Новорічиця</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H268" s="6" t="inlineStr">
         <is>
-          <t>5622682803</t>
+          <t>5622284401</t>
         </is>
       </c>
       <c r="I268" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J268" s="4" t="inlineStr">
         <is>
-          <t>с. Новомильськ, Здолбунівський район, Рівненська область</t>
+          <t>с. Новорічиця, Зарічненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K268" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 3б</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L268" s="6" t="inlineStr">
         <is>
-          <t>UA56060250090060916</t>
+          <t>UA56020070210028319</t>
         </is>
       </c>
       <c r="M268" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Новомильськ</t>
+          <t>Рівненська обл., Вараський р-н, с. Новорічиця</t>
         </is>
       </c>
       <c r="N268" s="7"/>
       <c r="O268" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P268" s="4"/>
       <c r="Q268" s="4"/>
-      <c r="R268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R268" s="4"/>
       <c r="S268" s="4"/>
       <c r="T268" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X268" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y268" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти "Сонечко" з короткотривалим перебуванням дітей загального розвитку</t>
+          <t>Новоселівський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B269" s="5" t="n">
-        <v>176095</v>
+        <v>171525</v>
       </c>
       <c r="C269" s="6"/>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко" с.Новорічиця</t>
+          <t>Новоселівський ДНЗ</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G269" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H269" s="6" t="inlineStr">
         <is>
-          <t>5622284401</t>
+          <t>5623881305</t>
         </is>
       </c>
       <c r="I269" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J269" s="4" t="inlineStr">
         <is>
-          <t>с. Новорічиця, Зарічненський район, Рівненська область</t>
+          <t>с. Новоселівка, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K269" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Млинівська, 1</t>
+        </is>
+      </c>
+      <c r="L269" s="6"/>
+      <c r="M269" s="4"/>
       <c r="N269" s="7"/>
       <c r="O269" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P269" s="4"/>
       <c r="Q269" s="4"/>
       <c r="R269" s="4"/>
-      <c r="S269" s="4"/>
+      <c r="S269" s="4" t="inlineStr">
+        <is>
+          <t>novoselivka.at.ua</t>
+        </is>
+      </c>
       <c r="T269" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X269" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y269" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="4" t="inlineStr">
         <is>
-          <t>Новоселівський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Орлятко" Оженинської сільської ради</t>
         </is>
       </c>
       <c r="B270" s="5" t="n">
-        <v>171525</v>
+        <v>171649</v>
       </c>
       <c r="C270" s="6"/>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Новоселівський ДНЗ</t>
+          <t>ДНЗ "Орлятко"</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G270" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H270" s="6" t="inlineStr">
         <is>
-          <t>5623881305</t>
+          <t>5624286401</t>
         </is>
       </c>
       <c r="I270" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J270" s="4" t="inlineStr">
         <is>
-          <t>с. Новоселівка, Млинівський район, Рівненська область</t>
+          <t>с. Оженин, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K270" s="4" t="inlineStr">
         <is>
-          <t>вулиця Млинівська, 1</t>
-[...3 lines deleted...]
-      <c r="M270" s="4"/>
+          <t>вулиця Краївська, 3-</t>
+        </is>
+      </c>
+      <c r="L270" s="6" t="inlineStr">
+        <is>
+          <t>UA56060450380076828</t>
+        </is>
+      </c>
+      <c r="M270" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Рівненський р-н, с. Оженин</t>
+        </is>
+      </c>
       <c r="N270" s="7"/>
       <c r="O270" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P270" s="4"/>
+      <c r="P270" s="4" t="inlineStr">
+        <is>
+          <t>28379</t>
+        </is>
+      </c>
       <c r="Q270" s="4"/>
-      <c r="R270" s="4"/>
+      <c r="R270" s="4" t="inlineStr">
+        <is>
+          <t>orliyatko.ogenin@gmail.com.</t>
+        </is>
+      </c>
       <c r="S270" s="4" t="inlineStr">
         <is>
-          <t>novoselivka.at.ua</t>
+          <t>https://orliatko.ucoz.ua/index/adresa/0-20</t>
         </is>
       </c>
       <c r="T270" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X270" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y270" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Орлятко" Оженинської сільської ради</t>
+          <t>Дошкільний навчальний заклад " Пролісок" села Озеро</t>
         </is>
       </c>
       <c r="B271" s="5" t="n">
-        <v>171649</v>
+        <v>173759</v>
       </c>
       <c r="C271" s="6"/>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Орлятко"</t>
+          <t>Дошкільний навчальний заклад " Пролісок" села Озеро</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G271" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H271" s="6" t="inlineStr">
         <is>
-          <t>5624286401</t>
+          <t>5620887601</t>
         </is>
       </c>
       <c r="I271" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J271" s="4" t="inlineStr">
         <is>
-          <t>с. Оженин, Острозький район, Рівненська область</t>
+          <t>с. Озеро, Володимирецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K271" s="4" t="inlineStr">
         <is>
-          <t>вулиця Краївська, 3-</t>
+          <t>вулиця Перемоги, 51</t>
         </is>
       </c>
       <c r="L271" s="6" t="inlineStr">
         <is>
-          <t>UA56060450380076828</t>
+          <t>UA56020090050099074</t>
         </is>
       </c>
       <c r="M271" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Оженин</t>
+          <t>Рівненська обл., Вараський р-н, с. Озеро</t>
         </is>
       </c>
       <c r="N271" s="7"/>
       <c r="O271" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P271" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P271" s="4"/>
       <c r="Q271" s="4"/>
-      <c r="R271" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R271" s="4"/>
+      <c r="S271" s="4"/>
       <c r="T271" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X271" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y271" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад " Пролісок" села Озеро</t>
+          <t>Дошкільний підрозділ Озерської філії Сварицевицького навчально-виховного комплексу «Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад »</t>
         </is>
       </c>
       <c r="B272" s="5" t="n">
-        <v>173759</v>
+        <v>171705</v>
       </c>
       <c r="C272" s="6"/>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад " Пролісок" села Озеро</t>
+          <t>Дошкільний підрозділ Озерської філії Сварицевицького НВК "ЗОШ І-ІІІ ступенів – ДНЗ "</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G272" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H272" s="6" t="inlineStr">
         <is>
-          <t>5620887601</t>
+          <t>5621883903</t>
         </is>
       </c>
       <c r="I272" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J272" s="4" t="inlineStr">
         <is>
-          <t>с. Озеро, Володимирецький район, Рівненська область</t>
+          <t>с. Озерськ, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K272" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 51</t>
+          <t>вулиця Центральна, 57</t>
         </is>
       </c>
       <c r="L272" s="6" t="inlineStr">
         <is>
-          <t>UA56020090050099074</t>
+          <t>UA56080070260080747</t>
         </is>
       </c>
       <c r="M272" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Озеро</t>
+          <t>Рівненська обл., Сарненський р-н, с. Озерськ</t>
         </is>
       </c>
       <c r="N272" s="7"/>
       <c r="O272" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P272" s="4"/>
+          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P272" s="4" t="inlineStr">
+        <is>
+          <t>(51645)72142</t>
+        </is>
+      </c>
       <c r="Q272" s="4"/>
-      <c r="R272" s="4"/>
+      <c r="R272" s="4" t="inlineStr">
+        <is>
+          <t>serko-v@ukr.net</t>
+        </is>
+      </c>
       <c r="S272" s="4"/>
       <c r="T272" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U272" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X272" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y272" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний підрозділ Озерської філії Сварицевицького навчально-виховного комплексу «Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад »</t>
+          <t>Озерянський дошкільний навчальний заклад (дитячий садок) Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B273" s="5" t="n">
-        <v>171705</v>
+        <v>170157</v>
       </c>
       <c r="C273" s="6"/>
       <c r="D273" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний підрозділ Озерської філії Сварицевицького НВК "ЗОШ І-ІІІ ступенів – ДНЗ "</t>
+          <t>Озерянський ДНЗ</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G273" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H273" s="6" t="inlineStr">
         <is>
-          <t>5621883903</t>
+          <t>5621684701</t>
         </is>
       </c>
       <c r="I273" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J273" s="4" t="inlineStr">
         <is>
-          <t>с. Озерськ, Дубровицький район, Рівненська область</t>
+          <t>с. Озеряни, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K273" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 57</t>
+          <t>вулиця Шевченка, 18</t>
         </is>
       </c>
       <c r="L273" s="6" t="inlineStr">
         <is>
-          <t>UA56080070260080747</t>
+          <t>UA56040050100048146</t>
         </is>
       </c>
       <c r="M273" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Озерськ</t>
+          <t>Рівненська обл., Дубенський р-н, с. Озеряни</t>
         </is>
       </c>
       <c r="N273" s="7"/>
       <c r="O273" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P273" s="4" t="inlineStr">
         <is>
-          <t>(51645)72142</t>
+          <t>0680062506</t>
         </is>
       </c>
       <c r="Q273" s="4"/>
-      <c r="R273" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R273" s="4"/>
       <c r="S273" s="4"/>
       <c r="T273" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U273" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X273" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y273" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="4" t="inlineStr">
         <is>
-          <t>Озерянський дошкільний навчальний заклад (дитячий садок) Дубенського району Рівненської області</t>
+          <t>Олександрійський заклад дошкільної освіти (ясла-садок) загального типу Олександрійської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B274" s="5" t="n">
-        <v>170157</v>
+        <v>174946</v>
       </c>
       <c r="C274" s="6"/>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Озерянський ДНЗ</t>
+          <t>Олександрійський ЗДО (ясла-садок)</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G274" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H274" s="6" t="inlineStr">
         <is>
-          <t>5621684701</t>
+          <t>5624680401</t>
         </is>
       </c>
       <c r="I274" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J274" s="4" t="inlineStr">
         <is>
-          <t>с. Озеряни, Дубенський район, Рівненська область</t>
+          <t>с. Олександрія, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K274" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 18</t>
+          <t>вулиця Свято-Преображенська, 159Б</t>
         </is>
       </c>
       <c r="L274" s="6" t="inlineStr">
         <is>
-          <t>UA56040050100048146</t>
+          <t>UA56060430010051905</t>
         </is>
       </c>
       <c r="M274" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Озеряни</t>
+          <t>Рівненська обл., Рівненський р-н, с. Олександрія</t>
         </is>
       </c>
       <c r="N274" s="7"/>
       <c r="O274" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P274" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P274" s="4"/>
       <c r="Q274" s="4"/>
       <c r="R274" s="4"/>
-      <c r="S274" s="4"/>
+      <c r="S274" s="4" t="inlineStr">
+        <is>
+          <t>oleksandria_sadok@ukr.net</t>
+        </is>
+      </c>
       <c r="T274" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X274" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y274" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="4" t="inlineStr">
         <is>
-          <t>Олександрійський заклад дошкільної освіти (ясла-садок) загального типу Олександрійської сільської ради Рівненського району Рівненської області</t>
+          <t>Орв'яницький навчально-виховний комплекс "загальноосвітня школа I-III ступенів-дошкільний навчальний заклад"</t>
         </is>
       </c>
       <c r="B275" s="5" t="n">
-        <v>174946</v>
+        <v>171704</v>
       </c>
       <c r="C275" s="6"/>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Олександрійський ЗДО (ясла-садок)</t>
+          <t>Орв”яницький НВК "ЗОШ I-III ст.-ДНЗ"</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H275" s="6" t="inlineStr">
         <is>
-          <t>5624680401</t>
+          <t>5621887703</t>
         </is>
       </c>
       <c r="I275" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
-          <t>с. Олександрія, Рівненський район, Рівненська область</t>
+          <t>с. Орв'яниця, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Преображенська, 159Б</t>
+          <t>вулиця Героїв, 6</t>
         </is>
       </c>
       <c r="L275" s="6" t="inlineStr">
         <is>
-          <t>UA56060430010051905</t>
+          <t>UA56080070270035368</t>
         </is>
       </c>
       <c r="M275" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Олександрія</t>
+          <t>Рівненська обл., Сарненський р-н, с. Орв’яниця</t>
         </is>
       </c>
       <c r="N275" s="7"/>
       <c r="O275" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P275" s="4"/>
+          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P275" s="4" t="inlineStr">
+        <is>
+          <t>()0978312678</t>
+        </is>
+      </c>
       <c r="Q275" s="4"/>
-      <c r="R275" s="4"/>
+      <c r="R275" s="4" t="inlineStr">
+        <is>
+          <t>orvyanica_dnz@ukr.net</t>
+        </is>
+      </c>
       <c r="S275" s="4" t="inlineStr">
         <is>
-          <t>oleksandria_sadok@ukr.net</t>
+          <t>http://orvianitsa.at.ua/</t>
         </is>
       </c>
       <c r="T275" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U275" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X275" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y275" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="4" t="inlineStr">
         <is>
-          <t>Орв'яницький навчально-виховний комплекс "загальноосвітня школа I-III ступенів-дошкільний навчальний заклад"</t>
+          <t>Дошкільний навчальний заклад загального розвитку дитячий садок "Колобок" в/ч А-4559 смт. Оржів Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B276" s="5" t="n">
-        <v>171704</v>
+        <v>176140</v>
       </c>
       <c r="C276" s="6"/>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Орв”яницький НВК "ЗОШ I-III ст.-ДНЗ"</t>
+          <t>Дошкільний навчальний заклад загального розвитку дитячий садок "Колобок" в/ч А-4559</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G276" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H276" s="6" t="inlineStr">
         <is>
-          <t>5621887703</t>
+          <t>5624655700</t>
         </is>
       </c>
       <c r="I276" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J276" s="4" t="inlineStr">
         <is>
-          <t>с. Орв'яниця, Дубровицький район, Рівненська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>смт Оржів, Рівненський район, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K276" s="4"/>
       <c r="L276" s="6" t="inlineStr">
         <is>
-          <t>UA56080070270035368</t>
+          <t>UA56060290020040398</t>
         </is>
       </c>
       <c r="M276" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Орв’яниця</t>
+          <t>Рівненська обл., Рівненський р-н, с-ще Оржів</t>
         </is>
       </c>
       <c r="N276" s="7"/>
       <c r="O276" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P276" s="4"/>
       <c r="Q276" s="4"/>
       <c r="R276" s="4" t="inlineStr">
         <is>
-          <t>orvyanica_dnz@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>zdo.a4559@gmail.com</t>
+        </is>
+      </c>
+      <c r="S276" s="4"/>
       <c r="T276" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U276" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X276" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y276" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад загального розвитку дитячий садок "Колобок" в/ч А-4559 смт. Оржів Рівненського району Рівненської області</t>
+          <t>Оржівський заклад дошкільної освіти "Веселка" Клеванської селищної ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B277" s="5" t="n">
-        <v>176140</v>
+        <v>172750</v>
       </c>
       <c r="C277" s="6"/>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад загального розвитку дитячий садок "Колобок" в/ч А-4559</t>
+          <t>Оржівський заклад дошкільної освіти "Веселка" Клеванської селищної ради</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G277" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H277" s="6" t="inlineStr">
         <is>
           <t>5624655700</t>
         </is>
       </c>
       <c r="I277" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J277" s="4" t="inlineStr">
         <is>
           <t>смт Оржів, Рівненський район, Рівненська область</t>
         </is>
       </c>
-      <c r="K277" s="4"/>
+      <c r="K277" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Центральна, 51</t>
+        </is>
+      </c>
       <c r="L277" s="6" t="inlineStr">
         <is>
           <t>UA56060290020040398</t>
         </is>
       </c>
       <c r="M277" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Рівненський р-н, с-ще Оржів</t>
         </is>
       </c>
       <c r="N277" s="7"/>
       <c r="O277" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P277" s="4"/>
       <c r="Q277" s="4"/>
-      <c r="R277" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R277" s="4"/>
       <c r="S277" s="4"/>
       <c r="T277" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X277" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y277" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="4" t="inlineStr">
         <is>
-          <t>Оржівський заклад дошкільної освіти "Веселка" Клеванської селищної ради Рівненського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Дзвіночок" с.Орлівка з короткотривалим перебуванням дітей , комунальної власності Костянтинівської сільської ради</t>
         </is>
       </c>
       <c r="B278" s="5" t="n">
-        <v>172750</v>
+        <v>174358</v>
       </c>
       <c r="C278" s="6"/>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Оржівський заклад дошкільної освіти "Веселка" Клеванської селищної ради</t>
+          <t>ДНЗ "Дзвіночок"с. Орлівка</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H278" s="6" t="inlineStr">
         <is>
-          <t>5624655700</t>
+          <t>5625482505</t>
         </is>
       </c>
       <c r="I278" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J278" s="4" t="inlineStr">
         <is>
-          <t>смт Оржів, Рівненський район, Рівненська область</t>
+          <t>с. Орлівка, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K278" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 51</t>
+          <t>вулиця Миру, 50</t>
         </is>
       </c>
       <c r="L278" s="6" t="inlineStr">
         <is>
-          <t>UA56060290020040398</t>
+          <t>UA56080170250088606</t>
         </is>
       </c>
       <c r="M278" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с-ще Оржів</t>
+          <t>Рівненська обл., Сарненський р-н, с. Орлівка</t>
         </is>
       </c>
       <c r="N278" s="7"/>
       <c r="O278" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P278" s="4"/>
       <c r="Q278" s="4"/>
       <c r="R278" s="4"/>
       <c r="S278" s="4"/>
       <c r="T278" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X278" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y278" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Дзвіночок" с.Орлівка з короткотривалим перебуванням дітей , комунальної власності Костянтинівської сільської ради</t>
+          <t>Дошкільний навчальний заклад "Орлятко"</t>
         </is>
       </c>
       <c r="B279" s="5" t="n">
-        <v>174358</v>
+        <v>171485</v>
       </c>
       <c r="C279" s="6"/>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Дзвіночок"с. Орлівка</t>
+          <t>ДНЗ "Орлятко"</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G279" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H279" s="6" t="inlineStr">
         <is>
-          <t>5625482505</t>
+          <t>5620483602</t>
         </is>
       </c>
       <c r="I279" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
-          <t>с. Орлівка, Сарненський район, Рівненська область</t>
+          <t>с. Орлівка, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 50</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L279" s="6" t="inlineStr">
         <is>
-          <t>UA56080170250088606</t>
+          <t>UA56060030280053394</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Орлівка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Орлівка</t>
         </is>
       </c>
       <c r="N279" s="7"/>
       <c r="O279" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P279" s="4"/>
       <c r="Q279" s="4"/>
       <c r="R279" s="4"/>
       <c r="S279" s="4"/>
       <c r="T279" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X279" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y279" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Орлятко"</t>
+          <t>Дошкільний навчальний заклад "Берізка"</t>
         </is>
       </c>
       <c r="B280" s="5" t="n">
-        <v>171485</v>
+        <v>171620</v>
       </c>
       <c r="C280" s="6"/>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Орлятко"</t>
+          <t>ДНЗ "Берізка"</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G280" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H280" s="6" t="inlineStr">
         <is>
-          <t>5620483602</t>
+          <t>5625086203</t>
         </is>
       </c>
       <c r="I280" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J280" s="4" t="inlineStr">
         <is>
-          <t>с. Орлівка, Березнівський район, Рівненська область</t>
+          <t>с. Остки, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K280" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Молодіжна, 8</t>
         </is>
       </c>
       <c r="L280" s="6" t="inlineStr">
         <is>
-          <t>UA56060030280053394</t>
+          <t>UA56080150210012770</t>
         </is>
       </c>
       <c r="M280" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Орлівка</t>
+          <t>Рівненська обл., Сарненський р-н, с. Остки</t>
         </is>
       </c>
       <c r="N280" s="7"/>
       <c r="O280" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P280" s="4"/>
       <c r="Q280" s="4"/>
       <c r="R280" s="4"/>
       <c r="S280" s="4"/>
       <c r="T280" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X280" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y280" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Берізка"</t>
+          <t>Остріївський дошкільний навчальний заклад дитячий садок "Дзвіночок" Млинівської селищної ради</t>
         </is>
       </c>
       <c r="B281" s="5" t="n">
-        <v>171620</v>
+        <v>171524</v>
       </c>
       <c r="C281" s="6"/>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Берізка"</t>
+          <t>Остріївський ДНЗ</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H281" s="6" t="inlineStr">
         <is>
-          <t>5625086203</t>
+          <t>5623882303</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
-          <t>с. Остки, Рокитнівський район, Рівненська область</t>
+          <t>с. Остріїв, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K281" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 8</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 2</t>
+        </is>
+      </c>
+      <c r="L281" s="6"/>
+      <c r="M281" s="4"/>
       <c r="N281" s="7"/>
       <c r="O281" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P281" s="4"/>
       <c r="Q281" s="4"/>
       <c r="R281" s="4"/>
       <c r="S281" s="4"/>
       <c r="T281" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X281" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y281" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="4" t="inlineStr">
         <is>
-          <t>Остріївський дошкільний навчальний заклад дитячий садок "Дзвіночок" Млинівської селищної ради</t>
+          <t>Дошкільний навчальний заклад ясла-садок "Сонечко"</t>
         </is>
       </c>
       <c r="B282" s="5" t="n">
-        <v>171524</v>
+        <v>171518</v>
       </c>
       <c r="C282" s="6"/>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>Остріївський ДНЗ</t>
+          <t>Острожецький ДНЗ</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H282" s="6" t="inlineStr">
         <is>
-          <t>5623882303</t>
+          <t>5623885801</t>
         </is>
       </c>
       <c r="I282" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J282" s="4" t="inlineStr">
         <is>
-          <t>с. Остріїв, Млинівський район, Рівненська область</t>
+          <t>с. Острожець, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K282" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
-[...3 lines deleted...]
-      <c r="M282" s="4"/>
+          <t>вулиця Молодіжна, 15</t>
+        </is>
+      </c>
+      <c r="L282" s="6" t="inlineStr">
+        <is>
+          <t>UA56040210010064553</t>
+        </is>
+      </c>
+      <c r="M282" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Острожець</t>
+        </is>
+      </c>
       <c r="N282" s="7"/>
       <c r="O282" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P282" s="4"/>
       <c r="Q282" s="4"/>
       <c r="R282" s="4"/>
       <c r="S282" s="4"/>
       <c r="T282" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X282" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y282" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ясла-садок "Сонечко"</t>
+          <t>П'ятигірський дошкільний навчальний заклад "Пролісок" П'ятигірської сільської ради Здолбунівського району Рівненської області</t>
         </is>
       </c>
       <c r="B283" s="5" t="n">
-        <v>171518</v>
+        <v>171450</v>
       </c>
       <c r="C283" s="6"/>
       <c r="D283" s="4" t="inlineStr">
         <is>
-          <t>Острожецький ДНЗ</t>
+          <t>П'ятигірський дошкільний навчальний заклад "Пролісок" П'ятигірської сільської ради</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H283" s="6" t="inlineStr">
         <is>
-          <t>5623885801</t>
+          <t>5622685301</t>
         </is>
       </c>
       <c r="I283" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
-          <t>с. Острожець, Млинівський район, Рівненська область</t>
+          <t>с. П'ятигори, Здолбунівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 15</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L283" s="6" t="inlineStr">
         <is>
-          <t>UA56040210010064553</t>
+          <t>UA56060250130089141</t>
         </is>
       </c>
       <c r="M283" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Острожець</t>
+          <t>Рівненська обл., Рівненський р-н, с. П’ятигори</t>
         </is>
       </c>
       <c r="N283" s="7"/>
       <c r="O283" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P283" s="4"/>
+      <c r="P283" s="4" t="inlineStr">
+        <is>
+          <t>(09)77194581</t>
+        </is>
+      </c>
       <c r="Q283" s="4"/>
-      <c r="R283" s="4"/>
-      <c r="S283" s="4"/>
+      <c r="R283" s="4" t="inlineStr">
+        <is>
+          <t>serediuk1993@gmail.com</t>
+        </is>
+      </c>
+      <c r="S283" s="4" t="inlineStr">
+        <is>
+          <t>pjatyhory@i.ua</t>
+        </is>
+      </c>
       <c r="T283" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X283" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y283" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="4" t="inlineStr">
         <is>
-          <t>П'ятигірський дошкільний навчальний заклад "Пролісок" П'ятигірської сільської ради Здолбунівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Лісовий дзвіночок" з короткотривалим перебуванням дітей загального розвитку Пісківської сільської ради Костопільського району Рівненської області</t>
         </is>
       </c>
       <c r="B284" s="5" t="n">
-        <v>171450</v>
+        <v>173764</v>
       </c>
       <c r="C284" s="6"/>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>П'ятигірський дошкільний навчальний заклад "Пролісок" П'ятигірської сільської ради</t>
+          <t>ДНЗ "Лісовий дзвіночок"</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G284" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H284" s="6" t="inlineStr">
         <is>
-          <t>5622685301</t>
+          <t>5623486001</t>
         </is>
       </c>
       <c r="I284" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J284" s="4" t="inlineStr">
         <is>
-          <t>с. П'ятигори, Здолбунівський район, Рівненська область</t>
+          <t>с. Пеньків, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K284" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Жовтнева, 14</t>
+        </is>
+      </c>
+      <c r="L284" s="6"/>
+      <c r="M284" s="4"/>
       <c r="N284" s="7"/>
       <c r="O284" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P284" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P284" s="4"/>
       <c r="Q284" s="4"/>
-      <c r="R284" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R284" s="4"/>
+      <c r="S284" s="4"/>
       <c r="T284" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X284" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y284" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Лісовий дзвіночок" з короткотривалим перебуванням дітей загального розвитку Пісківської сільської ради Костопільського району Рівненської області</t>
+          <t>Комунальний заклад Перебродівський заклад дошкільної освіти (дитячий садок) "Барвінок" Миляцької сільської ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B285" s="5" t="n">
-        <v>173764</v>
-[...1 lines deleted...]
-      <c r="C285" s="6"/>
+        <v>176637</v>
+      </c>
+      <c r="C285" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Лісовий дзвіночок"</t>
+          <t>КЗ Перебродівський ЗДО "Барвінок"</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G285" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H285" s="6" t="inlineStr">
         <is>
-          <t>5623486001</t>
+          <t>5621886401</t>
         </is>
       </c>
       <c r="I285" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J285" s="4" t="inlineStr">
         <is>
-          <t>с. Пеньків, Костопільський район, Рівненська область</t>
+          <t>с. Переброди, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K285" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 14</t>
-[...3 lines deleted...]
-      <c r="M285" s="4"/>
+          <t>вулиця Шкільна, 4</t>
+        </is>
+      </c>
+      <c r="L285" s="6" t="inlineStr">
+        <is>
+          <t>UA56080110060087480</t>
+        </is>
+      </c>
+      <c r="M285" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Сарненський р-н, с. Переброди</t>
+        </is>
+      </c>
       <c r="N285" s="7"/>
       <c r="O285" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P285" s="4"/>
+          <t>Миляцька сільська рада Дубровицького району Рівненської області</t>
+        </is>
+      </c>
+      <c r="P285" s="4" t="inlineStr">
+        <is>
+          <t>(068)7330068</t>
+        </is>
+      </c>
       <c r="Q285" s="4"/>
-      <c r="R285" s="4"/>
+      <c r="R285" s="4" t="inlineStr">
+        <is>
+          <t>perebrodisadok@gmail.com</t>
+        </is>
+      </c>
       <c r="S285" s="4"/>
       <c r="T285" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Полюхович Алла Василівна</t>
         </is>
       </c>
       <c r="U285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V285" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X285" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y285" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад Перебродівський заклад дошкільної освіти (дитячий садок) "Барвінок" Миляцької сільської ради Сарненського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Ромашка" з короткотривалим перебуванням дітей загального розвитку с.Перекалля</t>
         </is>
       </c>
       <c r="B286" s="5" t="n">
-        <v>176637</v>
-[...5 lines deleted...]
-      </c>
+        <v>176096</v>
+      </c>
+      <c r="C286" s="6"/>
       <c r="D286" s="4" t="inlineStr">
         <is>
-          <t>КЗ Перебродівський ЗДО "Барвінок"</t>
+          <t>Дошкільний навчальний заклад "Ромашка" з короткотривалим перебуванням дітей загального розвитку с.Перекалля</t>
         </is>
       </c>
       <c r="E286" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G286" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H286" s="6" t="inlineStr">
         <is>
-          <t>5621886401</t>
+          <t>5622285301</t>
         </is>
       </c>
       <c r="I286" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J286" s="4" t="inlineStr">
         <is>
-          <t>с. Переброди, Дубровицький район, Рівненська область</t>
-[...6 lines deleted...]
-      </c>
+          <t>с. Перекалля, Зарічненський район, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K286" s="4"/>
       <c r="L286" s="6" t="inlineStr">
         <is>
-          <t>UA56080110060087480</t>
+          <t>UA56020070240044039</t>
         </is>
       </c>
       <c r="M286" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Переброди</t>
+          <t>Рівненська обл., Вараський р-н, с. Перекалля</t>
         </is>
       </c>
       <c r="N286" s="7"/>
       <c r="O286" s="4" t="inlineStr">
         <is>
-          <t>Миляцька сільська рада Дубровицького району Рівненської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P286" s="4" t="inlineStr">
         <is>
-          <t>(068)7330068</t>
+          <t>(096)5745190</t>
         </is>
       </c>
       <c r="Q286" s="4"/>
       <c r="R286" s="4" t="inlineStr">
         <is>
-          <t>perebrodisadok@gmail.com</t>
+          <t>perekalliadnz@ukr.net</t>
         </is>
       </c>
       <c r="S286" s="4"/>
       <c r="T286" s="4" t="inlineStr">
         <is>
-          <t>Директор Полюхович Алла Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V286" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X286" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y286" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Ромашка" з короткотривалим перебуванням дітей загального розвитку с.Перекалля</t>
+          <t>Перенятинський заклад дошкільної освіти (ясла-садок) "Колосок" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B287" s="5" t="n">
-        <v>176096</v>
-[...1 lines deleted...]
-      <c r="C287" s="6"/>
+        <v>171336</v>
+      </c>
+      <c r="C287" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Ромашка" з короткотривалим перебуванням дітей загального розвитку с.Перекалля</t>
+          <t>Перенятинський ДНЗ"Колосок"</t>
         </is>
       </c>
       <c r="E287" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G287" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H287" s="6" t="inlineStr">
         <is>
-          <t>5622285301</t>
+          <t>5625880402</t>
         </is>
       </c>
       <c r="I287" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J287" s="4" t="inlineStr">
         <is>
-          <t>с. Перекалля, Зарічненський район, Рівненська область</t>
-[...12 lines deleted...]
-      </c>
+          <t>с. Перенятин, Радивилівський район, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K287" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Почаївська, 50А</t>
+        </is>
+      </c>
+      <c r="L287" s="6"/>
+      <c r="M287" s="4"/>
       <c r="N287" s="7"/>
       <c r="O287" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P287" s="4" t="inlineStr">
         <is>
-          <t>(096)5745190</t>
+          <t>(067)5847921</t>
         </is>
       </c>
       <c r="Q287" s="4"/>
-      <c r="R287" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R287" s="4"/>
       <c r="S287" s="4"/>
       <c r="T287" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Воронко Юлія Ярославівна</t>
         </is>
       </c>
       <c r="U287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X287" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y287" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="4" t="inlineStr">
         <is>
-          <t>Перенятинський заклад дошкільної освіти (ясла-садок) "Колосок" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Підгаєцький дошкільний навчальний заклад дитячий садок "Ромашка"</t>
         </is>
       </c>
       <c r="B288" s="5" t="n">
-        <v>171336</v>
-[...5 lines deleted...]
-      </c>
+        <v>171517</v>
+      </c>
+      <c r="C288" s="6"/>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>Перенятинський ДНЗ"Колосок"</t>
+          <t>Підгаєцький ДНЗ дитячий садок "Ромашка"</t>
         </is>
       </c>
       <c r="E288" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G288" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H288" s="6" t="inlineStr">
         <is>
-          <t>5625880402</t>
+          <t>5623887101</t>
         </is>
       </c>
       <c r="I288" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J288" s="4" t="inlineStr">
         <is>
-          <t>с. Перенятин, Радивилівський район, Рівненська область</t>
+          <t>с. Підгайці, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K288" s="4" t="inlineStr">
         <is>
-          <t>вулиця Почаївська, 50А</t>
-[...3 lines deleted...]
-      <c r="M288" s="4"/>
+          <t>вулиця Молодіжна, 6</t>
+        </is>
+      </c>
+      <c r="L288" s="6" t="inlineStr">
+        <is>
+          <t>UA56040190290025296</t>
+        </is>
+      </c>
+      <c r="M288" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Підгайці</t>
+        </is>
+      </c>
       <c r="N288" s="7"/>
       <c r="O288" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P288" s="4"/>
       <c r="Q288" s="4"/>
       <c r="R288" s="4"/>
       <c r="S288" s="4"/>
       <c r="T288" s="4" t="inlineStr">
         <is>
-          <t>Директор Воронко Юлія Ярославівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X288" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y288" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="4" t="inlineStr">
         <is>
-          <t>Підгаєцький дошкільний навчальний заклад дитячий садок "Ромашка"</t>
+          <t>Підзамчівський заклад дошкільної освіти (ясла-садок) "Колосок" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B289" s="5" t="n">
-        <v>171517</v>
-[...1 lines deleted...]
-      <c r="C289" s="6"/>
+        <v>171337</v>
+      </c>
+      <c r="C289" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
-          <t>Підгаєцький ДНЗ дитячий садок "Ромашка"</t>
+          <t>Підзамчівський ДНЗ "Теремок"</t>
         </is>
       </c>
       <c r="E289" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G289" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H289" s="6" t="inlineStr">
         <is>
-          <t>5623887101</t>
+          <t>5625886901</t>
         </is>
       </c>
       <c r="I289" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J289" s="4" t="inlineStr">
         <is>
-          <t>с. Підгайці, Млинівський район, Рівненська область</t>
+          <t>с. Підзамче, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K289" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 24</t>
+        </is>
+      </c>
+      <c r="L289" s="6"/>
+      <c r="M289" s="4"/>
       <c r="N289" s="7"/>
       <c r="O289" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P289" s="4"/>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+        </is>
+      </c>
+      <c r="P289" s="4" t="inlineStr">
+        <is>
+          <t>(068)4533131</t>
+        </is>
+      </c>
       <c r="Q289" s="4"/>
       <c r="R289" s="4"/>
       <c r="S289" s="4"/>
       <c r="T289" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Кравчук Галина Богданівна</t>
         </is>
       </c>
       <c r="U289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X289" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y289" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="4" t="inlineStr">
         <is>
-          <t>Підзамчівський заклад дошкільної освіти (ясла-садок) "Колосок" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Заклад дошкільної освіти "Сонечко" Підлозцівської сільської ради Млинівського району Рівненської області</t>
         </is>
       </c>
       <c r="B290" s="5" t="n">
-        <v>171337</v>
-[...5 lines deleted...]
-      </c>
+        <v>171519</v>
+      </c>
+      <c r="C290" s="6"/>
       <c r="D290" s="4" t="inlineStr">
         <is>
-          <t>Підзамчівський ДНЗ "Теремок"</t>
+          <t>Підлозцівський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E290" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G290" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H290" s="6" t="inlineStr">
         <is>
-          <t>5625886901</t>
+          <t>5623886701</t>
         </is>
       </c>
       <c r="I290" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J290" s="4" t="inlineStr">
         <is>
-          <t>с. Підзамче, Радивилівський район, Рівненська область</t>
+          <t>с. Підлозці, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K290" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 24</t>
-[...3 lines deleted...]
-      <c r="M290" s="4"/>
+          <t>вулиця Молодіжна, 5</t>
+        </is>
+      </c>
+      <c r="L290" s="6" t="inlineStr">
+        <is>
+          <t>UA56040230010053675</t>
+        </is>
+      </c>
+      <c r="M290" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Підлозці</t>
+        </is>
+      </c>
       <c r="N290" s="7"/>
       <c r="O290" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P290" s="4" t="inlineStr">
         <is>
-          <t>(068)4533131</t>
+          <t>(097)8642935</t>
         </is>
       </c>
       <c r="Q290" s="4"/>
-      <c r="R290" s="4"/>
+      <c r="R290" s="4" t="inlineStr">
+        <is>
+          <t>zdopidloztsi@ukr.net</t>
+        </is>
+      </c>
       <c r="S290" s="4"/>
       <c r="T290" s="4" t="inlineStr">
         <is>
-          <t>Директор Кравчук Галина Богданівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X290" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y290" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти "Сонечко" Підлозцівської сільської ради Млинівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Калинка"дітей загального розвитку Підлужненської сільської ради Костопільського району Рівненськоі області</t>
         </is>
       </c>
       <c r="B291" s="5" t="n">
-        <v>171519</v>
+        <v>174203</v>
       </c>
       <c r="C291" s="6"/>
       <c r="D291" s="4" t="inlineStr">
         <is>
-          <t>Підлозцівський ЗДО "Сонечко"</t>
+          <t>Підлужненський ЗДО "Калинка"</t>
         </is>
       </c>
       <c r="E291" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G291" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H291" s="6" t="inlineStr">
         <is>
-          <t>5623886701</t>
+          <t>5623486901</t>
         </is>
       </c>
       <c r="I291" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J291" s="4" t="inlineStr">
         <is>
-          <t>с. Підлозці, Млинівський район, Рівненська область</t>
+          <t>с. Підлужне, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K291" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 5</t>
+          <t>вулиця Жовтнева, 1</t>
         </is>
       </c>
       <c r="L291" s="6" t="inlineStr">
         <is>
-          <t>UA56040230010053675</t>
+          <t>UA56060350230038878</t>
         </is>
       </c>
       <c r="M291" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Підлозці</t>
+          <t>Рівненська обл., Рівненський р-н, с. Підлужне</t>
         </is>
       </c>
       <c r="N291" s="7"/>
       <c r="O291" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P291" s="4" t="inlineStr">
         <is>
-          <t>(097)8642935</t>
+          <t>0978932711</t>
         </is>
       </c>
       <c r="Q291" s="4"/>
       <c r="R291" s="4" t="inlineStr">
         <is>
-          <t>zdopidloztsi@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S291" s="4"/>
+          <t>Kalunka7815@ukr.net</t>
+        </is>
+      </c>
+      <c r="S291" s="4" t="inlineStr">
+        <is>
+          <t>dytsadok.info/dytyachyj-sadok</t>
+        </is>
+      </c>
       <c r="T291" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X291" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y291" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Калинка"дітей загального розвитку Підлужненської сільської ради Костопільського району Рівненськоі області</t>
+          <t>Пітушківський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради</t>
         </is>
       </c>
       <c r="B292" s="5" t="n">
-        <v>174203</v>
+        <v>171523</v>
       </c>
       <c r="C292" s="6"/>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>Підлужненський ЗДО "Калинка"</t>
+          <t>Сонечко</t>
         </is>
       </c>
       <c r="E292" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G292" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H292" s="6" t="inlineStr">
         <is>
-          <t>5623486901</t>
+          <t>5623886601</t>
         </is>
       </c>
       <c r="I292" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J292" s="4" t="inlineStr">
         <is>
-          <t>с. Підлужне, Костопільський район, Рівненська область</t>
+          <t>с. Пітушків, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K292" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Тополева, 1</t>
+        </is>
+      </c>
+      <c r="L292" s="6"/>
+      <c r="M292" s="4"/>
       <c r="N292" s="7"/>
       <c r="O292" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P292" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P292" s="4"/>
       <c r="Q292" s="4"/>
-      <c r="R292" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R292" s="4"/>
+      <c r="S292" s="4"/>
       <c r="T292" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X292" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y292" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="4" t="inlineStr">
         <is>
-          <t>Пітушківський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради</t>
+          <t>Плосківський заклад дошкільної освіти Тараканівської сільської ради</t>
         </is>
       </c>
       <c r="B293" s="5" t="n">
-        <v>171523</v>
-[...1 lines deleted...]
-      <c r="C293" s="6"/>
+        <v>170156</v>
+      </c>
+      <c r="C293" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
-          <t>Сонечко</t>
+          <t>Плосківський ЗДО</t>
         </is>
       </c>
       <c r="E293" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G293" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H293" s="6" t="inlineStr">
         <is>
-          <t>5623886601</t>
+          <t>5621685201</t>
         </is>
       </c>
       <c r="I293" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J293" s="4" t="inlineStr">
         <is>
-          <t>с. Пітушків, Млинівський район, Рівненська область</t>
+          <t>с. Плоска, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K293" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тополева, 1</t>
-[...3 lines deleted...]
-      <c r="M293" s="4"/>
+          <t>провулок Шкільний, 2</t>
+        </is>
+      </c>
+      <c r="L293" s="6" t="inlineStr">
+        <is>
+          <t>UA56040350130078020</t>
+        </is>
+      </c>
+      <c r="M293" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Плоска</t>
+        </is>
+      </c>
       <c r="N293" s="7"/>
       <c r="O293" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P293" s="4"/>
+          <t>Тараканівська сільська рада</t>
+        </is>
+      </c>
+      <c r="P293" s="4" t="inlineStr">
+        <is>
+          <t>(095)3282980</t>
+        </is>
+      </c>
       <c r="Q293" s="4"/>
       <c r="R293" s="4"/>
-      <c r="S293" s="4"/>
+      <c r="S293" s="4" t="inlineStr">
+        <is>
+          <t>dnz-vinochok.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T293" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Рожко Олена Віталіївна</t>
         </is>
       </c>
       <c r="U293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X293" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y293" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="4" t="inlineStr">
         <is>
-          <t>Плосківський заклад дошкільної освіти Тараканівської сільської ради</t>
+          <t>Дошкільний навчальний заклад ясла-садок "Дзвіночок" Плосківської сільської ради Острозького району Рівненської області</t>
         </is>
       </c>
       <c r="B294" s="5" t="n">
-        <v>170156</v>
-[...5 lines deleted...]
-      </c>
+        <v>171656</v>
+      </c>
+      <c r="C294" s="6"/>
       <c r="D294" s="4" t="inlineStr">
         <is>
-          <t>Плосківський ЗДО</t>
+          <t>ДНЗ "Дзвіночок"</t>
         </is>
       </c>
       <c r="E294" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G294" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H294" s="6" t="inlineStr">
         <is>
-          <t>5621685201</t>
+          <t>5624286701</t>
         </is>
       </c>
       <c r="I294" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J294" s="4" t="inlineStr">
         <is>
-          <t>с. Плоска, Дубенський район, Рівненська область</t>
+          <t>с. Плоске, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K294" s="4" t="inlineStr">
         <is>
-          <t>провулок Шкільний, 2</t>
+          <t>вулиця Верхівська, 3</t>
         </is>
       </c>
       <c r="L294" s="6" t="inlineStr">
         <is>
-          <t>UA56040350130078020</t>
+          <t>UA56060450390068134</t>
         </is>
       </c>
       <c r="M294" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Плоска</t>
+          <t>Рівненська обл., Рівненський р-н, с. Плоске</t>
         </is>
       </c>
       <c r="N294" s="7"/>
       <c r="O294" s="4" t="inlineStr">
         <is>
-          <t>Тараканівська сільська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P294" s="4" t="inlineStr">
         <is>
-          <t>(095)3282980</t>
+          <t>0983652943</t>
         </is>
       </c>
       <c r="Q294" s="4"/>
-      <c r="R294" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R294" s="4" t="inlineStr">
+        <is>
+          <t>Budnuko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S294" s="4"/>
       <c r="T294" s="4" t="inlineStr">
         <is>
-          <t>Директор Рожко Олена Віталіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X294" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y294" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ясла-садок "Дзвіночок" Плосківської сільської ради Острозького району Рівненської області</t>
+          <t>Мильчанський заклад дошкільної освіти Повчанської сільської ради</t>
         </is>
       </c>
       <c r="B295" s="5" t="n">
-        <v>171656</v>
-[...1 lines deleted...]
-      <c r="C295" s="6"/>
+        <v>170153</v>
+      </c>
+      <c r="C295" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Дзвіночок"</t>
+          <t>Мильчанський ЗДО</t>
         </is>
       </c>
       <c r="E295" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G295" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H295" s="6" t="inlineStr">
         <is>
-          <t>5624286701</t>
+          <t>5621685401</t>
         </is>
       </c>
       <c r="I295" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J295" s="4" t="inlineStr">
         <is>
-          <t>с. Плоске, Острозький район, Рівненська область</t>
+          <t>с. Повча, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K295" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верхівська, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Островського, 68</t>
+        </is>
+      </c>
+      <c r="L295" s="6"/>
+      <c r="M295" s="4"/>
       <c r="N295" s="7"/>
       <c r="O295" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Повчанська сільська рада</t>
         </is>
       </c>
       <c r="P295" s="4" t="inlineStr">
         <is>
-          <t>0983652943</t>
+          <t>(095)7539808</t>
         </is>
       </c>
       <c r="Q295" s="4"/>
       <c r="R295" s="4" t="inlineStr">
         <is>
-          <t>Budnuko@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S295" s="4"/>
+          <t>yaceruksadokmilcha@ukr.net</t>
+        </is>
+      </c>
+      <c r="S295" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/viem/mylchazdo2021/</t>
+        </is>
+      </c>
       <c r="T295" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Яцерук Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X295" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y295" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="4" t="inlineStr">
         <is>
-          <t>Мильчанський заклад дошкільної освіти Повчанської сільської ради</t>
+          <t>Повчанський заклад дошкільної освіти "Капітошка" Повчанської сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B296" s="5" t="n">
-        <v>170153</v>
+        <v>170152</v>
       </c>
       <c r="C296" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
-          <t>Мильчанський ЗДО</t>
+          <t>Повчанський ЗДО "Капітошка"</t>
         </is>
       </c>
       <c r="E296" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G296" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H296" s="6" t="inlineStr">
         <is>
           <t>5621685401</t>
         </is>
       </c>
       <c r="I296" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J296" s="4" t="inlineStr">
         <is>
           <t>с. Повча, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K296" s="4" t="inlineStr">
         <is>
-          <t>вулиця Островського, 68</t>
-[...3 lines deleted...]
-      <c r="M296" s="4"/>
+          <t>вулиця Рикуна, 67А</t>
+        </is>
+      </c>
+      <c r="L296" s="6" t="inlineStr">
+        <is>
+          <t>UA56040250010036203</t>
+        </is>
+      </c>
+      <c r="M296" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Повча</t>
+        </is>
+      </c>
       <c r="N296" s="7"/>
       <c r="O296" s="4" t="inlineStr">
         <is>
           <t>Повчанська сільська рада</t>
         </is>
       </c>
       <c r="P296" s="4" t="inlineStr">
         <is>
-          <t>(095)7539808</t>
+          <t>(097)6861552</t>
         </is>
       </c>
       <c r="Q296" s="4"/>
       <c r="R296" s="4" t="inlineStr">
         <is>
-          <t>yaceruksadokmilcha@ukr.net</t>
+          <t>titarenkodnz2014@meta.ua</t>
         </is>
       </c>
       <c r="S296" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/viem/mylchazdo2021/</t>
+          <t>https://povchanskuidnz.jimdo.com</t>
         </is>
       </c>
       <c r="T296" s="4" t="inlineStr">
         <is>
-          <t>Директор Яцерук Ольга Миколаївна</t>
+          <t>Директор Тітаренко Мирослава Миколаївна</t>
         </is>
       </c>
       <c r="U296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X296" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y296" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="4" t="inlineStr">
         <is>
-          <t>Повчанський заклад дошкільної освіти "Капітошка" Повчанської сільської ради Дубенського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Калинонька" села Полиці</t>
         </is>
       </c>
       <c r="B297" s="5" t="n">
-        <v>170152</v>
-[...5 lines deleted...]
-      </c>
+        <v>173760</v>
+      </c>
+      <c r="C297" s="6"/>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>Повчанський ЗДО "Капітошка"</t>
+          <t>Дошкільний навчальний заклад "Калинонька" села Полиці</t>
         </is>
       </c>
       <c r="E297" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G297" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H297" s="6" t="inlineStr">
         <is>
-          <t>5621685401</t>
+          <t>5620888001</t>
         </is>
       </c>
       <c r="I297" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J297" s="4" t="inlineStr">
         <is>
-          <t>с. Повча, Дубенський район, Рівненська область</t>
+          <t>с. Полиці, Володимирецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K297" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рикуна, 67А</t>
+          <t>вулиця Радянська, 4а</t>
         </is>
       </c>
       <c r="L297" s="6" t="inlineStr">
         <is>
-          <t>UA56040250010036203</t>
+          <t>UA56020130010095336</t>
         </is>
       </c>
       <c r="M297" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Повча</t>
+          <t>Рівненська обл., Вараський р-н, с. Полиці</t>
         </is>
       </c>
       <c r="N297" s="7"/>
       <c r="O297" s="4" t="inlineStr">
         <is>
-          <t>Повчанська сільська рада</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P297" s="4"/>
       <c r="Q297" s="4"/>
       <c r="R297" s="4" t="inlineStr">
         <is>
-          <t>titarenkodnz2014@meta.ua</t>
+          <t>kalinonkapolitsi@ukr.net0</t>
         </is>
       </c>
       <c r="S297" s="4" t="inlineStr">
         <is>
-          <t>https://povchanskuidnz.jimdo.com</t>
+          <t>http://kalinonka84.at.ua/</t>
         </is>
       </c>
       <c r="T297" s="4" t="inlineStr">
         <is>
-          <t>Директор Тітаренко Мирослава Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X297" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y297" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Калинонька" села Полиці</t>
+          <t>Дошкільний навчальний заклад дитячий садок "Пролісок" с.Поліське Поліської сільської ради Березнівського району Рівненської області</t>
         </is>
       </c>
       <c r="B298" s="5" t="n">
-        <v>173760</v>
+        <v>171483</v>
       </c>
       <c r="C298" s="6"/>
       <c r="D298" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Калинонька" села Полиці</t>
+          <t>ДНЗ "Пролісок"</t>
         </is>
       </c>
       <c r="E298" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G298" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H298" s="6" t="inlineStr">
         <is>
-          <t>5620888001</t>
+          <t>5620487601</t>
         </is>
       </c>
       <c r="I298" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J298" s="4" t="inlineStr">
         <is>
-          <t>с. Полиці, Володимирецький район, Рівненська область</t>
+          <t>с. Поліське, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K298" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радянська, 4а</t>
+          <t>вулиця Шевченка, 18</t>
         </is>
       </c>
       <c r="L298" s="6" t="inlineStr">
         <is>
-          <t>UA56020130010095336</t>
+          <t>UA56060030300088827</t>
         </is>
       </c>
       <c r="M298" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Полиці</t>
+          <t>Рівненська обл., Рівненський р-н, с. Поліське</t>
         </is>
       </c>
       <c r="N298" s="7"/>
       <c r="O298" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P298" s="4"/>
       <c r="Q298" s="4"/>
-      <c r="R298" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R298" s="4"/>
       <c r="S298" s="4" t="inlineStr">
         <is>
-          <t>http://kalinonka84.at.ua/</t>
+          <t>dnz_poliske@ukr.net</t>
         </is>
       </c>
       <c r="T298" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X298" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y298" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад дитячий садок "Пролісок" с.Поліське Поліської сільської ради Березнівського району Рівненської області</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Золота рибка" с.Поляни Малинської сільської ради Рівненської області</t>
         </is>
       </c>
       <c r="B299" s="5" t="n">
-        <v>171483</v>
-[...1 lines deleted...]
-      <c r="C299" s="6"/>
+        <v>171476</v>
+      </c>
+      <c r="C299" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Пролісок"</t>
+          <t>ЗДО (ясла-садок) "Золота рибка" с.Поляни</t>
         </is>
       </c>
       <c r="E299" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G299" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H299" s="6" t="inlineStr">
         <is>
-          <t>5620487601</t>
+          <t>5620488001</t>
         </is>
       </c>
       <c r="I299" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J299" s="4" t="inlineStr">
         <is>
-          <t>с. Поліське, Березнівський район, Рівненська область</t>
+          <t>с. Поляни, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K299" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 18</t>
+          <t>вулиця Лесі Українки, 72а</t>
         </is>
       </c>
       <c r="L299" s="6" t="inlineStr">
         <is>
-          <t>UA56060030300088827</t>
+          <t>UA56060370050076530</t>
         </is>
       </c>
       <c r="M299" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Поліське</t>
+          <t>Рівненська обл., Рівненський р-н, с. Поляни</t>
         </is>
       </c>
       <c r="N299" s="7"/>
       <c r="O299" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P299" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Малинської сільської ради</t>
+        </is>
+      </c>
+      <c r="P299" s="4" t="inlineStr">
+        <is>
+          <t>(068)6472978</t>
+        </is>
+      </c>
       <c r="Q299" s="4"/>
-      <c r="R299" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R299" s="4" t="inlineStr">
+        <is>
+          <t>rybka_polyany@ukr.net</t>
+        </is>
+      </c>
+      <c r="S299" s="4"/>
       <c r="T299" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Миронець Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X299" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y299" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Золота рибка" с.Поляни Малинської сільської ради Рівненської області</t>
+          <t>Постійненський заклад дошкільної освіти "Малятко" Деражненської сільської ради Костопільського району Рівненської області</t>
         </is>
       </c>
       <c r="B300" s="5" t="n">
-        <v>171476</v>
-[...5 lines deleted...]
-      </c>
+        <v>171789</v>
+      </c>
+      <c r="C300" s="6"/>
       <c r="D300" s="4" t="inlineStr">
         <is>
-          <t>ЗДО (ясла-садок) "Золота рибка" с.Поляни</t>
+          <t>Постійненський ЗДО "Малятко"</t>
         </is>
       </c>
       <c r="E300" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G300" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H300" s="6" t="inlineStr">
         <is>
-          <t>5620488001</t>
+          <t>5623487401</t>
         </is>
       </c>
       <c r="I300" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J300" s="4" t="inlineStr">
         <is>
-          <t>с. Поляни, Березнівський район, Рівненська область</t>
+          <t>с. Постійне, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K300" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 72а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 17</t>
+        </is>
+      </c>
+      <c r="L300" s="6"/>
+      <c r="M300" s="4"/>
       <c r="N300" s="7"/>
       <c r="O300" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Малинської сільської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P300" s="4"/>
       <c r="Q300" s="4"/>
-      <c r="R300" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R300" s="4"/>
       <c r="S300" s="4"/>
       <c r="T300" s="4" t="inlineStr">
         <is>
-          <t>Директор Миронець Наталія Сергіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X300" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y300" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="4" t="inlineStr">
         <is>
-          <t>Постійненський заклад дошкільної освіти "Малятко" Деражненської сільської ради Костопільського району Рівненської області</t>
+          <t>Комунальний заклад " Посягвівський дитячий садочок " Яблучко" Бугринської сільської ради Гощанського району Рівненської області</t>
         </is>
       </c>
       <c r="B301" s="5" t="n">
-        <v>171789</v>
+        <v>171642</v>
       </c>
       <c r="C301" s="6"/>
       <c r="D301" s="4" t="inlineStr">
         <is>
-          <t>Постійненський ЗДО "Малятко"</t>
+          <t>КЗ ДНЗ " Яблучко"</t>
         </is>
       </c>
       <c r="E301" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G301" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H301" s="6" t="inlineStr">
         <is>
-          <t>5623487401</t>
+          <t>5621285901</t>
         </is>
       </c>
       <c r="I301" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J301" s="4" t="inlineStr">
         <is>
-          <t>с. Постійне, Костопільський район, Рівненська область</t>
+          <t>с. Посягва, Гощанський район, Рівненська область</t>
         </is>
       </c>
       <c r="K301" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 17</t>
+          <t>вулиця Центральна, 25-А</t>
         </is>
       </c>
       <c r="L301" s="6"/>
       <c r="M301" s="4"/>
       <c r="N301" s="7"/>
       <c r="O301" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P301" s="4"/>
       <c r="Q301" s="4"/>
       <c r="R301" s="4"/>
       <c r="S301" s="4"/>
       <c r="T301" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X301" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y301" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад " Посягвівський дитячий садочок " Яблучко" Бугринської сільської ради Гощанського району Рівненської області</t>
+          <t>Комунальний заклад ,,Привільненський дошкільний навчальний заклад (ясла-садок),,</t>
         </is>
       </c>
       <c r="B302" s="5" t="n">
-        <v>171642</v>
+        <v>173958</v>
       </c>
       <c r="C302" s="6"/>
       <c r="D302" s="4" t="inlineStr">
         <is>
-          <t>КЗ ДНЗ " Яблучко"</t>
+          <t>ЗДО</t>
         </is>
       </c>
       <c r="E302" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G302" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H302" s="6" t="inlineStr">
         <is>
-          <t>5621285901</t>
+          <t>5621685601</t>
         </is>
       </c>
       <c r="I302" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J302" s="4" t="inlineStr">
         <is>
-          <t>с. Посягва, Гощанський район, Рівненська область</t>
+          <t>с. Привільне, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K302" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 25-А</t>
-[...3 lines deleted...]
-      <c r="M302" s="4"/>
+          <t>вулиця Шкільна, 2а</t>
+        </is>
+      </c>
+      <c r="L302" s="6" t="inlineStr">
+        <is>
+          <t>UA56040270010065856</t>
+        </is>
+      </c>
+      <c r="M302" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Привільне</t>
+        </is>
+      </c>
       <c r="N302" s="7"/>
       <c r="O302" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P302" s="4"/>
+      <c r="P302" s="4" t="inlineStr">
+        <is>
+          <t>0666282568</t>
+        </is>
+      </c>
       <c r="Q302" s="4"/>
-      <c r="R302" s="4"/>
+      <c r="R302" s="4" t="inlineStr">
+        <is>
+          <t>bdjilka-sadok@ukr.net</t>
+        </is>
+      </c>
       <c r="S302" s="4"/>
       <c r="T302" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X302" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y302" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад ,,Привільненський дошкільний навчальний заклад (ясла-садок),,</t>
+          <t>Комунальний заклад "Молодавський дошкільний навчальний заклад (ясла-садок)"</t>
         </is>
       </c>
       <c r="B303" s="5" t="n">
-        <v>173958</v>
+        <v>173691</v>
       </c>
       <c r="C303" s="6"/>
       <c r="D303" s="4" t="inlineStr">
         <is>
-          <t>ЗДО</t>
+          <t>КЗ "Молодавський ДНЗ (ясла-садок)"</t>
         </is>
       </c>
       <c r="E303" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G303" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H303" s="6" t="inlineStr">
         <is>
           <t>5621685601</t>
         </is>
       </c>
       <c r="I303" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J303" s="4" t="inlineStr">
         <is>
           <t>с. Привільне, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K303" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2а</t>
+          <t>вулиця Незалежності, 88</t>
         </is>
       </c>
       <c r="L303" s="6" t="inlineStr">
         <is>
           <t>UA56040270010065856</t>
         </is>
       </c>
       <c r="M303" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Дубенський р-н, с. Привільне</t>
         </is>
       </c>
       <c r="N303" s="7"/>
       <c r="O303" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P303" s="4" t="inlineStr">
         <is>
-          <t>0666282568</t>
+          <t>0970264235</t>
         </is>
       </c>
       <c r="Q303" s="4"/>
       <c r="R303" s="4" t="inlineStr">
         <is>
-          <t>bdjilka-sadok@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S303" s="4"/>
+          <t>mariakarpiuk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S303" s="4" t="inlineStr">
+        <is>
+          <t>Molodavskij-dnz-sonechko3</t>
+        </is>
+      </c>
       <c r="T303" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X303" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y303" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Молодавський дошкільний навчальний заклад (ясла-садок)"</t>
+          <t>Дошкільний навчальний заклад "Струмочок" с. Привітівка</t>
         </is>
       </c>
       <c r="B304" s="5" t="n">
-        <v>173691</v>
+        <v>176097</v>
       </c>
       <c r="C304" s="6"/>
       <c r="D304" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Молодавський ДНЗ (ясла-садок)"</t>
+          <t>ДНЗ "Струмочок" с.Привітівка</t>
         </is>
       </c>
       <c r="E304" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G304" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H304" s="6" t="inlineStr">
         <is>
-          <t>5621685601</t>
+          <t>5622285703</t>
         </is>
       </c>
       <c r="I304" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J304" s="4" t="inlineStr">
         <is>
-          <t>с. Привільне, Дубенський район, Рівненська область</t>
+          <t>с. Привітівка, Зарічненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K304" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 88</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L304" s="6" t="inlineStr">
         <is>
-          <t>UA56040270010065856</t>
+          <t>UA56020070250030414</t>
         </is>
       </c>
       <c r="M304" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Привільне</t>
+          <t>Рівненська обл., Вараський р-н, с. Привітівка</t>
         </is>
       </c>
       <c r="N304" s="7"/>
       <c r="O304" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P304" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P304" s="4"/>
       <c r="Q304" s="4"/>
-      <c r="R304" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R304" s="4"/>
+      <c r="S304" s="4"/>
       <c r="T304" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X304" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y304" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Струмочок" с. Привітівка</t>
+          <t>Птицький заклад дошкільної освіти Тараканівської сільської ради</t>
         </is>
       </c>
       <c r="B305" s="5" t="n">
-        <v>176097</v>
-[...1 lines deleted...]
-      <c r="C305" s="6"/>
+        <v>173779</v>
+      </c>
+      <c r="C305" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Струмочок" с.Привітівка</t>
+          <t>Птицький ЗДО</t>
         </is>
       </c>
       <c r="E305" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G305" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H305" s="6" t="inlineStr">
         <is>
-          <t>5622285703</t>
+          <t>5621686001</t>
         </is>
       </c>
       <c r="I305" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J305" s="4" t="inlineStr">
         <is>
-          <t>с. Привітівка, Зарічненський район, Рівненська область</t>
+          <t>с. Птича, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K305" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Шкільна, 4а</t>
         </is>
       </c>
       <c r="L305" s="6" t="inlineStr">
         <is>
-          <t>UA56020070250030414</t>
+          <t>UA56040350140014702</t>
         </is>
       </c>
       <c r="M305" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Привітівка</t>
+          <t>Рівненська обл., Дубенський р-н, с. Птича</t>
         </is>
       </c>
       <c r="N305" s="7"/>
       <c r="O305" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P305" s="4"/>
+          <t>Тараканівська сільська рада</t>
+        </is>
+      </c>
+      <c r="P305" s="4" t="inlineStr">
+        <is>
+          <t>(096)7459766</t>
+        </is>
+      </c>
       <c r="Q305" s="4"/>
       <c r="R305" s="4"/>
       <c r="S305" s="4"/>
       <c r="T305" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Бернат Лариса Василівна</t>
         </is>
       </c>
       <c r="U305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X305" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y305" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="4" t="inlineStr">
         <is>
-          <t>Птицький заклад дошкільної освіти Тараканівської сільської ради</t>
+          <t>Дошкільний навчальний заклад №6 (ясла-садок)"Малятко"с.Пугач Клесівської селищної ради Сарненського району Рівненської області</t>
         </is>
       </c>
       <c r="B306" s="5" t="n">
-        <v>173779</v>
-[...5 lines deleted...]
-      </c>
+        <v>171252</v>
+      </c>
+      <c r="C306" s="6"/>
       <c r="D306" s="4" t="inlineStr">
         <is>
-          <t>Птицький ЗДО</t>
+          <t>ДНЗ№6 ясла-садок "Малятко"</t>
         </is>
       </c>
       <c r="E306" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G306" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H306" s="6" t="inlineStr">
         <is>
-          <t>5621686001</t>
+          <t>5625455402</t>
         </is>
       </c>
       <c r="I306" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J306" s="4" t="inlineStr">
         <is>
-          <t>с. Птича, Дубенський район, Рівненська область</t>
+          <t>с. Пугач, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K306" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 4а</t>
+          <t>вулиця Заводська, 42</t>
         </is>
       </c>
       <c r="L306" s="6" t="inlineStr">
         <is>
-          <t>UA56040350140014702</t>
+          <t>UA56080090050092899</t>
         </is>
       </c>
       <c r="M306" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Птича</t>
+          <t>Рівненська обл., Сарненський р-н, с. Пугач</t>
         </is>
       </c>
       <c r="N306" s="7"/>
       <c r="O306" s="4" t="inlineStr">
         <is>
-          <t>Тараканівська сільська рада</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P306" s="4"/>
       <c r="Q306" s="4"/>
       <c r="R306" s="4"/>
       <c r="S306" s="4"/>
       <c r="T306" s="4" t="inlineStr">
         <is>
-          <t>Директор Бернат Лариса Василівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X306" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y306" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад №6 (ясла-садок)"Малятко"с.Пугач Клесівської селищної ради Сарненського району Рівненської області</t>
+          <t>Пугачівський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B307" s="5" t="n">
-        <v>171252</v>
+        <v>171522</v>
       </c>
       <c r="C307" s="6"/>
       <c r="D307" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ№6 ясла-садок "Малятко"</t>
+          <t>Пугачівський ДНЗ</t>
         </is>
       </c>
       <c r="E307" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G307" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H307" s="6" t="inlineStr">
         <is>
-          <t>5625455402</t>
+          <t>5623887601</t>
         </is>
       </c>
       <c r="I307" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J307" s="4" t="inlineStr">
         <is>
-          <t>с. Пугач, Сарненський район, Рівненська область</t>
+          <t>с. Пугачівка, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K307" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 42</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 19б</t>
+        </is>
+      </c>
+      <c r="L307" s="6"/>
+      <c r="M307" s="4"/>
       <c r="N307" s="7"/>
       <c r="O307" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P307" s="4"/>
       <c r="Q307" s="4"/>
       <c r="R307" s="4"/>
       <c r="S307" s="4"/>
       <c r="T307" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X307" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y307" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="4" t="inlineStr">
         <is>
-          <t>Пугачівський дошкільний навчальний заклад дитячий садок "Сонечко" Млинівської селищної ради Рівненської області</t>
+          <t>Радивилівський заклад дошкільної освіти (ясла-садок) №1 "Сонечко" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B308" s="5" t="n">
-        <v>171522</v>
-[...1 lines deleted...]
-      <c r="C308" s="6"/>
+        <v>171328</v>
+      </c>
+      <c r="C308" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
-          <t>Пугачівський ДНЗ</t>
+          <t>Радивилівський ДНЗ №1 "Сонечко"</t>
         </is>
       </c>
       <c r="E308" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G308" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H308" s="6" t="inlineStr">
         <is>
-          <t>5623887601</t>
+          <t>5625810100</t>
         </is>
       </c>
       <c r="I308" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J308" s="4" t="inlineStr">
         <is>
-          <t>с. Пугачівка, Млинівський район, Рівненська область</t>
+          <t>Радивилів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K308" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 19б</t>
-[...3 lines deleted...]
-      <c r="M308" s="4"/>
+          <t>вулиця Кременецька, 66</t>
+        </is>
+      </c>
+      <c r="L308" s="6" t="inlineStr">
+        <is>
+          <t>UA56040290010062068</t>
+        </is>
+      </c>
+      <c r="M308" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
+        </is>
+      </c>
       <c r="N308" s="7"/>
       <c r="O308" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P308" s="4"/>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
+        </is>
+      </c>
+      <c r="P308" s="4" t="inlineStr">
+        <is>
+          <t>(068)0498608</t>
+        </is>
+      </c>
       <c r="Q308" s="4"/>
-      <c r="R308" s="4"/>
-      <c r="S308" s="4"/>
+      <c r="R308" s="4" t="inlineStr">
+        <is>
+          <t>DNZ_SONECHKO_1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S308" s="4" t="inlineStr">
+        <is>
+          <t>http://radyvyliv-dnz1.edukit.rv.ua/</t>
+        </is>
+      </c>
       <c r="T308" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Мамчур Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X308" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y308" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський заклад дошкільної освіти (ясла-садок) №1 "Сонечко" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Радивилівський заклад дошкільної освіти (ясла-садок) №2 "Усмішка" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B309" s="5" t="n">
-        <v>171328</v>
+        <v>171343</v>
       </c>
       <c r="C309" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ДНЗ №1 "Сонечко"</t>
+          <t>Радивилівський ЗДО №2 "Усмішка"</t>
         </is>
       </c>
       <c r="E309" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G309" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H309" s="6" t="inlineStr">
         <is>
           <t>5625810100</t>
         </is>
       </c>
       <c r="I309" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J309" s="4" t="inlineStr">
         <is>
           <t>Радивилів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K309" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кременецька, 66</t>
+          <t>вулиця О.Невського, 88</t>
         </is>
       </c>
       <c r="L309" s="6" t="inlineStr">
         <is>
           <t>UA56040290010062068</t>
         </is>
       </c>
       <c r="M309" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Дубенський р-н, м. Радивилів</t>
         </is>
       </c>
       <c r="N309" s="7"/>
       <c r="O309" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
         </is>
       </c>
       <c r="P309" s="4" t="inlineStr">
         <is>
-          <t>(068)0498608</t>
+          <t>(093)7164597</t>
         </is>
       </c>
       <c r="Q309" s="4"/>
-      <c r="R309" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R309" s="4"/>
       <c r="S309" s="4" t="inlineStr">
         <is>
-          <t>http://radyvyliv-dnz1.edukit.rv.ua/</t>
+          <t>radyvyliv-zdo2.rv.sch.in.ua</t>
         </is>
       </c>
       <c r="T309" s="4" t="inlineStr">
         <is>
-          <t>Директор Мамчур Наталія Сергіївна</t>
+          <t>Директор Порученко Марія Олексіївна</t>
         </is>
       </c>
       <c r="U309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X309" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y309" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський заклад дошкільної освіти (ясла-садок) №2 "Усмішка" комбінованого типу Радивилівської міської ради Дубенського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Дзвіночок" с.Радове з короткотривалим перебуванням дітей загального розвитку</t>
         </is>
       </c>
       <c r="B310" s="5" t="n">
-        <v>171343</v>
-[...5 lines deleted...]
-      </c>
+        <v>173664</v>
+      </c>
+      <c r="C310" s="6"/>
       <c r="D310" s="4" t="inlineStr">
         <is>
-          <t>Радивилівський ЗДО №2 "Усмішка"</t>
+          <t>ДНЗ "Дзвіночок" с.Радове</t>
         </is>
       </c>
       <c r="E310" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G310" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H310" s="6" t="inlineStr">
         <is>
-          <t>5625810100</t>
+          <t>5622282303</t>
         </is>
       </c>
       <c r="I310" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J310" s="4" t="inlineStr">
         <is>
-          <t>Радивилів, Радивилівський район, Рівненська область</t>
-[...16 lines deleted...]
-      </c>
+          <t>с. Радове, Зарічненський район, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K310" s="4"/>
+      <c r="L310" s="6"/>
+      <c r="M310" s="4"/>
       <c r="N310" s="7"/>
       <c r="O310" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму, молоді та спорту Радивилівської міської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P310" s="4"/>
       <c r="Q310" s="4"/>
       <c r="R310" s="4"/>
       <c r="S310" s="4" t="inlineStr">
         <is>
-          <t>radyvyliv-zdo2.rv.sch.in.ua</t>
+          <t>bobolovi4@gmail/com</t>
         </is>
       </c>
       <c r="T310" s="4" t="inlineStr">
         <is>
-          <t>Директор Порученко Марія Олексіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X310" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y310" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Дзвіночок" с.Радове з короткотривалим перебуванням дітей загального розвитку</t>
+          <t>Дошкільний навчальний заклад "Сонечко" смт.Рафалівки</t>
         </is>
       </c>
       <c r="B311" s="5" t="n">
-        <v>173664</v>
+        <v>173761</v>
       </c>
       <c r="C311" s="6"/>
       <c r="D311" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Дзвіночок" с.Радове</t>
+          <t>Дошкільний навчальний заклад "Сонечко" смт.Рафалівки</t>
         </is>
       </c>
       <c r="E311" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G311" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H311" s="6" t="inlineStr">
         <is>
-          <t>5622282303</t>
+          <t>5620855400</t>
         </is>
       </c>
       <c r="I311" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J311" s="4" t="inlineStr">
         <is>
-          <t>с. Радове, Зарічненський район, Рівненська область</t>
-[...4 lines deleted...]
-      <c r="M311" s="4"/>
+          <t>смт Рафалівка, Володимирецький район, Рівненська область</t>
+        </is>
+      </c>
+      <c r="K311" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Ринкова, 2</t>
+        </is>
+      </c>
+      <c r="L311" s="6" t="inlineStr">
+        <is>
+          <t>UA56020150010083249</t>
+        </is>
+      </c>
+      <c r="M311" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Вараський р-н, с-ще Рафалівка</t>
+        </is>
+      </c>
       <c r="N311" s="7"/>
       <c r="O311" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P311" s="4"/>
       <c r="Q311" s="4"/>
       <c r="R311" s="4"/>
       <c r="S311" s="4" t="inlineStr">
         <is>
-          <t>bobolovi4@gmail/com</t>
+          <t>rafdnz.jimdo.com</t>
         </is>
       </c>
       <c r="T311" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X311" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y311" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко" смт.Рафалівки</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Сонечко" с.Ремчиці, комунальної власності Ремчицької сільської ради</t>
         </is>
       </c>
       <c r="B312" s="5" t="n">
-        <v>173761</v>
+        <v>174357</v>
       </c>
       <c r="C312" s="6"/>
       <c r="D312" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко" смт.Рафалівки</t>
+          <t>ДНЗ "Сонечко" с. Ремчиці</t>
         </is>
       </c>
       <c r="E312" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G312" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H312" s="6" t="inlineStr">
         <is>
-          <t>5620855400</t>
+          <t>5625485801</t>
         </is>
       </c>
       <c r="I312" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J312" s="4" t="inlineStr">
         <is>
-          <t>смт Рафалівка, Володимирецький район, Рівненська область</t>
+          <t>с. Ремчиці, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K312" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ринкова, 2</t>
+          <t>вулиця Шкільна, 17</t>
         </is>
       </c>
       <c r="L312" s="6" t="inlineStr">
         <is>
-          <t>UA56020150010083249</t>
+          <t>UA56080170270068673</t>
         </is>
       </c>
       <c r="M312" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с-ще Рафалівка</t>
+          <t>Рівненська обл., Сарненський р-н, с. Ремчиці</t>
         </is>
       </c>
       <c r="N312" s="7"/>
       <c r="O312" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P312" s="4"/>
       <c r="Q312" s="4"/>
       <c r="R312" s="4"/>
       <c r="S312" s="4" t="inlineStr">
         <is>
-          <t>rafdnz.jimdo.com</t>
+          <t>sonechko-remchuci@ukr.net</t>
         </is>
       </c>
       <c r="T312" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X312" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y312" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Сонечко" с.Ремчиці, комунальної власності Ремчицької сільської ради</t>
+          <t>Рідківський Дошкільний навчальний заклад "Дзвіночок" загального розвитку Рідківської сільської ради Радивилівського району Рівненської області</t>
         </is>
       </c>
       <c r="B313" s="5" t="n">
-        <v>174357</v>
+        <v>171345</v>
       </c>
       <c r="C313" s="6"/>
       <c r="D313" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко" с. Ремчиці</t>
+          <t>Рідківський ДНЗ " Дзвіночок"</t>
         </is>
       </c>
       <c r="E313" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G313" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H313" s="6" t="inlineStr">
         <is>
-          <t>5625485801</t>
+          <t>5625885601</t>
         </is>
       </c>
       <c r="I313" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J313" s="4" t="inlineStr">
         <is>
-          <t>с. Ремчиці, Сарненський район, Рівненська область</t>
+          <t>с. Рідків, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K313" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 17</t>
+          <t>вулиця Набережна, 3</t>
         </is>
       </c>
       <c r="L313" s="6" t="inlineStr">
         <is>
-          <t>UA56080170270068673</t>
+          <t>UA56040150200087084</t>
         </is>
       </c>
       <c r="M313" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Ремчиці</t>
+          <t>Рівненська обл., Дубенський р-н, с. Рідків</t>
         </is>
       </c>
       <c r="N313" s="7"/>
       <c r="O313" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P313" s="4"/>
       <c r="Q313" s="4"/>
       <c r="R313" s="4"/>
       <c r="S313" s="4" t="inlineStr">
         <is>
-          <t>sonechko-remchuci@ukr.net</t>
+          <t>http://www.ridkiv-dnz.edukit.rv.ua</t>
         </is>
       </c>
       <c r="T313" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X313" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y313" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="4" t="inlineStr">
         <is>
-          <t>Рідківський Дошкільний навчальний заклад "Дзвіночок" загального розвитку Рідківської сільської ради Радивилівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад «Сонечко» с. Річиця з короткотривалим перебуванням дітей загального розвитку</t>
         </is>
       </c>
       <c r="B314" s="5" t="n">
-        <v>171345</v>
+        <v>176098</v>
       </c>
       <c r="C314" s="6"/>
       <c r="D314" s="4" t="inlineStr">
         <is>
-          <t>Рідківський ДНЗ " Дзвіночок"</t>
+          <t>ДНЗ "Сонечко" с.Річиця</t>
         </is>
       </c>
       <c r="E314" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G314" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H314" s="6" t="inlineStr">
         <is>
-          <t>5625885601</t>
+          <t>5622285701</t>
         </is>
       </c>
       <c r="I314" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J314" s="4" t="inlineStr">
         <is>
-          <t>с. Рідків, Радивилівський район, Рівненська область</t>
+          <t>с. Річиця, Зарічненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K314" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 3</t>
+          <t>вулиця Шкільна, 23а</t>
         </is>
       </c>
       <c r="L314" s="6" t="inlineStr">
         <is>
-          <t>UA56040150200087084</t>
+          <t>UA56020070260063228</t>
         </is>
       </c>
       <c r="M314" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Рідків</t>
+          <t>Рівненська обл., Вараський р-н, с. Річиця</t>
         </is>
       </c>
       <c r="N314" s="7"/>
       <c r="O314" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P314" s="4"/>
       <c r="Q314" s="4"/>
       <c r="R314" s="4"/>
-      <c r="S314" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S314" s="4"/>
       <c r="T314" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X314" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y314" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад «Сонечко» с. Річиця з короткотривалим перебуванням дітей загального розвитку</t>
+          <t>Рогізненська філія І ступеня опорного закладу Демидівського ліцею Демидівської селищної ради Рівненської області ( підрозділ дошкільної освіти)</t>
         </is>
       </c>
       <c r="B315" s="5" t="n">
-        <v>176098</v>
+        <v>173700</v>
       </c>
       <c r="C315" s="6"/>
       <c r="D315" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко" с.Річиця</t>
+          <t>Рогізненська філія І ступеня опорного закладу Демидівського ліцею</t>
         </is>
       </c>
       <c r="E315" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G315" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H315" s="6" t="inlineStr">
         <is>
-          <t>5622285701</t>
+          <t>5621484503</t>
         </is>
       </c>
       <c r="I315" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J315" s="4" t="inlineStr">
         <is>
-          <t>с. Річиця, Зарічненський район, Рівненська область</t>
+          <t>с. Рогізне, Демидівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K315" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 23а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Берестецька, 12</t>
+        </is>
+      </c>
+      <c r="L315" s="6"/>
+      <c r="M315" s="4"/>
       <c r="N315" s="7"/>
       <c r="O315" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P315" s="4"/>
+          <t>Демидівський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - ліцей" смт. Демидівка Демидівського району Рівненської області</t>
+        </is>
+      </c>
+      <c r="P315" s="4" t="inlineStr">
+        <is>
+          <t>0986559602</t>
+        </is>
+      </c>
       <c r="Q315" s="4"/>
-      <c r="R315" s="4"/>
+      <c r="R315" s="4" t="inlineStr">
+        <is>
+          <t>galuzaaaa@mail.ru</t>
+        </is>
+      </c>
       <c r="S315" s="4"/>
       <c r="T315" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U315" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X315" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y315" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="4" t="inlineStr">
         <is>
-          <t>Рогізненська філія І ступеня опорного закладу Демидівського ліцею Демидівської селищної ради Рівненської області ( підрозділ дошкільної освіти)</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" Розвазької сільської ради</t>
         </is>
       </c>
       <c r="B316" s="5" t="n">
-        <v>173700</v>
+        <v>171651</v>
       </c>
       <c r="C316" s="6"/>
       <c r="D316" s="4" t="inlineStr">
         <is>
-          <t>Рогізненська філія І ступеня опорного закладу Демидівського ліцею</t>
+          <t>ДНЗ "Веселка" Розвазької с/р</t>
         </is>
       </c>
       <c r="E316" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G316" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H316" s="6" t="inlineStr">
         <is>
-          <t>5621484503</t>
+          <t>5624287001</t>
         </is>
       </c>
       <c r="I316" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J316" s="4" t="inlineStr">
         <is>
-          <t>с. Рогізне, Демидівський район, Рівненська область</t>
+          <t>с. Розваж, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K316" s="4" t="inlineStr">
         <is>
-          <t>вулиця Берестецька, 12</t>
+          <t>вулиця Центральна, 102</t>
         </is>
       </c>
       <c r="L316" s="6"/>
       <c r="M316" s="4"/>
       <c r="N316" s="7"/>
       <c r="O316" s="4" t="inlineStr">
         <is>
-          <t>Демидівський навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - ліцей" смт. Демидівка Демидівського району Рівненської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P316" s="4"/>
       <c r="Q316" s="4"/>
-      <c r="R316" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S316" s="4"/>
+      <c r="R316" s="4"/>
+      <c r="S316" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz-veselka.e-schools.info/</t>
+        </is>
+      </c>
       <c r="T316" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U316" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X316" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y316" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" Розвазької сільської ради</t>
+          <t>Дошкільний навчальний заклад № 5 "Золотий ключик" Рокитнівського району Рівненської області</t>
         </is>
       </c>
       <c r="B317" s="5" t="n">
-        <v>171651</v>
+        <v>171609</v>
       </c>
       <c r="C317" s="6"/>
       <c r="D317" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Веселка" Розвазької с/р</t>
+          <t>ДНЗ № 5 "Золотий ключик"</t>
         </is>
       </c>
       <c r="E317" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G317" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H317" s="6" t="inlineStr">
         <is>
-          <t>5624287001</t>
+          <t>5625085601</t>
         </is>
       </c>
       <c r="I317" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J317" s="4" t="inlineStr">
         <is>
-          <t>с. Розваж, Острозький район, Рівненська область</t>
+          <t>с. Рокитне, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K317" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 102</t>
-[...3 lines deleted...]
-      <c r="M317" s="4"/>
+          <t>вулиця Лайоша Гавро, 16</t>
+        </is>
+      </c>
+      <c r="L317" s="6" t="inlineStr">
+        <is>
+          <t>UA56080150220047099</t>
+        </is>
+      </c>
+      <c r="M317" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Сарненський р-н, с. Рокитне</t>
+        </is>
+      </c>
       <c r="N317" s="7"/>
       <c r="O317" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P317" s="4"/>
+      <c r="P317" s="4" t="inlineStr">
+        <is>
+          <t>((03635))25549</t>
+        </is>
+      </c>
       <c r="Q317" s="4"/>
-      <c r="R317" s="4"/>
+      <c r="R317" s="4" t="inlineStr">
+        <is>
+          <t>dnz-klychik@ukr.net</t>
+        </is>
+      </c>
       <c r="S317" s="4" t="inlineStr">
         <is>
-          <t>https://dnz-veselka.e-schools.info/</t>
+          <t>http://dnz-klychik.blogspot.com/</t>
         </is>
       </c>
       <c r="T317" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X317" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y317" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 5 "Золотий ключик" Рокитнівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад комбінованого типу №2 "Струмочок"</t>
         </is>
       </c>
       <c r="B318" s="5" t="n">
-        <v>171609</v>
+        <v>171626</v>
       </c>
       <c r="C318" s="6"/>
       <c r="D318" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 5 "Золотий ключик"</t>
+          <t>ДНЗ №2 "Струмочок"</t>
         </is>
       </c>
       <c r="E318" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G318" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H318" s="6" t="inlineStr">
         <is>
-          <t>5625085601</t>
+          <t>5625055100</t>
         </is>
       </c>
       <c r="I318" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J318" s="4" t="inlineStr">
         <is>
-          <t>с. Рокитне, Рокитнівський район, Рівненська область</t>
+          <t>смт Рокитне, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K318" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лайоша Гавро, 16</t>
+          <t>вулиця Поліська, 18</t>
         </is>
       </c>
       <c r="L318" s="6" t="inlineStr">
         <is>
-          <t>UA56080150220047099</t>
+          <t>UA56080150010051265</t>
         </is>
       </c>
       <c r="M318" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Рокитне</t>
+          <t>Рівненська обл., Сарненський р-н, с-ще Рокитне</t>
         </is>
       </c>
       <c r="N318" s="7"/>
       <c r="O318" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P318" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P318" s="4"/>
       <c r="Q318" s="4"/>
-      <c r="R318" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R318" s="4"/>
       <c r="S318" s="4" t="inlineStr">
         <is>
-          <t>http://dnz-klychik.blogspot.com/</t>
+          <t>http://dnz-strumochok35.wixsite.com/rokytne</t>
         </is>
       </c>
       <c r="T318" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X318" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y318" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад комбінованого типу №2 "Струмочок"</t>
+          <t>Рокитнівський дошкільний навчальний дошкільний заклад комбінованого типу №3 "Казка"</t>
         </is>
       </c>
       <c r="B319" s="5" t="n">
-        <v>171626</v>
+        <v>171627</v>
       </c>
       <c r="C319" s="6"/>
       <c r="D319" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №2 "Струмочок"</t>
+          <t>ДНЗ №3 "Казка"</t>
         </is>
       </c>
       <c r="E319" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G319" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H319" s="6" t="inlineStr">
         <is>
           <t>5625055100</t>
         </is>
       </c>
       <c r="I319" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J319" s="4" t="inlineStr">
         <is>
           <t>смт Рокитне, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K319" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поліська, 18</t>
+          <t>вулиця Пролетарська, 42а</t>
         </is>
       </c>
       <c r="L319" s="6" t="inlineStr">
         <is>
           <t>UA56080150010051265</t>
         </is>
       </c>
       <c r="M319" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с-ще Рокитне</t>
         </is>
       </c>
       <c r="N319" s="7"/>
       <c r="O319" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P319" s="4"/>
+      <c r="P319" s="4" t="inlineStr">
+        <is>
+          <t>(03605)2-26-72</t>
+        </is>
+      </c>
       <c r="Q319" s="4"/>
-      <c r="R319" s="4"/>
+      <c r="R319" s="4" t="inlineStr">
+        <is>
+          <t>dnzkazka@i.ua</t>
+        </is>
+      </c>
       <c r="S319" s="4" t="inlineStr">
         <is>
-          <t>http://dnz-strumochok35.wixsite.com/rokytne</t>
+          <t>dnzkazka.ucoz,ua</t>
         </is>
       </c>
       <c r="T319" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X319" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y319" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="4" t="inlineStr">
         <is>
-          <t>Рокитнівський дошкільний навчальний дошкільний заклад комбінованого типу №3 "Казка"</t>
+          <t>Рокитнівський дошкільний навчальний заклад комбінованого типу №1 №Теремок"</t>
         </is>
       </c>
       <c r="B320" s="5" t="n">
-        <v>171627</v>
+        <v>171625</v>
       </c>
       <c r="C320" s="6"/>
       <c r="D320" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №3 "Казка"</t>
+          <t>ДНЗ №1 "Теремок"</t>
         </is>
       </c>
       <c r="E320" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G320" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H320" s="6" t="inlineStr">
         <is>
           <t>5625055100</t>
         </is>
       </c>
       <c r="I320" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J320" s="4" t="inlineStr">
         <is>
           <t>смт Рокитне, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K320" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пролетарська, 42а</t>
+          <t>вулиця О.Бекещука, 18</t>
         </is>
       </c>
       <c r="L320" s="6" t="inlineStr">
         <is>
           <t>UA56080150010051265</t>
         </is>
       </c>
       <c r="M320" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с-ще Рокитне</t>
         </is>
       </c>
       <c r="N320" s="7"/>
       <c r="O320" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P320" s="4" t="inlineStr">
         <is>
-          <t>(03605)2-26-72</t>
+          <t>(03635)22532</t>
         </is>
       </c>
       <c r="Q320" s="4"/>
       <c r="R320" s="4" t="inlineStr">
         <is>
-          <t>dnzkazka@i.ua</t>
+          <t>teremok2012@meta.ua</t>
         </is>
       </c>
       <c r="S320" s="4" t="inlineStr">
         <is>
-          <t>dnzkazka.ucoz,ua</t>
+          <t>http://dnzteremok1.at.ua/</t>
         </is>
       </c>
       <c r="T320" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X320" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y320" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="4" t="inlineStr">
         <is>
-          <t>Рокитнівський дошкільний навчальний заклад комбінованого типу №1 №Теремок"</t>
+          <t>Опорний заклад ""Опорний заклад "Городоцький навчально-виховний комплекс "загальноосвітній навчальний заклад І-ІІІ ступенів - дошкільний навчальний заклад" Рівненської районної ради Рівненської області "</t>
         </is>
       </c>
       <c r="B321" s="5" t="n">
-        <v>171625</v>
+        <v>174954</v>
       </c>
       <c r="C321" s="6"/>
       <c r="D321" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №1 "Теремок"</t>
+          <t>ОЗ "Городоцький НВК "школа-сад"</t>
         </is>
       </c>
       <c r="E321" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G321" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H321" s="6" t="inlineStr">
         <is>
-          <t>5625055100</t>
+          <t>5624683307</t>
         </is>
       </c>
       <c r="I321" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J321" s="4" t="inlineStr">
         <is>
-          <t>смт Рокитне, Рокитнівський район, Рівненська область</t>
+          <t>с. Рубче, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K321" s="4" t="inlineStr">
         <is>
-          <t>вулиця О.Бекещука, 18</t>
+          <t>вулиця Центральна, 2В</t>
         </is>
       </c>
       <c r="L321" s="6" t="inlineStr">
         <is>
-          <t>UA56080150010051265</t>
+          <t>UA56060150110060645</t>
         </is>
       </c>
       <c r="M321" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с-ще Рокитне</t>
+          <t>Рівненська обл., Рівненський р-н, с. Рубче</t>
         </is>
       </c>
       <c r="N321" s="7"/>
       <c r="O321" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Рівненської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P321" s="4" t="inlineStr">
         <is>
-          <t>(03635)22532</t>
+          <t>(0362)201471</t>
         </is>
       </c>
       <c r="Q321" s="4"/>
-      <c r="R321" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R321" s="4"/>
       <c r="S321" s="4" t="inlineStr">
         <is>
-          <t>http://dnzteremok1.at.ua/</t>
+          <t>https://gorodokzosch.e-schools.info/</t>
         </is>
       </c>
       <c r="T321" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U321" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X321" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y321" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="4" t="inlineStr">
         <is>
-          <t>Опорний заклад ""Опорний заклад "Городоцький навчально-виховний комплекс "загальноосвітній навчальний заклад І-ІІІ ступенів - дошкільний навчальний заклад" Рівненської районної ради Рівненської області "</t>
+          <t>Дошкільний навчальний заклад (ясла - садок) № 6 "Казка"м. Сарни комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B322" s="5" t="n">
-        <v>174954</v>
+        <v>171242</v>
       </c>
       <c r="C322" s="6"/>
       <c r="D322" s="4" t="inlineStr">
         <is>
-          <t>ОЗ "Городоцький НВК "школа-сад"</t>
+          <t>ДНЗ №6 "Казка" м. Сарни</t>
         </is>
       </c>
       <c r="E322" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G322" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H322" s="6" t="inlineStr">
         <is>
-          <t>5624683307</t>
+          <t>5625410100</t>
         </is>
       </c>
       <c r="I322" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J322" s="4" t="inlineStr">
         <is>
-          <t>с. Рубче, Рівненський район, Рівненська область</t>
+          <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K322" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2В</t>
+          <t>вулиця 8Березня, 3</t>
         </is>
       </c>
       <c r="L322" s="6" t="inlineStr">
         <is>
-          <t>UA56060150110060645</t>
+          <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M322" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Рубче</t>
+          <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N322" s="7"/>
       <c r="O322" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Рівненської районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P322" s="4"/>
       <c r="Q322" s="4"/>
       <c r="R322" s="4"/>
       <c r="S322" s="4" t="inlineStr">
         <is>
-          <t>https://gorodokzosch.e-schools.info/</t>
+          <t>https://doshkilnij-navchalnij-zaklad-yasla-sadok-6-kazka-m-sarni</t>
         </is>
       </c>
       <c r="T322" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U322" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X322" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y322" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла - садок) № 6 "Казка"м. Сарни комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла- садок) №1"Дзвіночок"м. Сарни комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B323" s="5" t="n">
-        <v>171242</v>
+        <v>171238</v>
       </c>
       <c r="C323" s="6"/>
       <c r="D323" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №6 "Казка" м. Сарни</t>
+          <t>ДНЗ №1 "Дзвіночок" м.Сарни</t>
         </is>
       </c>
       <c r="E323" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F323" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G323" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H323" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I323" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J323" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K323" s="4" t="inlineStr">
         <is>
-          <t>вулиця 8Березня, 3</t>
+          <t>вулиця Демократична, 3</t>
         </is>
       </c>
       <c r="L323" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M323" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N323" s="7"/>
       <c r="O323" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P323" s="4"/>
       <c r="Q323" s="4"/>
       <c r="R323" s="4"/>
       <c r="S323" s="4" t="inlineStr">
         <is>
-          <t>https://doshkilnij-navchalnij-zaklad-yasla-sadok-6-kazka-m-sarni</t>
+          <t>dzvinochok_sarny@ukr.net</t>
         </is>
       </c>
       <c r="T323" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X323" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y323" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла- садок) №1"Дзвіночок"м. Сарни комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла- садок) №3 "Ялинка"м. Сарни Комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B324" s="5" t="n">
-        <v>171238</v>
+        <v>171239</v>
       </c>
       <c r="C324" s="6"/>
       <c r="D324" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №1 "Дзвіночок" м.Сарни</t>
+          <t>ДНЗ №3 "Ялинка" м. Сарни</t>
         </is>
       </c>
       <c r="E324" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F324" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G324" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H324" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I324" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J324" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K324" s="4" t="inlineStr">
         <is>
-          <t>вулиця Демократична, 3</t>
+          <t>вулиця Гоголя, 33</t>
         </is>
       </c>
       <c r="L324" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M324" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N324" s="7"/>
       <c r="O324" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P324" s="4"/>
+      <c r="P324" s="4" t="inlineStr">
+        <is>
+          <t>0991245548</t>
+        </is>
+      </c>
       <c r="Q324" s="4"/>
-      <c r="R324" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R324" s="4" t="inlineStr">
+        <is>
+          <t>dnz3_sarny@ukr.net</t>
+        </is>
+      </c>
+      <c r="S324" s="4"/>
       <c r="T324" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X324" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y324" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла- садок) №3 "Ялинка"м. Сарни Комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №4 "Сонечко" м. Сарни комунальної власності Сарненської міської ради №50974</t>
         </is>
       </c>
       <c r="B325" s="5" t="n">
-        <v>171239</v>
+        <v>171240</v>
       </c>
       <c r="C325" s="6"/>
       <c r="D325" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №3 "Ялинка" м. Сарни</t>
+          <t>ДНЗ №4 "Сонечко" м.Сарни</t>
         </is>
       </c>
       <c r="E325" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F325" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G325" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H325" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I325" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J325" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K325" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 33</t>
+          <t>вулиця Демократична, 44</t>
         </is>
       </c>
       <c r="L325" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M325" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N325" s="7"/>
       <c r="O325" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P325" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P325" s="4"/>
       <c r="Q325" s="4"/>
-      <c r="R325" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S325" s="4"/>
+      <c r="R325" s="4"/>
+      <c r="S325" s="4" t="inlineStr">
+        <is>
+          <t>https://sarnudnz4.nethouse.ua/</t>
+        </is>
+      </c>
       <c r="T325" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X325" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y325" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №4 "Сонечко" м. Сарни комунальної власності Сарненської міської ради №50974</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №5 "Вербиченька" м.Сарни комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B326" s="5" t="n">
-        <v>171240</v>
+        <v>171241</v>
       </c>
       <c r="C326" s="6"/>
       <c r="D326" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №4 "Сонечко" м.Сарни</t>
+          <t>ДНЗ №5 "Вербиченька" м.Сарни</t>
         </is>
       </c>
       <c r="E326" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F326" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G326" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H326" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I326" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J326" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K326" s="4" t="inlineStr">
         <is>
-          <t>вулиця Демократична, 44</t>
+          <t>вулиця Белгородська, 3</t>
         </is>
       </c>
       <c r="L326" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M326" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N326" s="7"/>
       <c r="O326" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P326" s="4"/>
+      <c r="P326" s="4" t="inlineStr">
+        <is>
+          <t>(03655)33814</t>
+        </is>
+      </c>
       <c r="Q326" s="4"/>
-      <c r="R326" s="4"/>
+      <c r="R326" s="4" t="inlineStr">
+        <is>
+          <t>dnz5_sarny@ukr.net</t>
+        </is>
+      </c>
       <c r="S326" s="4" t="inlineStr">
         <is>
-          <t>https://sarnudnz4.nethouse.ua/</t>
+          <t>http://verbychenka.pit-jey.com</t>
         </is>
       </c>
       <c r="T326" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X326" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y326" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №5 "Вербиченька" м.Сарни комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №7 "Калинка"м. Сарни комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B327" s="5" t="n">
-        <v>171241</v>
+        <v>171243</v>
       </c>
       <c r="C327" s="6"/>
       <c r="D327" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №5 "Вербиченька" м.Сарни</t>
+          <t>ДНЗ № 7 "Калинка" м. Сарни</t>
         </is>
       </c>
       <c r="E327" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F327" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G327" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H327" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I327" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J327" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K327" s="4" t="inlineStr">
         <is>
-          <t>вулиця Белгородська, 3</t>
+          <t>вулиця Дослідна станція, 3а</t>
         </is>
       </c>
       <c r="L327" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M327" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N327" s="7"/>
       <c r="O327" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P327" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P327" s="4"/>
       <c r="Q327" s="4"/>
-      <c r="R327" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R327" s="4"/>
       <c r="S327" s="4" t="inlineStr">
         <is>
-          <t>http://verbychenka.pit-jey.com</t>
+          <t>https://sadochok7sarny.jimdofree.com/</t>
         </is>
       </c>
       <c r="T327" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X327" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y327" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №7 "Калинка"м. Сарни комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Росинка" м.Сарни, комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B328" s="5" t="n">
-        <v>171243</v>
+        <v>171245</v>
       </c>
       <c r="C328" s="6"/>
       <c r="D328" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 7 "Калинка" м. Сарни</t>
+          <t>ДНЗ № 9 “Росинка” м.Сарни</t>
         </is>
       </c>
       <c r="E328" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F328" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G328" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H328" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I328" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J328" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K328" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дослідна станція, 3а</t>
+          <t>вулиця Старицького, 9</t>
         </is>
       </c>
       <c r="L328" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M328" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N328" s="7"/>
       <c r="O328" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P328" s="4"/>
+      <c r="P328" s="4" t="inlineStr">
+        <is>
+          <t>()3-36-16</t>
+        </is>
+      </c>
       <c r="Q328" s="4"/>
-      <c r="R328" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R328" s="4" t="inlineStr">
+        <is>
+          <t>dnz-rosunka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S328" s="4"/>
       <c r="T328" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X328" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y328" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Росинка" м.Сарни, комунальної власності Сарненської міської ради</t>
+          <t>Дошкільний навчальний заклад комбінованого типу (ясла-садок) №8 "Веселка"м. Сарни комунальної власності Сарненської міської ради</t>
         </is>
       </c>
       <c r="B329" s="5" t="n">
-        <v>171245</v>
+        <v>171244</v>
       </c>
       <c r="C329" s="6"/>
       <c r="D329" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 9 “Росинка” м.Сарни</t>
+          <t>ДНЗ №8 "Веселка" м. Сарни</t>
         </is>
       </c>
       <c r="E329" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F329" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G329" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H329" s="6" t="inlineStr">
         <is>
           <t>5625410100</t>
         </is>
       </c>
       <c r="I329" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J329" s="4" t="inlineStr">
         <is>
           <t>Сарни, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K329" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старицького, 9</t>
+          <t>вулиця Белгородська, 1а</t>
         </is>
       </c>
       <c r="L329" s="6" t="inlineStr">
         <is>
           <t>UA56080170010061049</t>
         </is>
       </c>
       <c r="M329" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
         </is>
       </c>
       <c r="N329" s="7"/>
       <c r="O329" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P329" s="4" t="inlineStr">
         <is>
-          <t>()3-36-16</t>
+          <t>(03655)32067</t>
         </is>
       </c>
       <c r="Q329" s="4"/>
       <c r="R329" s="4" t="inlineStr">
         <is>
-          <t>dnz-rosunka@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S329" s="4"/>
+          <t>dnz8-veselka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S329" s="4" t="inlineStr">
+        <is>
+          <t>http://dnz8.sarny.top/index.php</t>
+        </is>
+      </c>
       <c r="T329" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X329" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y329" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад комбінованого типу (ясла-садок) №8 "Веселка"м. Сарни комунальної власності Сарненської міської ради</t>
+          <t>Сатиївський дошкільний навчальний заклад (дитячий садок) Дубенської районної ради Рівненської області</t>
         </is>
       </c>
       <c r="B330" s="5" t="n">
-        <v>171244</v>
+        <v>170158</v>
       </c>
       <c r="C330" s="6"/>
       <c r="D330" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №8 "Веселка" м. Сарни</t>
+          <t>Сатиївський ДНЗ</t>
         </is>
       </c>
       <c r="E330" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F330" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G330" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H330" s="6" t="inlineStr">
         <is>
-          <t>5625410100</t>
+          <t>5621687001</t>
         </is>
       </c>
       <c r="I330" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J330" s="4" t="inlineStr">
         <is>
-          <t>Сарни, Сарненський район, Рівненська область</t>
+          <t>с. Сатиїв, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K330" s="4" t="inlineStr">
         <is>
-          <t>вулиця Белгородська, 1а</t>
+          <t>вулиця Миру, 53А</t>
         </is>
       </c>
       <c r="L330" s="6" t="inlineStr">
         <is>
-          <t>UA56080170010061049</t>
+          <t>UA56040050120019760</t>
         </is>
       </c>
       <c r="M330" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, м. Сарни</t>
+          <t>Рівненська обл., Дубенський р-н, с. Сатиїв</t>
         </is>
       </c>
       <c r="N330" s="7"/>
       <c r="O330" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P330" s="4" t="inlineStr">
         <is>
-          <t>(03655)32067</t>
+          <t>0666612492</t>
         </is>
       </c>
       <c r="Q330" s="4"/>
-      <c r="R330" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R330" s="4"/>
       <c r="S330" s="4" t="inlineStr">
         <is>
-          <t>http://dnz8.sarny.top/index.php</t>
+          <t>satuivdnz2013.jimdo.com</t>
         </is>
       </c>
       <c r="T330" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X330" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y330" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="4" t="inlineStr">
         <is>
-          <t>Сатиївський дошкільний навчальний заклад (дитячий садок) Дубенської районної ради Рівненської області</t>
+          <t>Сварицевицький нвчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"- дошкільний навчальний заклад</t>
         </is>
       </c>
       <c r="B331" s="5" t="n">
-        <v>170158</v>
+        <v>171706</v>
       </c>
       <c r="C331" s="6"/>
       <c r="D331" s="4" t="inlineStr">
         <is>
-          <t>Сатиївський ДНЗ</t>
+          <t>Сварицевицький нвчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"- дошкільний навч</t>
         </is>
       </c>
       <c r="E331" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F331" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G331" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H331" s="6" t="inlineStr">
         <is>
-          <t>5621687001</t>
+          <t>5621886901</t>
         </is>
       </c>
       <c r="I331" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J331" s="4" t="inlineStr">
         <is>
-          <t>с. Сатиїв, Дубенський район, Рівненська область</t>
+          <t>с. Сварицевичі, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K331" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 53А</t>
+          <t>вулиця Шкільна, 30</t>
         </is>
       </c>
       <c r="L331" s="6" t="inlineStr">
         <is>
-          <t>UA56040050120019760</t>
+          <t>UA56080070340020459</t>
         </is>
       </c>
       <c r="M331" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Сатиїв</t>
+          <t>Рівненська обл., Сарненський р-н, с. Сварицевичі</t>
         </is>
       </c>
       <c r="N331" s="7"/>
       <c r="O331" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P331" s="4" t="inlineStr">
         <is>
-          <t>0666612492</t>
+          <t>0689686610</t>
         </is>
       </c>
       <c r="Q331" s="4"/>
-      <c r="R331" s="4"/>
+      <c r="R331" s="4" t="inlineStr">
+        <is>
+          <t>svaricevithi_zdo@ukr.net</t>
+        </is>
+      </c>
       <c r="S331" s="4" t="inlineStr">
         <is>
-          <t>satuivdnz2013.jimdo.com</t>
+          <t>http://osvitasvar.ucoz.ua</t>
         </is>
       </c>
       <c r="T331" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U331" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X331" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y331" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="4" t="inlineStr">
         <is>
-          <t>Сварицевицький нвчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"- дошкільний навчальний заклад</t>
+          <t>Селецький навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" імені Олега Ващишина</t>
         </is>
       </c>
       <c r="B332" s="5" t="n">
-        <v>171706</v>
+        <v>171707</v>
       </c>
       <c r="C332" s="6"/>
       <c r="D332" s="4" t="inlineStr">
         <is>
-          <t>Сварицевицький нвчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"- дошкільний навч</t>
+          <t>Селецький НВК "ЗОШ І-ІІІст-ДНЗ"</t>
         </is>
       </c>
       <c r="E332" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F332" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G332" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H332" s="6" t="inlineStr">
         <is>
-          <t>5621886901</t>
+          <t>5621887301</t>
         </is>
       </c>
       <c r="I332" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J332" s="4" t="inlineStr">
         <is>
-          <t>с. Сварицевичі, Дубровицький район, Рівненська область</t>
+          <t>с. Селець, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K332" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 30</t>
+          <t>вулиця Шевченка, 9</t>
         </is>
       </c>
       <c r="L332" s="6" t="inlineStr">
         <is>
-          <t>UA56080070340020459</t>
+          <t>UA56080070350057611</t>
         </is>
       </c>
       <c r="M332" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Сварицевичі</t>
+          <t>Рівненська обл., Сарненський р-н, с. Селець</t>
         </is>
       </c>
       <c r="N332" s="7"/>
       <c r="O332" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Дубровицької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P332" s="4" t="inlineStr">
         <is>
-          <t>0689686610</t>
+          <t>(03658)50160</t>
         </is>
       </c>
       <c r="Q332" s="4"/>
       <c r="R332" s="4" t="inlineStr">
         <is>
-          <t>svaricevithi_zdo@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>selets15@ukr.net</t>
+        </is>
+      </c>
+      <c r="S332" s="4"/>
       <c r="T332" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U332" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X332" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y332" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="4" t="inlineStr">
         <is>
-          <t>Селецький навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" імені Олега Ващишина</t>
+          <t>Дошкільний навчальний заклад (дитясий садок) "Берізка" с.Селище, комунальної власності Вирівської сільської ради</t>
         </is>
       </c>
       <c r="B333" s="5" t="n">
-        <v>171707</v>
+        <v>171265</v>
       </c>
       <c r="C333" s="6"/>
       <c r="D333" s="4" t="inlineStr">
         <is>
-          <t>Селецький НВК "ЗОШ І-ІІІст-ДНЗ"</t>
+          <t>ДНЗ "Берізка" с. Селище</t>
         </is>
       </c>
       <c r="E333" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F333" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G333" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H333" s="6" t="inlineStr">
         <is>
-          <t>5621887301</t>
+          <t>5625486801</t>
         </is>
       </c>
       <c r="I333" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J333" s="4" t="inlineStr">
         <is>
-          <t>с. Селець, Дубровицький район, Рівненська область</t>
+          <t>с. Селище, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K333" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 9</t>
+          <t>вулиця Заводська, 7а</t>
         </is>
       </c>
       <c r="L333" s="6" t="inlineStr">
         <is>
-          <t>UA56080070350057611</t>
+          <t>UA56080030070064931</t>
         </is>
       </c>
       <c r="M333" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Селець</t>
+          <t>Рівненська обл., Сарненський р-н, с. Селище</t>
         </is>
       </c>
       <c r="N333" s="7"/>
       <c r="O333" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P333" s="4"/>
       <c r="Q333" s="4"/>
-      <c r="R333" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R333" s="4"/>
       <c r="S333" s="4"/>
       <c r="T333" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U333" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X333" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y333" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитясий садок) "Берізка" с.Селище, комунальної власності Вирівської сільської ради</t>
+          <t>Семидубський дошкільний навчальний заклад ( дитячий садок) Дубенської районної ради Рівненської області</t>
         </is>
       </c>
       <c r="B334" s="5" t="n">
-        <v>171265</v>
+        <v>170160</v>
       </c>
       <c r="C334" s="6"/>
       <c r="D334" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Берізка" с. Селище</t>
+          <t>Семидубський дошкільний навчальний заклад ( дитячий садок) Дубенської районної ради Рівненської області</t>
         </is>
       </c>
       <c r="E334" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F334" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G334" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H334" s="6" t="inlineStr">
         <is>
-          <t>5625486801</t>
+          <t>5621687401</t>
         </is>
       </c>
       <c r="I334" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J334" s="4" t="inlineStr">
         <is>
-          <t>с. Селище, Сарненський район, Рівненська область</t>
+          <t>с. Семидуби, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K334" s="4" t="inlineStr">
         <is>
-          <t>вулиця Заводська, 7а</t>
+          <t>вулиця Центральна, 63</t>
         </is>
       </c>
       <c r="L334" s="6" t="inlineStr">
         <is>
-          <t>UA56080030070064931</t>
+          <t>UA56040310010081688</t>
         </is>
       </c>
       <c r="M334" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Селище</t>
+          <t>Рівненська обл., Дубенський р-н, с. Семидуби</t>
         </is>
       </c>
       <c r="N334" s="7"/>
       <c r="O334" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P334" s="4"/>
       <c r="Q334" s="4"/>
       <c r="R334" s="4"/>
-      <c r="S334" s="4"/>
+      <c r="S334" s="4" t="inlineStr">
+        <is>
+          <t>Semudubu DNZ.jimdo.com</t>
+        </is>
+      </c>
       <c r="T334" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X334" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y334" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="4" t="inlineStr">
         <is>
-          <t>Семидубський дошкільний навчальний заклад ( дитячий садок) Дубенської районної ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Берізка" с.Серники</t>
         </is>
       </c>
       <c r="B335" s="5" t="n">
-        <v>170160</v>
+        <v>176084</v>
       </c>
       <c r="C335" s="6"/>
       <c r="D335" s="4" t="inlineStr">
         <is>
-          <t>Семидубський дошкільний навчальний заклад ( дитячий садок) Дубенської районної ради Рівненської області</t>
+          <t>ДНЗ "Берізка" с.Серники</t>
         </is>
       </c>
       <c r="E335" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F335" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G335" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H335" s="6" t="inlineStr">
         <is>
-          <t>5621687401</t>
+          <t>5622286601</t>
         </is>
       </c>
       <c r="I335" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J335" s="4" t="inlineStr">
         <is>
-          <t>с. Семидуби, Дубенський район, Рівненська область</t>
+          <t>с. Серники, Зарічненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K335" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 63</t>
+          <t>вулиця 1 Травня, 1</t>
         </is>
       </c>
       <c r="L335" s="6" t="inlineStr">
         <is>
-          <t>UA56040310010081688</t>
+          <t>UA56020070280037366</t>
         </is>
       </c>
       <c r="M335" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Семидуби</t>
+          <t>Рівненська обл., Вараський р-н, с. Серники</t>
         </is>
       </c>
       <c r="N335" s="7"/>
       <c r="O335" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P335" s="4"/>
       <c r="Q335" s="4"/>
       <c r="R335" s="4"/>
-      <c r="S335" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S335" s="4"/>
       <c r="T335" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X335" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y335" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Берізка" с.Серники</t>
+          <t>Сестрятинський дошкільнй навчальний заклад "Берізка" загального розвитку</t>
         </is>
       </c>
       <c r="B336" s="5" t="n">
-        <v>176084</v>
+        <v>171338</v>
       </c>
       <c r="C336" s="6"/>
       <c r="D336" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Берізка" с.Серники</t>
+          <t>Сестрятинський ДНЗ "Берізка"</t>
         </is>
       </c>
       <c r="E336" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F336" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G336" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H336" s="6" t="inlineStr">
         <is>
-          <t>5622286601</t>
+          <t>5625887801</t>
         </is>
       </c>
       <c r="I336" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J336" s="4" t="inlineStr">
         <is>
-          <t>с. Серники, Зарічненський район, Рівненська область</t>
+          <t>с. Сестрятин, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K336" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 1</t>
+          <t>вулиця Проста, 83</t>
         </is>
       </c>
       <c r="L336" s="6" t="inlineStr">
         <is>
-          <t>UA56020070280037366</t>
+          <t>UA56040290220050727</t>
         </is>
       </c>
       <c r="M336" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Серники</t>
+          <t>Рівненська обл., Дубенський р-н, с. Сестрятин</t>
         </is>
       </c>
       <c r="N336" s="7"/>
       <c r="O336" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P336" s="4"/>
       <c r="Q336" s="4"/>
       <c r="R336" s="4"/>
       <c r="S336" s="4"/>
       <c r="T336" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X336" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y336" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="4" t="inlineStr">
         <is>
-          <t>Сестрятинський дошкільнй навчальний заклад "Берізка" загального розвитку</t>
+          <t>Синівський заклад дошкільної освіти (дитячий садок) «Росинка» Гощанської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B337" s="5" t="n">
-        <v>171338</v>
-[...1 lines deleted...]
-      <c r="C337" s="6"/>
+        <v>171641</v>
+      </c>
+      <c r="C337" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D337" s="4" t="inlineStr">
         <is>
-          <t>Сестрятинський ДНЗ "Берізка"</t>
+          <t>ЗДО "Росинка"</t>
         </is>
       </c>
       <c r="E337" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F337" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G337" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H337" s="6" t="inlineStr">
         <is>
-          <t>5625887801</t>
+          <t>5621287801</t>
         </is>
       </c>
       <c r="I337" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J337" s="4" t="inlineStr">
         <is>
-          <t>с. Сестрятин, Радивилівський район, Рівненська область</t>
+          <t>с. Синів, Гощанський район, Рівненська область</t>
         </is>
       </c>
       <c r="K337" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проста, 83</t>
+          <t>вулиця Вишнева, 2</t>
         </is>
       </c>
       <c r="L337" s="6" t="inlineStr">
         <is>
-          <t>UA56040290220050727</t>
+          <t>UA56060170340074197</t>
         </is>
       </c>
       <c r="M337" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Сестрятин</t>
+          <t>Рівненська обл., Рівненський р-н, с. Синів</t>
         </is>
       </c>
       <c r="N337" s="7"/>
       <c r="O337" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P337" s="4"/>
+          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
+        </is>
+      </c>
+      <c r="P337" s="4" t="inlineStr">
+        <is>
+          <t>(068)6499853</t>
+        </is>
+      </c>
       <c r="Q337" s="4"/>
-      <c r="R337" s="4"/>
+      <c r="R337" s="4" t="inlineStr">
+        <is>
+          <t>suniv_sadok@ukr.net</t>
+        </is>
+      </c>
       <c r="S337" s="4"/>
       <c r="T337" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Кукуруза Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X337" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y337" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="4" t="inlineStr">
         <is>
-          <t>Синівський заклад дошкільної освіти (дитячий садок) «Росинка» Гощанської селищної ради Рівненської області</t>
+          <t>Смизький заклад дошкільної освіти Смизької селищної ради</t>
         </is>
       </c>
       <c r="B338" s="5" t="n">
-        <v>171641</v>
-[...5 lines deleted...]
-      </c>
+        <v>170148</v>
+      </c>
+      <c r="C338" s="6"/>
       <c r="D338" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Росинка"</t>
+          <t>Смизький ЗДО</t>
         </is>
       </c>
       <c r="E338" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F338" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G338" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H338" s="6" t="inlineStr">
         <is>
-          <t>5621287801</t>
+          <t>5621655900</t>
         </is>
       </c>
       <c r="I338" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J338" s="4" t="inlineStr">
         <is>
-          <t>с. Синів, Гощанський район, Рівненська область</t>
+          <t>смт Смига, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K338" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 2</t>
+          <t>вулиця Івана Франка, 5</t>
         </is>
       </c>
       <c r="L338" s="6" t="inlineStr">
         <is>
-          <t>UA56060170340074197</t>
+          <t>UA56040330010050502</t>
         </is>
       </c>
       <c r="M338" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Синів</t>
+          <t>Рівненська обл., Дубенський р-н, с-ще Смига</t>
         </is>
       </c>
       <c r="N338" s="7"/>
       <c r="O338" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P338" s="4"/>
       <c r="Q338" s="4"/>
       <c r="R338" s="4" t="inlineStr">
         <is>
-          <t>suniv_sadok@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S338" s="4"/>
+          <t>smuga-dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S338" s="4" t="inlineStr">
+        <is>
+          <t>https://dnzsmiga.jimdo.com</t>
+        </is>
+      </c>
       <c r="T338" s="4" t="inlineStr">
         <is>
-          <t>Директор Кукуруза Наталія Анатоліївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X338" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y338" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="4" t="inlineStr">
         <is>
-          <t>Смизький заклад дошкільної освіти Смизької селищної ради</t>
+          <t>Дошкільний навчальний заклад "Чебурашка" Сновидовицької сільської ради</t>
         </is>
       </c>
       <c r="B339" s="5" t="n">
-        <v>170148</v>
+        <v>171619</v>
       </c>
       <c r="C339" s="6"/>
       <c r="D339" s="4" t="inlineStr">
         <is>
-          <t>Смизький ЗДО</t>
+          <t>ДНЗ "Чебурашка"</t>
         </is>
       </c>
       <c r="E339" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F339" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G339" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H339" s="6" t="inlineStr">
         <is>
-          <t>5621655900</t>
+          <t>5625086201</t>
         </is>
       </c>
       <c r="I339" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J339" s="4" t="inlineStr">
         <is>
-          <t>смт Смига, Дубенський район, Рівненська область</t>
+          <t>с. Сновидовичі, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K339" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Франка, 5</t>
+          <t>вулиця Ковпака, 22</t>
         </is>
       </c>
       <c r="L339" s="6" t="inlineStr">
         <is>
-          <t>UA56040330010050502</t>
+          <t>UA56080150230061825</t>
         </is>
       </c>
       <c r="M339" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с-ще Смига</t>
+          <t>Рівненська обл., Сарненський р-н, с. Сновидовичі</t>
         </is>
       </c>
       <c r="N339" s="7"/>
       <c r="O339" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P339" s="4"/>
       <c r="Q339" s="4"/>
-      <c r="R339" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R339" s="4"/>
       <c r="S339" s="4" t="inlineStr">
         <is>
-          <t>https://dnzsmiga.jimdo.com</t>
+          <t>http://snovydovychi-dnz.rv.sch.in.ua</t>
         </is>
       </c>
       <c r="T339" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X339" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y339" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Чебурашка" Сновидовицької сільської ради</t>
+          <t>Дошкільний навчальний заклад " Берізка"села Собіщиці</t>
         </is>
       </c>
       <c r="B340" s="5" t="n">
-        <v>171619</v>
+        <v>173763</v>
       </c>
       <c r="C340" s="6"/>
       <c r="D340" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Чебурашка"</t>
+          <t>Дошкільний навчальний заклад " Берізка" села Собіщиці</t>
         </is>
       </c>
       <c r="E340" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F340" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G340" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H340" s="6" t="inlineStr">
         <is>
-          <t>5625086201</t>
+          <t>5620888901</t>
         </is>
       </c>
       <c r="I340" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J340" s="4" t="inlineStr">
         <is>
-          <t>с. Сновидовичі, Рокитнівський район, Рівненська область</t>
+          <t>с. Собіщиці, Володимирецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K340" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ковпака, 22</t>
+          <t>вулиця Леоніда Коляди, 1а</t>
         </is>
       </c>
       <c r="L340" s="6" t="inlineStr">
         <is>
-          <t>UA56080150230061825</t>
+          <t>UA56020030140021409</t>
         </is>
       </c>
       <c r="M340" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Сновидовичі</t>
+          <t>Рівненська обл., Вараський р-н, с. Собіщиці</t>
         </is>
       </c>
       <c r="N340" s="7"/>
       <c r="O340" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P340" s="4"/>
       <c r="Q340" s="4"/>
       <c r="R340" s="4"/>
-      <c r="S340" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S340" s="4"/>
       <c r="T340" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X340" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y340" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад " Берізка"села Собіщиці</t>
+          <t>Соснівський дошкільний навчальний заклад (дитячий садок)</t>
         </is>
       </c>
       <c r="B341" s="5" t="n">
-        <v>173763</v>
+        <v>170155</v>
       </c>
       <c r="C341" s="6"/>
       <c r="D341" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад " Берізка" села Собіщиці</t>
+          <t>Соснівський дошкільний навчальний заклад</t>
         </is>
       </c>
       <c r="E341" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F341" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G341" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H341" s="6" t="inlineStr">
         <is>
-          <t>5620888901</t>
+          <t>5621688201</t>
         </is>
       </c>
       <c r="I341" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J341" s="4" t="inlineStr">
         <is>
-          <t>с. Собіщиці, Володимирецький район, Рівненська область</t>
+          <t>с. Соснівка, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K341" s="4" t="inlineStr">
         <is>
-          <t>вулиця Леоніда Коляди, 1а</t>
+          <t>вулиця Молодіжна, 30</t>
         </is>
       </c>
       <c r="L341" s="6" t="inlineStr">
         <is>
-          <t>UA56020030140021409</t>
+          <t>UA56040310150039517</t>
         </is>
       </c>
       <c r="M341" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Собіщиці</t>
+          <t>Рівненська обл., Дубенський р-н, с. Соснівка</t>
         </is>
       </c>
       <c r="N341" s="7"/>
       <c r="O341" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P341" s="4"/>
       <c r="Q341" s="4"/>
-      <c r="R341" s="4"/>
-      <c r="S341" s="4"/>
+      <c r="R341" s="4" t="inlineStr">
+        <is>
+          <t>sosniwka30@ukr.net</t>
+        </is>
+      </c>
+      <c r="S341" s="4" t="inlineStr">
+        <is>
+          <t>https://sosniwka-2016.jimdo.com</t>
+        </is>
+      </c>
       <c r="T341" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X341" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y341" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="4" t="inlineStr">
         <is>
-          <t>Соснівський дошкільний навчальний заклад (дитячий садок)</t>
+          <t>Заклад дошкільної освіти (ясла - садок) "БЕРІЗКА смт Соснове Соснівської селищної ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B342" s="5" t="n">
-        <v>170155</v>
-[...1 lines deleted...]
-      <c r="C342" s="6"/>
+        <v>171467</v>
+      </c>
+      <c r="C342" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D342" s="4" t="inlineStr">
         <is>
-          <t>Соснівський дошкільний навчальний заклад</t>
+          <t>ЗДО (ясла-садок) "Берізка"</t>
         </is>
       </c>
       <c r="E342" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F342" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G342" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H342" s="6" t="inlineStr">
         <is>
-          <t>5621688201</t>
+          <t>5620455700</t>
         </is>
       </c>
       <c r="I342" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J342" s="4" t="inlineStr">
         <is>
-          <t>с. Соснівка, Дубенський район, Рівненська область</t>
+          <t>смт Соснове, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K342" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 30</t>
+          <t>вулиця Шевченка, 11</t>
         </is>
       </c>
       <c r="L342" s="6" t="inlineStr">
         <is>
-          <t>UA56040310150039517</t>
+          <t>UA56060490010035207</t>
         </is>
       </c>
       <c r="M342" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Соснівка</t>
+          <t>Рівненська обл., Рівненський р-н, с-ще Соснове</t>
         </is>
       </c>
       <c r="N342" s="7"/>
       <c r="O342" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...3 lines deleted...]
-      <c r="Q342" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Соснівської селищної ради Рівненського району Рівненської області</t>
+        </is>
+      </c>
+      <c r="P342" s="4" t="inlineStr">
+        <is>
+          <t>(068)7689425</t>
+        </is>
+      </c>
+      <c r="Q342" s="4" t="inlineStr">
+        <is>
+          <t>(036)2227535</t>
+        </is>
+      </c>
       <c r="R342" s="4" t="inlineStr">
         <is>
-          <t>sosniwka30@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sosnove_dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S342" s="4"/>
       <c r="T342" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Юрчик Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X342" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y342" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла - садок) "БЕРІЗКА смт Соснове Соснівської селищної ради Рівненського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Веселка" Спасівської сільської ради Здолбунівського району Рівненської області</t>
         </is>
       </c>
       <c r="B343" s="5" t="n">
-        <v>171467</v>
-[...5 lines deleted...]
-      </c>
+        <v>171451</v>
+      </c>
+      <c r="C343" s="6"/>
       <c r="D343" s="4" t="inlineStr">
         <is>
-          <t>ЗДО (ясла-садок) "Берізка"</t>
+          <t>Дошкільний навчальний заклад "Веселка" Спасівської сільської ради</t>
         </is>
       </c>
       <c r="E343" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F343" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G343" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H343" s="6" t="inlineStr">
         <is>
-          <t>5620455700</t>
+          <t>5622685601</t>
         </is>
       </c>
       <c r="I343" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J343" s="4" t="inlineStr">
         <is>
-          <t>смт Соснове, Березнівський район, Рівненська область</t>
+          <t>с. Спасів, Здолбунівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K343" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 11</t>
+          <t>вулиця Сагайдачного, 12</t>
         </is>
       </c>
       <c r="L343" s="6" t="inlineStr">
         <is>
-          <t>UA56060490010035207</t>
+          <t>UA56060410210057679</t>
         </is>
       </c>
       <c r="M343" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с-ще Соснове</t>
+          <t>Рівненська обл., Рівненський р-н, с. Спасів</t>
         </is>
       </c>
       <c r="N343" s="7"/>
       <c r="O343" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Соснівської селищної ради Рівненського району Рівненської області</t>
-[...16 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P343" s="4"/>
+      <c r="Q343" s="4"/>
+      <c r="R343" s="4"/>
       <c r="S343" s="4"/>
       <c r="T343" s="4" t="inlineStr">
         <is>
-          <t>Директор Юрчик Людмила Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X343" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y343" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Веселка" Спасівської сільської ради Здолбунівського району Рівненської області</t>
+          <t>Срібненський заклад дошкільної освіти ясла-садок "Сонечко" загального розвитку Крупецької сільської ради</t>
         </is>
       </c>
       <c r="B344" s="5" t="n">
-        <v>171451</v>
+        <v>171335</v>
       </c>
       <c r="C344" s="6"/>
       <c r="D344" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Веселка" Спасівської сільської ради</t>
+          <t>Срібненський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E344" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F344" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G344" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H344" s="6" t="inlineStr">
         <is>
-          <t>5622685601</t>
+          <t>5625884806</t>
         </is>
       </c>
       <c r="I344" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J344" s="4" t="inlineStr">
         <is>
-          <t>с. Спасів, Здолбунівський район, Рівненська область</t>
+          <t>с. Срібне, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K344" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сагайдачного, 12</t>
+          <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L344" s="6" t="inlineStr">
         <is>
-          <t>UA56060410210057679</t>
+          <t>UA56040150220063991</t>
         </is>
       </c>
       <c r="M344" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Спасів</t>
+          <t>Рівненська обл., Дубенський р-н, с. Срібне</t>
         </is>
       </c>
       <c r="N344" s="7"/>
       <c r="O344" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P344" s="4"/>
+          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
+        </is>
+      </c>
+      <c r="P344" s="4" t="inlineStr">
+        <is>
+          <t>(9-27)4-32</t>
+        </is>
+      </c>
       <c r="Q344" s="4"/>
-      <c r="R344" s="4"/>
-      <c r="S344" s="4"/>
+      <c r="R344" s="4" t="inlineStr">
+        <is>
+          <t>soniechko@ukr.net</t>
+        </is>
+      </c>
+      <c r="S344" s="4" t="inlineStr">
+        <is>
+          <t>http://sribne-sonechko.edukit.rv.ua/</t>
+        </is>
+      </c>
       <c r="T344" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X344" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y344" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="4" t="inlineStr">
         <is>
-          <t>Срібненський заклад дошкільної освіти ясла-садок "Сонечко" загального розвитку Крупецької сільської ради</t>
+          <t>Ставецький дошкільний навчальний заклад "Сонечко" Звіздівської сільської ради Костопільського району Рівненської області</t>
         </is>
       </c>
       <c r="B345" s="5" t="n">
-        <v>171335</v>
+        <v>171791</v>
       </c>
       <c r="C345" s="6"/>
       <c r="D345" s="4" t="inlineStr">
         <is>
-          <t>Срібненський ЗДО "Сонечко"</t>
+          <t>Ставецький ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E345" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F345" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G345" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H345" s="6" t="inlineStr">
         <is>
-          <t>5625884806</t>
+          <t>5623482603</t>
         </is>
       </c>
       <c r="I345" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J345" s="4" t="inlineStr">
         <is>
-          <t>с. Срібне, Радивилівський район, Рівненська область</t>
+          <t>с. Ставок, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K345" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 3</t>
+          <t>вулиця Шевченка, 11</t>
         </is>
       </c>
       <c r="L345" s="6" t="inlineStr">
         <is>
-          <t>UA56040150220063991</t>
+          <t>UA56060130110045267</t>
         </is>
       </c>
       <c r="M345" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Срібне</t>
+          <t>Рівненська обл., Рівненський р-н, с. Ставок</t>
         </is>
       </c>
       <c r="N345" s="7"/>
       <c r="O345" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, культури, туризму, молоді та спорту Крупецької сільської ради Дубенського району Рівненської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P345" s="4" t="inlineStr">
         <is>
-          <t>(9-27)4-32</t>
+          <t>0988298386</t>
         </is>
       </c>
       <c r="Q345" s="4"/>
       <c r="R345" s="4" t="inlineStr">
         <is>
-          <t>soniechko@ukr.net</t>
+          <t>stavok-dnz@ukr.net</t>
         </is>
       </c>
       <c r="S345" s="4" t="inlineStr">
         <is>
-          <t>http://sribne-sonechko.edukit.rv.ua/</t>
+          <t>hhtps://stavok-dnz.wixsite.com/sonechko</t>
         </is>
       </c>
       <c r="T345" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X345" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y345" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="4" t="inlineStr">
         <is>
-          <t>Ставецький дошкільний навчальний заклад "Сонечко" Звіздівської сільської ради Костопільського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Дюймовочка" села Стара Рафалівка</t>
         </is>
       </c>
       <c r="B346" s="5" t="n">
-        <v>171791</v>
+        <v>173762</v>
       </c>
       <c r="C346" s="6"/>
       <c r="D346" s="4" t="inlineStr">
         <is>
-          <t>Ставецький ДНЗ "Сонечко"</t>
+          <t>Дошкільний навчальний заклад "Дюймовочка" села Стара Рафалівка</t>
         </is>
       </c>
       <c r="E346" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F346" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G346" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H346" s="6" t="inlineStr">
         <is>
-          <t>5623482603</t>
+          <t>5620889301</t>
         </is>
       </c>
       <c r="I346" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J346" s="4" t="inlineStr">
         <is>
-          <t>с. Ставок, Костопільський район, Рівненська область</t>
+          <t>с. Стара Рафалівка, Володимирецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K346" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 11</t>
+          <t>вулиця Шкільна, 21</t>
         </is>
       </c>
       <c r="L346" s="6" t="inlineStr">
         <is>
-          <t>UA56060130110045267</t>
+          <t>UA56020030160085706</t>
         </is>
       </c>
       <c r="M346" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Ставок</t>
+          <t>Рівненська обл., Вараський р-н, с. Стара Рафалівка</t>
         </is>
       </c>
       <c r="N346" s="7"/>
       <c r="O346" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P346" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P346" s="4"/>
       <c r="Q346" s="4"/>
-      <c r="R346" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R346" s="4"/>
+      <c r="S346" s="4"/>
       <c r="T346" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X346" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y346" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Дюймовочка" села Стара Рафалівка</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) № 1 "Калинка"смт. Степань комунальної власності Степанської селищної ради</t>
         </is>
       </c>
       <c r="B347" s="5" t="n">
-        <v>173762</v>
+        <v>171246</v>
       </c>
       <c r="C347" s="6"/>
       <c r="D347" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Дюймовочка" села Стара Рафалівка</t>
+          <t>ДНЗ № 1 "Калинка"смт. Степань</t>
         </is>
       </c>
       <c r="E347" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F347" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G347" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H347" s="6" t="inlineStr">
         <is>
-          <t>5620889301</t>
+          <t>5625455700</t>
         </is>
       </c>
       <c r="I347" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J347" s="4" t="inlineStr">
         <is>
-          <t>с. Стара Рафалівка, Володимирецький район, Рівненська область</t>
+          <t>смт Степань, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K347" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 21</t>
+          <t>вулиця Шевченка, 50а</t>
         </is>
       </c>
       <c r="L347" s="6" t="inlineStr">
         <is>
-          <t>UA56020030160085706</t>
+          <t>UA56080210010085738</t>
         </is>
       </c>
       <c r="M347" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Вараський р-н, с. Стара Рафалівка</t>
+          <t>Рівненська обл., Сарненський р-н, с-ще Степань</t>
         </is>
       </c>
       <c r="N347" s="7"/>
       <c r="O347" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P347" s="4"/>
       <c r="Q347" s="4"/>
-      <c r="R347" s="4"/>
+      <c r="R347" s="4" t="inlineStr">
+        <is>
+          <t>kalinkastepan@ukr.net</t>
+        </is>
+      </c>
       <c r="S347" s="4"/>
       <c r="T347" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X347" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y347" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 1 "Калинка"смт. Степань комунальної власності Степанської селищної ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок), №2 "ЛЬонок".</t>
         </is>
       </c>
       <c r="B348" s="5" t="n">
-        <v>171246</v>
+        <v>171247</v>
       </c>
       <c r="C348" s="6"/>
       <c r="D348" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ № 1 "Калинка"смт. Степань</t>
+          <t>ДНЗ №2 "Льонок"</t>
         </is>
       </c>
       <c r="E348" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F348" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G348" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H348" s="6" t="inlineStr">
         <is>
           <t>5625455700</t>
         </is>
       </c>
       <c r="I348" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J348" s="4" t="inlineStr">
         <is>
           <t>смт Степань, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K348" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 50а</t>
+          <t>вулиця Київська, 53б</t>
         </is>
       </c>
       <c r="L348" s="6" t="inlineStr">
         <is>
           <t>UA56080210010085738</t>
         </is>
       </c>
       <c r="M348" s="4" t="inlineStr">
         <is>
           <t>Рівненська обл., Сарненський р-н, с-ще Степань</t>
         </is>
       </c>
       <c r="N348" s="7"/>
       <c r="O348" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P348" s="4"/>
+      <c r="P348" s="4" t="inlineStr">
+        <is>
+          <t>0365541112</t>
+        </is>
+      </c>
       <c r="Q348" s="4"/>
       <c r="R348" s="4" t="inlineStr">
         <is>
-          <t>kalinkastepan@ukr.net</t>
+          <t>lonoksadok2@ukr.net</t>
         </is>
       </c>
       <c r="S348" s="4"/>
       <c r="T348" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X348" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y348" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок), №2 "ЛЬонок".</t>
+          <t>Стовпецький заклад дошкільної освіти (дитячий садок) Вербської сільської ради Дубенського району Рівненської області</t>
         </is>
       </c>
       <c r="B349" s="5" t="n">
-        <v>171247</v>
-[...1 lines deleted...]
-      <c r="C349" s="6"/>
+        <v>170151</v>
+      </c>
+      <c r="C349" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D349" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №2 "Льонок"</t>
+          <t>Стовпецький ЗДО</t>
         </is>
       </c>
       <c r="E349" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F349" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G349" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H349" s="6" t="inlineStr">
         <is>
-          <t>5625455700</t>
+          <t>5621688501</t>
         </is>
       </c>
       <c r="I349" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J349" s="4" t="inlineStr">
         <is>
-          <t>смт Степань, Сарненський район, Рівненська область</t>
+          <t>с. Стовпець, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K349" s="4" t="inlineStr">
         <is>
-          <t>вулиця Київська, 53б</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L349" s="6" t="inlineStr">
         <is>
-          <t>UA56080210010085738</t>
+          <t>UA56040070090064974</t>
         </is>
       </c>
       <c r="M349" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с-ще Степань</t>
+          <t>Рівненська обл., Дубенський р-н, с. Стовпець</t>
         </is>
       </c>
       <c r="N349" s="7"/>
       <c r="O349" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Вербська сільська рада</t>
         </is>
       </c>
       <c r="P349" s="4" t="inlineStr">
         <is>
-          <t>0365541112</t>
+          <t>(063)6081082</t>
         </is>
       </c>
       <c r="Q349" s="4"/>
-      <c r="R349" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S349" s="4"/>
+      <c r="R349" s="4"/>
+      <c r="S349" s="4" t="inlineStr">
+        <is>
+          <t>stovpecdnz.jimdo.com</t>
+        </is>
+      </c>
       <c r="T349" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Степанюк Галина Миколаївна</t>
         </is>
       </c>
       <c r="U349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X349" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y349" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="4" t="inlineStr">
         <is>
-          <t>Стовпецький заклад дошкільної освіти (дитячий садок) Вербської сільської ради Дубенського району Рівненської області</t>
+          <t>Студянський заклад дошкільної освіти Смизької селищної ради</t>
         </is>
       </c>
       <c r="B350" s="5" t="n">
-        <v>170151</v>
-[...5 lines deleted...]
-      </c>
+        <v>170149</v>
+      </c>
+      <c r="C350" s="6"/>
       <c r="D350" s="4" t="inlineStr">
         <is>
-          <t>Стовпецький ЗДО</t>
+          <t>Студянський ЗДО</t>
         </is>
       </c>
       <c r="E350" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F350" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G350" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H350" s="6" t="inlineStr">
         <is>
-          <t>5621688501</t>
+          <t>5621689513</t>
         </is>
       </c>
       <c r="I350" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J350" s="4" t="inlineStr">
         <is>
-          <t>с. Стовпець, Дубенський район, Рівненська область</t>
+          <t>с. Студянка, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K350" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
-[...11 lines deleted...]
-      </c>
+          <t>провулок Поштовий, 5</t>
+        </is>
+      </c>
+      <c r="L350" s="6"/>
+      <c r="M350" s="4"/>
       <c r="N350" s="7"/>
       <c r="O350" s="4" t="inlineStr">
         <is>
-          <t>Вербська сільська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P350" s="4" t="inlineStr">
         <is>
-          <t>(063)6081082</t>
+          <t>()380999188380</t>
         </is>
       </c>
       <c r="Q350" s="4"/>
-      <c r="R350" s="4"/>
+      <c r="R350" s="4" t="inlineStr">
+        <is>
+          <t>studjankadnz@ukr.net</t>
+        </is>
+      </c>
       <c r="S350" s="4" t="inlineStr">
         <is>
-          <t>stovpecdnz.jimdo.com</t>
+          <t>https://studyankadnz.jimdo.com/</t>
         </is>
       </c>
       <c r="T350" s="4" t="inlineStr">
         <is>
-          <t>Директор Степанюк Галина Миколаївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X350" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y350" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="4" t="inlineStr">
         <is>
-          <t>Студянський заклад дошкільної освіти Смизької селищної ради</t>
+          <t>Тайкурський заклад дошкільної освіти (дитячий садок) "Сонечко" Корнинської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B351" s="5" t="n">
-        <v>170149</v>
+        <v>174960</v>
       </c>
       <c r="C351" s="6"/>
       <c r="D351" s="4" t="inlineStr">
         <is>
-          <t>Студянський ЗДО</t>
+          <t>Тайкурський ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E351" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F351" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G351" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H351" s="6" t="inlineStr">
         <is>
-          <t>5621689513</t>
+          <t>5624688901</t>
         </is>
       </c>
       <c r="I351" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J351" s="4" t="inlineStr">
         <is>
-          <t>с. Студянка, Дубенський район, Рівненська область</t>
+          <t>с. Тайкури, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K351" s="4" t="inlineStr">
         <is>
-          <t>провулок Поштовий, 5</t>
+          <t>вулиця Незалежності, 5</t>
         </is>
       </c>
       <c r="L351" s="6"/>
       <c r="M351" s="4"/>
       <c r="N351" s="7"/>
       <c r="O351" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Рівненської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P351" s="4" t="inlineStr">
         <is>
-          <t>()380999188380</t>
+          <t>(098)0787555</t>
         </is>
       </c>
       <c r="Q351" s="4"/>
-      <c r="R351" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R351" s="4"/>
+      <c r="S351" s="4"/>
       <c r="T351" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X351" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y351" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="4" t="inlineStr">
         <is>
-          <t>Тайкурський заклад дошкільної освіти (дитячий садок) "Сонечко" Корнинської сільської ради Рівненського району Рівненської області</t>
+          <t>Тараканівський заклад дошкільної освіти Тараканівської сільської ради</t>
         </is>
       </c>
       <c r="B352" s="5" t="n">
-        <v>174960</v>
-[...1 lines deleted...]
-      <c r="C352" s="6"/>
+        <v>170150</v>
+      </c>
+      <c r="C352" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D352" s="4" t="inlineStr">
         <is>
-          <t>Тайкурський ЗДО "Сонечко"</t>
+          <t>Тараканівський ЗДО</t>
         </is>
       </c>
       <c r="E352" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F352" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G352" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H352" s="6" t="inlineStr">
         <is>
-          <t>5624688901</t>
+          <t>5621689101</t>
         </is>
       </c>
       <c r="I352" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J352" s="4" t="inlineStr">
         <is>
-          <t>с. Тайкури, Рівненський район, Рівненська область</t>
+          <t>с. Тараканів, Дубенський район, Рівненська область</t>
         </is>
       </c>
       <c r="K352" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 5</t>
-[...3 lines deleted...]
-      <c r="M352" s="4"/>
+          <t>вулиця Свободи, 13</t>
+        </is>
+      </c>
+      <c r="L352" s="6" t="inlineStr">
+        <is>
+          <t>UA56040350010061558</t>
+        </is>
+      </c>
+      <c r="M352" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Дубенський р-н, с. Тараканів</t>
+        </is>
+      </c>
       <c r="N352" s="7"/>
       <c r="O352" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Рівненської районної державної адміністрації</t>
+          <t>Тараканівська сільська рада</t>
         </is>
       </c>
       <c r="P352" s="4" t="inlineStr">
         <is>
-          <t>(098)0787555</t>
+          <t>(099)3854619</t>
         </is>
       </c>
       <c r="Q352" s="4"/>
       <c r="R352" s="4"/>
       <c r="S352" s="4"/>
       <c r="T352" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Плужнікова Надія Михайлівна</t>
         </is>
       </c>
       <c r="U352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X352" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y352" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="4" t="inlineStr">
         <is>
-          <t>Тараканівський заклад дошкільної освіти Тараканівської сільської ради</t>
+          <t>Теслугівський дошкільний навчальний заклад ясла - дитсадок "Сонечко" загального розвитку Теслугівської сільської ради Радивилівського району Рівненської області</t>
         </is>
       </c>
       <c r="B353" s="5" t="n">
-        <v>170150</v>
-[...5 lines deleted...]
-      </c>
+        <v>171329</v>
+      </c>
+      <c r="C353" s="6"/>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>Тараканівський ЗДО</t>
+          <t>Теслугівський ДНЗ</t>
         </is>
       </c>
       <c r="E353" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F353" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G353" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H353" s="6" t="inlineStr">
         <is>
-          <t>5621689101</t>
+          <t>5625888501</t>
         </is>
       </c>
       <c r="I353" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J353" s="4" t="inlineStr">
         <is>
-          <t>с. Тараканів, Дубенський район, Рівненська область</t>
+          <t>с. Теслугів, Радивилівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K353" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свободи, 13</t>
+          <t>вулиця Шевченка, 52</t>
         </is>
       </c>
       <c r="L353" s="6" t="inlineStr">
         <is>
-          <t>UA56040350010061558</t>
+          <t>UA56040150240067228</t>
         </is>
       </c>
       <c r="M353" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Дубенський р-н, с. Тараканів</t>
+          <t>Рівненська обл., Дубенський р-н, с. Теслугів</t>
         </is>
       </c>
       <c r="N353" s="7"/>
       <c r="O353" s="4" t="inlineStr">
         <is>
-          <t>Тараканівська сільська рада</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P353" s="4"/>
       <c r="Q353" s="4"/>
       <c r="R353" s="4"/>
       <c r="S353" s="4"/>
       <c r="T353" s="4" t="inlineStr">
         <is>
-          <t>Директор Плужнікова Надія Михайлівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X353" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y353" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="4" t="inlineStr">
         <is>
-          <t>Теслугівський дошкільний навчальний заклад ясла - дитсадок "Сонечко" загального розвитку Теслугівської сільської ради Радивилівського району Рівненської області</t>
+          <t>Заклад дошкільної освіти (дитячий садок) "Колосок" с.Тинне комунальної власності Немовицької сільської ради</t>
         </is>
       </c>
       <c r="B354" s="5" t="n">
-        <v>171329</v>
+        <v>175611</v>
       </c>
       <c r="C354" s="6"/>
       <c r="D354" s="4" t="inlineStr">
         <is>
-          <t>Теслугівський ДНЗ</t>
+          <t>ЗДО (дитячий садок) "Колосок" с.Тинне</t>
         </is>
       </c>
       <c r="E354" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F354" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G354" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H354" s="6" t="inlineStr">
         <is>
-          <t>5625888501</t>
+          <t>5625488001</t>
         </is>
       </c>
       <c r="I354" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J354" s="4" t="inlineStr">
         <is>
-          <t>с. Теслугів, Радивилівський район, Рівненська область</t>
+          <t>с. Тинне, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K354" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 52</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Українська, 3</t>
+        </is>
+      </c>
+      <c r="L354" s="6"/>
+      <c r="M354" s="4"/>
       <c r="N354" s="7"/>
       <c r="O354" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P354" s="4"/>
+      <c r="P354" s="4" t="inlineStr">
+        <is>
+          <t>0986361465</t>
+        </is>
+      </c>
       <c r="Q354" s="4"/>
       <c r="R354" s="4"/>
       <c r="S354" s="4"/>
       <c r="T354" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X354" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y354" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (дитячий садок) "Колосок" с.Тинне комунальної власності Немовицької сільської ради</t>
+          <t>Дошкільний навчальний заклад дитячий садок "Теремок"</t>
         </is>
       </c>
       <c r="B355" s="5" t="n">
-        <v>175611</v>
+        <v>171484</v>
       </c>
       <c r="C355" s="6"/>
       <c r="D355" s="4" t="inlineStr">
         <is>
-          <t>ЗДО (дитячий садок) "Колосок" с.Тинне</t>
+          <t>ДНЗ "Теремок"</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G355" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H355" s="6" t="inlineStr">
         <is>
-          <t>5625488001</t>
+          <t>5620488601</t>
         </is>
       </c>
       <c r="I355" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J355" s="4" t="inlineStr">
         <is>
-          <t>с. Тинне, Сарненський район, Рівненська область</t>
+          <t>с. Тишиця, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K355" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українська, 3</t>
-[...3 lines deleted...]
-      <c r="M355" s="4"/>
+          <t>вулиця Незалежності, 91А</t>
+        </is>
+      </c>
+      <c r="L355" s="6" t="inlineStr">
+        <is>
+          <t>UA56060030330031026</t>
+        </is>
+      </c>
+      <c r="M355" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Рівненський р-н, с. Тишиця</t>
+        </is>
+      </c>
       <c r="N355" s="7"/>
       <c r="O355" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P355" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P355" s="4"/>
       <c r="Q355" s="4"/>
       <c r="R355" s="4"/>
       <c r="S355" s="4"/>
       <c r="T355" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X355" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y355" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад дитячий садок "Теремок"</t>
+          <t>Дошкільний навчальний заклад "Сонечко" комбінованого типу Томашгородської селищної ради Рокитнівського району Рівненської області</t>
         </is>
       </c>
       <c r="B356" s="5" t="n">
-        <v>171484</v>
+        <v>171610</v>
       </c>
       <c r="C356" s="6"/>
       <c r="D356" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Теремок"</t>
+          <t>Томашгородський ДНЗ "Сонечко"</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G356" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H356" s="6" t="inlineStr">
         <is>
-          <t>5620488601</t>
+          <t>5625055500</t>
         </is>
       </c>
       <c r="I356" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J356" s="4" t="inlineStr">
         <is>
-          <t>с. Тишиця, Березнівський район, Рівненська область</t>
+          <t>смт Томашгород, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K356" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 91А</t>
+          <t>вулиця 1Травня, 6</t>
         </is>
       </c>
       <c r="L356" s="6" t="inlineStr">
         <is>
-          <t>UA56060030330031026</t>
+          <t>UA56080150020095282</t>
         </is>
       </c>
       <c r="M356" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Тишиця</t>
+          <t>Рівненська обл., Сарненський р-н, с-ще Томашгород</t>
         </is>
       </c>
       <c r="N356" s="7"/>
       <c r="O356" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P356" s="4"/>
+      <c r="P356" s="4" t="inlineStr">
+        <is>
+          <t>0363526289</t>
+        </is>
+      </c>
       <c r="Q356" s="4"/>
       <c r="R356" s="4"/>
-      <c r="S356" s="4"/>
+      <c r="S356" s="4" t="inlineStr">
+        <is>
+          <t>http://sone4kosadok.ucoz.com</t>
+        </is>
+      </c>
       <c r="T356" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X356" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y356" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Сонечко" комбінованого типу Томашгородської селищної ради Рокитнівського району Рівненської області</t>
+          <t>Томашгородський дошкільний навчальний заклад "Журавлик" Рокитнівської районної ради Рівненської області</t>
         </is>
       </c>
       <c r="B357" s="5" t="n">
-        <v>171610</v>
+        <v>171612</v>
       </c>
       <c r="C357" s="6"/>
       <c r="D357" s="4" t="inlineStr">
         <is>
-          <t>Томашгородський ДНЗ "Сонечко"</t>
+          <t>Томашгородський ДНЗ "Журавлик"</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G357" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H357" s="6" t="inlineStr">
         <is>
-          <t>5625055500</t>
+          <t>5625087401</t>
         </is>
       </c>
       <c r="I357" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J357" s="4" t="inlineStr">
         <is>
-          <t>смт Томашгород, Рокитнівський район, Рівненська область</t>
+          <t>с. Томашгород, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K357" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1Травня, 6</t>
+          <t>вулиця Гагаріна, 34б</t>
         </is>
       </c>
       <c r="L357" s="6" t="inlineStr">
         <is>
-          <t>UA56080150020095282</t>
+          <t>UA56080150250059478</t>
         </is>
       </c>
       <c r="M357" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с-ще Томашгород</t>
+          <t>Рівненська обл., Сарненський р-н, с. Томашгород</t>
         </is>
       </c>
       <c r="N357" s="7"/>
       <c r="O357" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P357" s="4" t="inlineStr">
         <is>
-          <t>0363526289</t>
+          <t>+380968043845</t>
         </is>
       </c>
       <c r="Q357" s="4"/>
-      <c r="R357" s="4"/>
+      <c r="R357" s="4" t="inlineStr">
+        <is>
+          <t>dnz.zuravlik@yandex.ru</t>
+        </is>
+      </c>
       <c r="S357" s="4" t="inlineStr">
         <is>
-          <t>http://sone4kosadok.ucoz.com</t>
+          <t>www.dnzzuravlik.at.ua</t>
         </is>
       </c>
       <c r="T357" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X357" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y357" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="4" t="inlineStr">
         <is>
-          <t>Томашгородський дошкільний навчальний заклад "Журавлик" Рокитнівської районної ради Рівненської області</t>
+          <t>Томашгородський Дошкільний навчальний заклад "Калинка" комбінованого типу (ясла-садок) Рокитнівського району рівненської області</t>
         </is>
       </c>
       <c r="B358" s="5" t="n">
-        <v>171612</v>
+        <v>171611</v>
       </c>
       <c r="C358" s="6"/>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>Томашгородський ДНЗ "Журавлик"</t>
+          <t>ДНЗ "Калинка"</t>
         </is>
       </c>
       <c r="E358" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F358" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G358" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H358" s="6" t="inlineStr">
         <is>
-          <t>5625087401</t>
+          <t>5625055500</t>
         </is>
       </c>
       <c r="I358" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J358" s="4" t="inlineStr">
         <is>
-          <t>с. Томашгород, Рокитнівський район, Рівненська область</t>
+          <t>смт Томашгород, Рокитнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K358" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 34б</t>
+          <t>вулиця Ярівська, 8</t>
         </is>
       </c>
       <c r="L358" s="6" t="inlineStr">
         <is>
-          <t>UA56080150250059478</t>
+          <t>UA56080150020095282</t>
         </is>
       </c>
       <c r="M358" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Томашгород</t>
+          <t>Рівненська обл., Сарненський р-н, с-ще Томашгород</t>
         </is>
       </c>
       <c r="N358" s="7"/>
       <c r="O358" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P358" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P358" s="4"/>
       <c r="Q358" s="4"/>
-      <c r="R358" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R358" s="4"/>
       <c r="S358" s="4" t="inlineStr">
         <is>
-          <t>www.dnzzuravlik.at.ua</t>
+          <t>dskalinka.at.ua</t>
         </is>
       </c>
       <c r="T358" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X358" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y358" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="4" t="inlineStr">
         <is>
-          <t>Томашгородський Дошкільний навчальний заклад "Калинка" комбінованого типу (ясла-садок) Рокитнівського району рівненської області</t>
+          <t>Трипутнянський навчально - виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"</t>
         </is>
       </c>
       <c r="B359" s="5" t="n">
-        <v>171611</v>
+        <v>171708</v>
       </c>
       <c r="C359" s="6"/>
       <c r="D359" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Калинка"</t>
+          <t>Трипутнянський НВК "ЗОШ І-ІІІ ступенів - ДНЗ"</t>
         </is>
       </c>
       <c r="E359" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F359" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G359" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H359" s="6" t="inlineStr">
         <is>
-          <t>5625055500</t>
+          <t>5621888201</t>
         </is>
       </c>
       <c r="I359" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J359" s="4" t="inlineStr">
         <is>
-          <t>смт Томашгород, Рокитнівський район, Рівненська область</t>
+          <t>с. Трипутня, Дубровицький район, Рівненська область</t>
         </is>
       </c>
       <c r="K359" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярівська, 8</t>
+          <t>вулиця Шевченка, 99</t>
         </is>
       </c>
       <c r="L359" s="6" t="inlineStr">
         <is>
-          <t>UA56080150020095282</t>
+          <t>UA56080070370088698</t>
         </is>
       </c>
       <c r="M359" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с-ще Томашгород</t>
+          <t>Рівненська обл., Сарненський р-н, с. Трипутня</t>
         </is>
       </c>
       <c r="N359" s="7"/>
       <c r="O359" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P359" s="4"/>
+          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P359" s="4" t="inlineStr">
+        <is>
+          <t>()0961187568</t>
+        </is>
+      </c>
       <c r="Q359" s="4"/>
-      <c r="R359" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R359" s="4" t="inlineStr">
+        <is>
+          <t>zdo_trip@ukr.net</t>
+        </is>
+      </c>
+      <c r="S359" s="4"/>
       <c r="T359" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U359" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X359" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y359" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="4" t="inlineStr">
         <is>
-          <t>Трипутнянський навчально - виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад"</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) «Барвінок» с. Тріскині з короткотривалим перебуванням дітей, комунальної власності Ремчицької сільської ради</t>
         </is>
       </c>
       <c r="B360" s="5" t="n">
-        <v>171708</v>
+        <v>174361</v>
       </c>
       <c r="C360" s="6"/>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>Трипутнянський НВК "ЗОШ І-ІІІ ступенів - ДНЗ"</t>
+          <t>ДНЗ «Барвінок» с. Тріскині</t>
         </is>
       </c>
       <c r="E360" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F360" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G360" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H360" s="6" t="inlineStr">
         <is>
-          <t>5621888201</t>
+          <t>5625485804</t>
         </is>
       </c>
       <c r="I360" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J360" s="4" t="inlineStr">
         <is>
-          <t>с. Трипутня, Дубровицький район, Рівненська область</t>
+          <t>с. Тріскині, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K360" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 99</t>
+          <t>вулиця Кузнєцова, 64</t>
         </is>
       </c>
       <c r="L360" s="6" t="inlineStr">
         <is>
-          <t>UA56080070370088698</t>
+          <t>UA56080170300022415</t>
         </is>
       </c>
       <c r="M360" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Трипутня</t>
+          <t>Рівненська обл., Сарненський р-н, с. Тріскині</t>
         </is>
       </c>
       <c r="N360" s="7"/>
       <c r="O360" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Дубровицької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P360" s="4" t="inlineStr">
         <is>
-          <t>()0961187568</t>
+          <t>380971200575</t>
         </is>
       </c>
       <c r="Q360" s="4"/>
       <c r="R360" s="4" t="inlineStr">
         <is>
-          <t>zdo_trip@ukr.net</t>
+          <t>marinamosiychuk@ukr.net</t>
         </is>
       </c>
       <c r="S360" s="4"/>
       <c r="T360" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U360" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X360" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y360" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) «Барвінок» с. Тріскині з короткотривалим перебуванням дітей, комунальної власності Ремчицької сільської ради</t>
+          <t>Дошкільний навчальний заклад "Колосочок"дітей загального розвитку Підлужненської сільської ради Костопільського району Рівненськоі області</t>
         </is>
       </c>
       <c r="B361" s="5" t="n">
-        <v>174361</v>
+        <v>174209</v>
       </c>
       <c r="C361" s="6"/>
       <c r="D361" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ «Барвінок» с. Тріскині</t>
+          <t>Трубицький ЗДО "Колосочок"</t>
         </is>
       </c>
       <c r="E361" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F361" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G361" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H361" s="6" t="inlineStr">
         <is>
-          <t>5625485804</t>
+          <t>5623486909</t>
         </is>
       </c>
       <c r="I361" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J361" s="4" t="inlineStr">
         <is>
-          <t>с. Тріскині, Сарненський район, Рівненська область</t>
+          <t>с. Трубиці, Костопільський район, Рівненська область</t>
         </is>
       </c>
       <c r="K361" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кузнєцова, 64</t>
+          <t>вулиця Героїв УПА, 19А</t>
         </is>
       </c>
       <c r="L361" s="6" t="inlineStr">
         <is>
-          <t>UA56080170300022415</t>
+          <t>UA56060350280071166</t>
         </is>
       </c>
       <c r="M361" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Тріскині</t>
+          <t>Рівненська обл., Рівненський р-н, с. Трубиці</t>
         </is>
       </c>
       <c r="N361" s="7"/>
       <c r="O361" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P361" s="4" t="inlineStr">
         <is>
-          <t>380971200575</t>
+          <t>0969930829</t>
         </is>
       </c>
       <c r="Q361" s="4"/>
       <c r="R361" s="4" t="inlineStr">
         <is>
-          <t>marinamosiychuk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S361" s="4"/>
+          <t>korniychuk_natalia95@ukr.net</t>
+        </is>
+      </c>
+      <c r="S361" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz-kolosochok-s-trubitsi.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T361" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X361" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y361" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Колосочок"дітей загального розвитку Підлужненської сільської ради Костопільського району Рівненськоі області</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Непосиди" с. Тутовичі з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
         </is>
       </c>
       <c r="B362" s="5" t="n">
-        <v>174209</v>
+        <v>174363</v>
       </c>
       <c r="C362" s="6"/>
       <c r="D362" s="4" t="inlineStr">
         <is>
-          <t>Трубицький ЗДО "Колосочок"</t>
+          <t>ДНЗ "Непосиди" с. Тутовичі</t>
         </is>
       </c>
       <c r="E362" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F362" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G362" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H362" s="6" t="inlineStr">
         <is>
-          <t>5623486909</t>
+          <t>5625487601</t>
         </is>
       </c>
       <c r="I362" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J362" s="4" t="inlineStr">
         <is>
-          <t>с. Трубиці, Костопільський район, Рівненська область</t>
+          <t>с. Тутовичі, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K362" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв УПА, 19А</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L362" s="6" t="inlineStr">
         <is>
-          <t>UA56060350280071166</t>
+          <t>UA56080170310033569</t>
         </is>
       </c>
       <c r="M362" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Трубиці</t>
+          <t>Рівненська обл., Сарненський р-н, с. Тутовичі</t>
         </is>
       </c>
       <c r="N362" s="7"/>
       <c r="O362" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P362" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P362" s="4"/>
       <c r="Q362" s="4"/>
-      <c r="R362" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R362" s="4"/>
       <c r="S362" s="4" t="inlineStr">
         <is>
-          <t>https://dnz-kolosochok-s-trubitsi.webnode.com.ua</t>
+          <t>tutovichi@ukr.net</t>
         </is>
       </c>
       <c r="T362" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X362" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y362" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Непосиди" с. Тутовичі з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
+          <t>Тучинський заклад дошкільної освіти (ясла-садок) «Дзвіночок» Гощанської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B363" s="5" t="n">
-        <v>174363</v>
-[...1 lines deleted...]
-      <c r="C363" s="6"/>
+        <v>171639</v>
+      </c>
+      <c r="C363" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D363" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Непосиди" с. Тутовичі</t>
+          <t>Тучинський ЗДО "Дзвіночок"</t>
         </is>
       </c>
       <c r="E363" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F363" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G363" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H363" s="6" t="inlineStr">
         <is>
-          <t>5625487601</t>
+          <t>5621288401</t>
         </is>
       </c>
       <c r="I363" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J363" s="4" t="inlineStr">
         <is>
-          <t>с. Тутовичі, Сарненський район, Рівненська область</t>
+          <t>с. Тучин, Гощанський район, Рівненська область</t>
         </is>
       </c>
       <c r="K363" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Освіти, 22</t>
         </is>
       </c>
       <c r="L363" s="6" t="inlineStr">
         <is>
-          <t>UA56080170310033569</t>
+          <t>UA56060170360032607</t>
         </is>
       </c>
       <c r="M363" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Тутовичі</t>
+          <t>Рівненська обл., Рівненський р-н, с. Тучин</t>
         </is>
       </c>
       <c r="N363" s="7"/>
       <c r="O363" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P363" s="4"/>
+          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
+        </is>
+      </c>
+      <c r="P363" s="4" t="inlineStr">
+        <is>
+          <t>(096)9358859</t>
+        </is>
+      </c>
       <c r="Q363" s="4"/>
-      <c r="R363" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R363" s="4" t="inlineStr">
+        <is>
+          <t>tuchun_sadok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S363" s="4"/>
       <c r="T363" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Жук Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X363" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y363" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="4" t="inlineStr">
         <is>
-          <t>Тучинський заклад дошкільної освіти (ясла-садок) «Дзвіночок» Гощанської селищної ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Калинка" Уїздецької сільської ради Здолбунівського району Рівненської області</t>
         </is>
       </c>
       <c r="B364" s="5" t="n">
-        <v>171639</v>
-[...5 lines deleted...]
-      </c>
+        <v>171445</v>
+      </c>
+      <c r="C364" s="6"/>
       <c r="D364" s="4" t="inlineStr">
         <is>
-          <t>Тучинський ЗДО "Дзвіночок"</t>
+          <t>Дошкільний навчальний заклад "Калинка" Уїздецької сільської ради</t>
         </is>
       </c>
       <c r="E364" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F364" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G364" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H364" s="6" t="inlineStr">
         <is>
-          <t>5621288401</t>
+          <t>5622687001</t>
         </is>
       </c>
       <c r="I364" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J364" s="4" t="inlineStr">
         <is>
-          <t>с. Тучин, Гощанський район, Рівненська область</t>
+          <t>с. Уїздці, Здолбунівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K364" s="4" t="inlineStr">
         <is>
-          <t>вулиця Освіти, 22</t>
+          <t>вулиця Набережна, 8а</t>
         </is>
       </c>
       <c r="L364" s="6" t="inlineStr">
         <is>
-          <t>UA56060170360032607</t>
+          <t>UA56060230140066512</t>
         </is>
       </c>
       <c r="M364" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Тучин</t>
+          <t>Рівненська обл., Рівненський р-н, с. Уїздці</t>
         </is>
       </c>
       <c r="N364" s="7"/>
       <c r="O364" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P364" s="4" t="inlineStr">
         <is>
-          <t>(096)9358859</t>
+          <t>0968882814</t>
         </is>
       </c>
       <c r="Q364" s="4"/>
       <c r="R364" s="4" t="inlineStr">
         <is>
-          <t>tuchun_sadok@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S364" s="4"/>
+          <t>dnzkalunka2017@gmail.com</t>
+        </is>
+      </c>
+      <c r="S364" s="4" t="inlineStr">
+        <is>
+          <t>https:sites.google.com/sites/viburnum</t>
+        </is>
+      </c>
       <c r="T364" s="4" t="inlineStr">
         <is>
-          <t>Директор Жук Світлана Володимирівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X364" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y364" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Калинка" Уїздецької сільської ради Здолбунівського району Рівненської області</t>
+          <t>Уїздецький дошкільний навчальний заклад "Бджілка" Острожецької сільської ради Млинівського району Рівненської області</t>
         </is>
       </c>
       <c r="B365" s="5" t="n">
-        <v>171445</v>
+        <v>173693</v>
       </c>
       <c r="C365" s="6"/>
       <c r="D365" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Калинка" Уїздецької сільської ради</t>
+          <t>Уїздецький ДНЗ "Бджілка"</t>
         </is>
       </c>
       <c r="E365" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F365" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G365" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H365" s="6" t="inlineStr">
         <is>
-          <t>5622687001</t>
+          <t>5623889201</t>
         </is>
       </c>
       <c r="I365" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J365" s="4" t="inlineStr">
         <is>
-          <t>с. Уїздці, Здолбунівський район, Рівненська область</t>
+          <t>с. Уїздці, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K365" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережна, 8а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шевченка, 7</t>
+        </is>
+      </c>
+      <c r="L365" s="6"/>
+      <c r="M365" s="4"/>
       <c r="N365" s="7"/>
       <c r="O365" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P365" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P365" s="4"/>
       <c r="Q365" s="4"/>
-      <c r="R365" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R365" s="4"/>
+      <c r="S365" s="4"/>
       <c r="T365" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X365" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y365" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="4" t="inlineStr">
         <is>
-          <t>Уїздецький дошкільний навчальний заклад "Бджілка" Острожецької сільської ради Млинівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад дитячий садок "Чайка" Української сільської ради Острозького району Рівненської обл.</t>
         </is>
       </c>
       <c r="B366" s="5" t="n">
-        <v>173693</v>
+        <v>171652</v>
       </c>
       <c r="C366" s="6"/>
       <c r="D366" s="4" t="inlineStr">
         <is>
-          <t>Уїздецький ДНЗ "Бджілка"</t>
+          <t>ДНЗ дитячий садок "Чайка"</t>
         </is>
       </c>
       <c r="E366" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F366" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G366" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H366" s="6" t="inlineStr">
         <is>
-          <t>5623889201</t>
+          <t>5624288001</t>
         </is>
       </c>
       <c r="I366" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J366" s="4" t="inlineStr">
         <is>
-          <t>с. Уїздці, Млинівський район, Рівненська область</t>
+          <t>с. Українка, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K366" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 7</t>
-[...3 lines deleted...]
-      <c r="M366" s="4"/>
+          <t>вулиця Будьонного, 32</t>
+        </is>
+      </c>
+      <c r="L366" s="6" t="inlineStr">
+        <is>
+          <t>UA56060450520059042</t>
+        </is>
+      </c>
+      <c r="M366" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Рівненський р-н, с. Українка</t>
+        </is>
+      </c>
       <c r="N366" s="7"/>
       <c r="O366" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P366" s="4"/>
       <c r="Q366" s="4"/>
       <c r="R366" s="4"/>
-      <c r="S366" s="4"/>
+      <c r="S366" s="4" t="inlineStr">
+        <is>
+          <t>dmzchaika@ucoz.ua</t>
+        </is>
+      </c>
       <c r="T366" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X366" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y366" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад дитячий садок "Чайка" Української сільської ради Острозького району Рівненської обл.</t>
+          <t>Федорівський заклад дошкільної освіти (дитячий садок) «Сонечко» Гощанської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B367" s="5" t="n">
-        <v>171652</v>
-[...1 lines deleted...]
-      <c r="C367" s="6"/>
+        <v>171638</v>
+      </c>
+      <c r="C367" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D367" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ дитячий садок "Чайка"</t>
+          <t>ЗДО "Сонечко"</t>
         </is>
       </c>
       <c r="E367" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F367" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G367" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H367" s="6" t="inlineStr">
         <is>
-          <t>5624288001</t>
+          <t>5621288901</t>
         </is>
       </c>
       <c r="I367" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J367" s="4" t="inlineStr">
         <is>
-          <t>с. Українка, Острозький район, Рівненська область</t>
+          <t>с. Федорівка, Гощанський район, Рівненська область</t>
         </is>
       </c>
       <c r="K367" s="4" t="inlineStr">
         <is>
-          <t>вулиця Будьонного, 32</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L367" s="6" t="inlineStr">
         <is>
-          <t>UA56060450520059042</t>
+          <t>UA56060170370090043</t>
         </is>
       </c>
       <c r="M367" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Українка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Федорівка</t>
         </is>
       </c>
       <c r="N367" s="7"/>
       <c r="O367" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P367" s="4"/>
+          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
+        </is>
+      </c>
+      <c r="P367" s="4" t="inlineStr">
+        <is>
+          <t>(068)0352789</t>
+        </is>
+      </c>
       <c r="Q367" s="4"/>
-      <c r="R367" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R367" s="4" t="inlineStr">
+        <is>
+          <t>fedorivka11@ukr.net</t>
+        </is>
+      </c>
+      <c r="S367" s="4"/>
       <c r="T367" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t> Сокотун Марія Василівна</t>
         </is>
       </c>
       <c r="U367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X367" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y367" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="4" t="inlineStr">
         <is>
-          <t>Федорівський заклад дошкільної освіти (дитячий садок) «Сонечко» Гощанської селищної ради Рівненської області</t>
+          <t>Франівський заклад дошкільної освіти (ясла-садок) "Сонечко" Гощанської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B368" s="5" t="n">
-        <v>171638</v>
+        <v>171637</v>
       </c>
       <c r="C368" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D368" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "Сонечко"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЗДО "СОНЕЧКО"</t>
+        </is>
+      </c>
+      <c r="E368" s="4"/>
       <c r="F368" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G368" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H368" s="6" t="inlineStr">
         <is>
-          <t>5621288901</t>
+          <t>5621287503</t>
         </is>
       </c>
       <c r="I368" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J368" s="4" t="inlineStr">
         <is>
-          <t>с. Федорівка, Гощанський район, Рівненська область</t>
+          <t>с. Франівка, Гощанський район, Рівненська область</t>
         </is>
       </c>
       <c r="K368" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Тополева, 2</t>
         </is>
       </c>
       <c r="L368" s="6" t="inlineStr">
         <is>
-          <t>UA56060170370090043</t>
+          <t>UA56060170380098807</t>
         </is>
       </c>
       <c r="M368" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Федорівка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Франівка</t>
         </is>
       </c>
       <c r="N368" s="7"/>
       <c r="O368" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="P368" s="4" t="inlineStr">
         <is>
-          <t>(068)0352789</t>
+          <t>(097)5574439</t>
         </is>
       </c>
       <c r="Q368" s="4"/>
       <c r="R368" s="4" t="inlineStr">
         <is>
-          <t>fedorivka11@ukr.net</t>
+          <t>sonechkofranivka@ukr.net</t>
         </is>
       </c>
       <c r="S368" s="4"/>
       <c r="T368" s="4" t="inlineStr">
         <is>
-          <t> Сокотун Марія Василівна</t>
+          <t> Самолюк Світлана</t>
         </is>
       </c>
       <c r="U368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X368" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y368" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="4" t="inlineStr">
         <is>
-          <t>Франівський заклад дошкільної освіти (ясла-садок) "Сонечко" Гощанської селищної ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад "Барвінок" Харалузької сільської ради</t>
         </is>
       </c>
       <c r="B369" s="5" t="n">
-        <v>171637</v>
-[...5 lines deleted...]
-      </c>
+        <v>171757</v>
+      </c>
+      <c r="C369" s="6"/>
       <c r="D369" s="4" t="inlineStr">
         <is>
-          <t>ЗДО "СОНЕЧКО"</t>
-[...2 lines deleted...]
-      <c r="E369" s="4"/>
+          <t>Дошкільний навчальний заклад"Барвінок" Харалузької сільської ради</t>
+        </is>
+      </c>
+      <c r="E369" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
       <c r="F369" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G369" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H369" s="6" t="inlineStr">
         <is>
-          <t>5621287503</t>
+          <t>5623088401</t>
         </is>
       </c>
       <c r="I369" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J369" s="4" t="inlineStr">
         <is>
-          <t>с. Франівка, Гощанський район, Рівненська область</t>
+          <t>с. Харалуг, Корецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K369" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тополева, 2</t>
+          <t>вулиця Зелена, 7</t>
         </is>
       </c>
       <c r="L369" s="6" t="inlineStr">
         <is>
-          <t>UA56060170380098807</t>
+          <t>UA56060310330094107</t>
         </is>
       </c>
       <c r="M369" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Франівка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Харалуг</t>
         </is>
       </c>
       <c r="N369" s="7"/>
       <c r="O369" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Гощанської селищної ради Рівненської області</t>
+          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P369" s="4" t="inlineStr">
         <is>
-          <t>(097)5574439</t>
+          <t>(068)5394722</t>
         </is>
       </c>
       <c r="Q369" s="4"/>
       <c r="R369" s="4" t="inlineStr">
         <is>
-          <t>sonechkofranivka@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S369" s="4"/>
+          <t>yanadowgaluk1@gmail.com</t>
+        </is>
+      </c>
+      <c r="S369" s="4" t="inlineStr">
+        <is>
+          <t>dnz-barvinok-kharaluzkoji-silskoji-radi.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T369" s="4" t="inlineStr">
         <is>
-          <t> Самолюк Світлана</t>
+          <t> </t>
         </is>
       </c>
       <c r="U369" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V369" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W369" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X369" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y369" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Барвінок" Харалузької сільської ради</t>
+          <t>Дошкільний навчальний заклад ясла-садок "Золоте зернятко" Хорівської сільської ради</t>
         </is>
       </c>
       <c r="B370" s="5" t="n">
-        <v>171757</v>
+        <v>171655</v>
       </c>
       <c r="C370" s="6"/>
       <c r="D370" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад"Барвінок" Харалузької сільської ради</t>
+          <t>ДНЗ ясла-садок "Золоте зернятко"</t>
         </is>
       </c>
       <c r="E370" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F370" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G370" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H370" s="6" t="inlineStr">
         <is>
-          <t>5623088401</t>
+          <t>5624288801</t>
         </is>
       </c>
       <c r="I370" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J370" s="4" t="inlineStr">
         <is>
-          <t>с. Харалуг, Корецький район, Рівненська область</t>
+          <t>с. Хорів, Острозький район, Рівненська область</t>
         </is>
       </c>
       <c r="K370" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелена, 7</t>
+          <t>вулиця Шкільна, 10</t>
         </is>
       </c>
       <c r="L370" s="6" t="inlineStr">
         <is>
-          <t>UA56060310330094107</t>
+          <t>UA56060450530060525</t>
         </is>
       </c>
       <c r="M370" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Харалуг</t>
+          <t>Рівненська обл., Рівненський р-н, с. Хорів</t>
         </is>
       </c>
       <c r="N370" s="7"/>
       <c r="O370" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P370" s="4"/>
       <c r="Q370" s="4"/>
       <c r="R370" s="4" t="inlineStr">
         <is>
-          <t>yanadowgaluk1@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>khoriv_sadochok@i.ua</t>
+        </is>
+      </c>
+      <c r="S370" s="4"/>
       <c r="T370" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U370" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V370" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W370" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X370" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y370" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ясла-садок "Золоте зернятко" Хорівської сільської ради</t>
+          <t>Хорупанський заклад дошкільної освіти дитячий ясла-садок "Лелека" Бокіймівської сільської ради Млинівського району Рівненської області</t>
         </is>
       </c>
       <c r="B371" s="5" t="n">
-        <v>171655</v>
+        <v>171521</v>
       </c>
       <c r="C371" s="6"/>
       <c r="D371" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ ясла-садок "Золоте зернятко"</t>
+          <t>Хорупанський ЗДО дитячий ясла-садок "Лелека"</t>
         </is>
       </c>
       <c r="E371" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F371" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G371" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H371" s="6" t="inlineStr">
         <is>
-          <t>5624288801</t>
+          <t>5623889401</t>
         </is>
       </c>
       <c r="I371" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J371" s="4" t="inlineStr">
         <is>
-          <t>с. Хорів, Острозький район, Рівненська область</t>
+          <t>с. Хорупань, Млинівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K371" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 10</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Незалежності, 64</t>
+        </is>
+      </c>
+      <c r="L371" s="6"/>
+      <c r="M371" s="4"/>
       <c r="N371" s="7"/>
       <c r="O371" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P371" s="4"/>
       <c r="Q371" s="4"/>
       <c r="R371" s="4" t="inlineStr">
         <is>
-          <t>khoriv_sadochok@i.ua</t>
+          <t>leleka1975@ukr.net</t>
         </is>
       </c>
       <c r="S371" s="4"/>
       <c r="T371" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U371" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V371" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W371" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X371" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y371" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="4" t="inlineStr">
         <is>
-          <t>Хорупанський заклад дошкільної освіти дитячий ясла-садок "Лелека" Бокіймівської сільської ради Млинівського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад дитячий садок "Дзвіночок" с.Хотин Прислуцької сільської ради Березнівського району Рівненської області</t>
         </is>
       </c>
       <c r="B372" s="5" t="n">
-        <v>171521</v>
+        <v>171494</v>
       </c>
       <c r="C372" s="6"/>
       <c r="D372" s="4" t="inlineStr">
         <is>
-          <t>Хорупанський ЗДО дитячий ясла-садок "Лелека"</t>
+          <t>ДНЗ "Дзвіночок" с.Хотин</t>
         </is>
       </c>
       <c r="E372" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F372" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G372" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H372" s="6" t="inlineStr">
         <is>
-          <t>5623889401</t>
+          <t>5620488303</t>
         </is>
       </c>
       <c r="I372" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J372" s="4" t="inlineStr">
         <is>
-          <t>с. Хорупань, Млинівський район, Рівненська область</t>
+          <t>с. Хотин, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K372" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 64</t>
-[...3 lines deleted...]
-      <c r="M372" s="4"/>
+          <t>вулиця Поліська, 72а</t>
+        </is>
+      </c>
+      <c r="L372" s="6" t="inlineStr">
+        <is>
+          <t>UA56060030340057233</t>
+        </is>
+      </c>
+      <c r="M372" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Рівненський р-н, с. Хотин</t>
+        </is>
+      </c>
       <c r="N372" s="7"/>
       <c r="O372" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P372" s="4"/>
       <c r="Q372" s="4"/>
-      <c r="R372" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R372" s="4"/>
       <c r="S372" s="4"/>
       <c r="T372" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U372" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V372" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W372" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X372" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y372" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад дитячий садок "Дзвіночок" с.Хотин Прислуцької сільської ради Березнівського району Рівненської області</t>
+          <t>Хрінницький заклад дошкільної освіти (дитячий садок) "Сонечко" Демидівської селищної ради Рівненської області</t>
         </is>
       </c>
       <c r="B373" s="5" t="n">
-        <v>171494</v>
+        <v>173698</v>
       </c>
       <c r="C373" s="6"/>
       <c r="D373" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Дзвіночок" с.Хотин</t>
+          <t>Хрінницький ЗДО(дитячий садок) "Сонечко"</t>
         </is>
       </c>
       <c r="E373" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F373" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G373" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H373" s="6" t="inlineStr">
         <is>
-          <t>5620488303</t>
+          <t>5621485512</t>
         </is>
       </c>
       <c r="I373" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J373" s="4" t="inlineStr">
         <is>
-          <t>с. Хотин, Березнівський район, Рівненська область</t>
+          <t>с. Хрінники, Демидівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K373" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поліська, 72а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вулиця Шкільна, 4</t>
+        </is>
+      </c>
+      <c r="L373" s="6"/>
+      <c r="M373" s="4"/>
       <c r="N373" s="7"/>
       <c r="O373" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P373" s="4"/>
+      <c r="P373" s="4" t="inlineStr">
+        <is>
+          <t>380985333870</t>
+        </is>
+      </c>
       <c r="Q373" s="4"/>
-      <c r="R373" s="4"/>
+      <c r="R373" s="4" t="inlineStr">
+        <is>
+          <t>Kivachuk05@gmail.com</t>
+        </is>
+      </c>
       <c r="S373" s="4"/>
       <c r="T373" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U373" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V373" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W373" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X373" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y373" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="4" t="inlineStr">
         <is>
-          <t>Хрінницький заклад дошкільної освіти (дитячий садок) "Сонечко" Демидівської селищної ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Сонечко"с. Цепцевичі з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
         </is>
       </c>
       <c r="B374" s="5" t="n">
-        <v>173698</v>
+        <v>174364</v>
       </c>
       <c r="C374" s="6"/>
       <c r="D374" s="4" t="inlineStr">
         <is>
-          <t>Хрінницький ЗДО(дитячий садок) "Сонечко"</t>
+          <t>ДНЗ "Сонечко" с. Цепцевичі</t>
         </is>
       </c>
       <c r="E374" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F374" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G374" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H374" s="6" t="inlineStr">
         <is>
-          <t>5621485512</t>
+          <t>5625487604</t>
         </is>
       </c>
       <c r="I374" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J374" s="4" t="inlineStr">
         <is>
-          <t>с. Хрінники, Демидівський район, Рівненська область</t>
+          <t>с. Цепцевичі, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K374" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 4</t>
-[...3 lines deleted...]
-      <c r="M374" s="4"/>
+          <t>вулиця Центральна, 56</t>
+        </is>
+      </c>
+      <c r="L374" s="6" t="inlineStr">
+        <is>
+          <t>UA56080170340042029</t>
+        </is>
+      </c>
+      <c r="M374" s="4" t="inlineStr">
+        <is>
+          <t>Рівненська обл., Сарненський р-н, с. Цепцевичі</t>
+        </is>
+      </c>
       <c r="N374" s="7"/>
       <c r="O374" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P374" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P374" s="4"/>
       <c r="Q374" s="4"/>
-      <c r="R374" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R374" s="4"/>
       <c r="S374" s="4"/>
       <c r="T374" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U374" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V374" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W374" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X374" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y374" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Сонечко"с. Цепцевичі з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Котигорошко" с. Чемерне,з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
         </is>
       </c>
       <c r="B375" s="5" t="n">
-        <v>174364</v>
+        <v>174770</v>
       </c>
       <c r="C375" s="6"/>
       <c r="D375" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Сонечко" с. Цепцевичі</t>
+          <t>ДНЗ "Котигорошко" с. Чемерне</t>
         </is>
       </c>
       <c r="E375" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F375" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G375" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H375" s="6" t="inlineStr">
         <is>
-          <t>5625487604</t>
+          <t>5625487605</t>
         </is>
       </c>
       <c r="I375" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J375" s="4" t="inlineStr">
         <is>
-          <t>с. Цепцевичі, Сарненський район, Рівненська область</t>
+          <t>с-ще Чемерне, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K375" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 56</t>
+          <t>вулиця Центральна, 2г</t>
         </is>
       </c>
       <c r="L375" s="6" t="inlineStr">
         <is>
-          <t>UA56080170340042029</t>
+          <t>UA56080170360037359</t>
         </is>
       </c>
       <c r="M375" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Цепцевичі</t>
+          <t>Рівненська обл., Сарненський р-н, с-ще Чемерне</t>
         </is>
       </c>
       <c r="N375" s="7"/>
       <c r="O375" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P375" s="4"/>
       <c r="Q375" s="4"/>
       <c r="R375" s="4"/>
       <c r="S375" s="4"/>
       <c r="T375" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U375" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V375" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W375" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X375" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y375" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Котигорошко" с. Чемерне,з короткотривалим перебуванням дітей, комунальної власності Тутовицької сільської ради</t>
+          <t>Дошкільний навчальний заклад "Берізка" с.Черниця Бриківської сільської ради Корецького району</t>
         </is>
       </c>
       <c r="B376" s="5" t="n">
-        <v>174770</v>
+        <v>171753</v>
       </c>
       <c r="C376" s="6"/>
       <c r="D376" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Котигорошко" с. Чемерне</t>
+          <t>ДНЗ "Берізка" с.Черниця</t>
         </is>
       </c>
       <c r="E376" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F376" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G376" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H376" s="6" t="inlineStr">
         <is>
-          <t>5625487605</t>
+          <t>5623080403</t>
         </is>
       </c>
       <c r="I376" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J376" s="4" t="inlineStr">
         <is>
-          <t>с-ще Чемерне, Сарненський район, Рівненська область</t>
+          <t>с. Черниця, Корецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K376" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2г</t>
+          <t>вулиця Новосілка, 2</t>
         </is>
       </c>
       <c r="L376" s="6" t="inlineStr">
         <is>
-          <t>UA56080170360037359</t>
+          <t>UA56060310340056720</t>
         </is>
       </c>
       <c r="M376" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с-ще Чемерне</t>
+          <t>Рівненська обл., Рівненський р-н, с. Черниця</t>
         </is>
       </c>
       <c r="N376" s="7"/>
       <c r="O376" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P376" s="4"/>
       <c r="Q376" s="4"/>
       <c r="R376" s="4"/>
       <c r="S376" s="4"/>
       <c r="T376" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U376" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V376" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W376" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X376" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y376" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад "Берізка" с.Черниця Бриківської сільської ради Корецького району</t>
+          <t>Дошкільний навчальний заклад (дитячий садок)"Казка" с. Чудель, комунальної власності Вирівської сільської ради</t>
         </is>
       </c>
       <c r="B377" s="5" t="n">
-        <v>171753</v>
+        <v>171259</v>
       </c>
       <c r="C377" s="6"/>
       <c r="D377" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Берізка" с.Черниця</t>
+          <t>ДНЗ "Казка" с. Чудель</t>
         </is>
       </c>
       <c r="E377" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F377" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G377" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H377" s="6" t="inlineStr">
         <is>
-          <t>5623080403</t>
+          <t>5625488801</t>
         </is>
       </c>
       <c r="I377" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J377" s="4" t="inlineStr">
         <is>
-          <t>с. Черниця, Корецький район, Рівненська область</t>
+          <t>с. Чудель, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K377" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новосілка, 2</t>
+          <t>вулиця Нова, 1а</t>
         </is>
       </c>
       <c r="L377" s="6" t="inlineStr">
         <is>
-          <t>UA56060310340056720</t>
+          <t>UA56080030100066251</t>
         </is>
       </c>
       <c r="M377" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Черниця</t>
+          <t>Рівненська обл., Сарненський р-н, с. Чудель</t>
         </is>
       </c>
       <c r="N377" s="7"/>
       <c r="O377" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P377" s="4"/>
       <c r="Q377" s="4"/>
       <c r="R377" s="4"/>
       <c r="S377" s="4"/>
       <c r="T377" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U377" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V377" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W377" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X377" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y377" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок)"Казка" с. Чудель, комунальної власності Вирівської сільської ради</t>
+          <t>Шубківський дошкільний навчальний заклад ясла-садок Шубківської сільської ради Рівненського району Рівненської області</t>
         </is>
       </c>
       <c r="B378" s="5" t="n">
-        <v>171259</v>
+        <v>174962</v>
       </c>
       <c r="C378" s="6"/>
       <c r="D378" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Казка" с. Чудель</t>
+          <t>Шубківський ДНЗ</t>
         </is>
       </c>
       <c r="E378" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F378" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G378" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H378" s="6" t="inlineStr">
         <is>
-          <t>5625488801</t>
+          <t>5624689801</t>
         </is>
       </c>
       <c r="I378" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J378" s="4" t="inlineStr">
         <is>
-          <t>с. Чудель, Сарненський район, Рівненська область</t>
+          <t>с. Шубків, Рівненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K378" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нова, 1а</t>
+          <t>вулиця Незалежності, 1Б</t>
         </is>
       </c>
       <c r="L378" s="6" t="inlineStr">
         <is>
-          <t>UA56080030100066251</t>
+          <t>UA56060050110023332</t>
         </is>
       </c>
       <c r="M378" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Чудель</t>
+          <t>Рівненська обл., Рівненський р-н, с. Шубків</t>
         </is>
       </c>
       <c r="N378" s="7"/>
       <c r="O378" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти Рівненської районної державної адміністрації</t>
         </is>
       </c>
       <c r="P378" s="4"/>
       <c r="Q378" s="4"/>
       <c r="R378" s="4"/>
       <c r="S378" s="4"/>
       <c r="T378" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X378" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y378" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="4" t="inlineStr">
         <is>
-          <t>Шубківський дошкільний навчальний заклад ясла-садок Шубківської сільської ради Рівненського району Рівненської області</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" Щекичинської сільської ради, Корецького району, Рівненської області</t>
         </is>
       </c>
       <c r="B379" s="5" t="n">
-        <v>174962</v>
+        <v>171755</v>
       </c>
       <c r="C379" s="6"/>
       <c r="D379" s="4" t="inlineStr">
         <is>
-          <t>Шубківський ДНЗ</t>
+          <t>ДНЗ(ясла-садок) "Веселка" c.Щекичин</t>
         </is>
       </c>
       <c r="E379" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F379" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G379" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H379" s="6" t="inlineStr">
         <is>
-          <t>5624689801</t>
+          <t>5623088801</t>
         </is>
       </c>
       <c r="I379" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J379" s="4" t="inlineStr">
         <is>
-          <t>с. Шубків, Рівненський район, Рівненська область</t>
+          <t>с. Щекичин, Корецький район, Рівненська область</t>
         </is>
       </c>
       <c r="K379" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 1Б</t>
+          <t>вулиця Центральна, 40а</t>
         </is>
       </c>
       <c r="L379" s="6" t="inlineStr">
         <is>
-          <t>UA56060050110023332</t>
+          <t>UA56060090160026652</t>
         </is>
       </c>
       <c r="M379" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Шубків</t>
+          <t>Рівненська обл., Рівненський р-н, с. Щекичин</t>
         </is>
       </c>
       <c r="N379" s="7"/>
       <c r="O379" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Рівненської районної державної адміністрації</t>
+          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
         </is>
       </c>
       <c r="P379" s="4"/>
       <c r="Q379" s="4"/>
       <c r="R379" s="4"/>
       <c r="S379" s="4"/>
       <c r="T379" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U379" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V379" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W379" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X379" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y379" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Веселка" Щекичинської сільської ради, Корецького району, Рівненської області</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) "Малятко" с.Яринівка з короткотривалим режимом роботи комунальної власності Ремчицької сільської ради</t>
         </is>
       </c>
       <c r="B380" s="5" t="n">
-        <v>171755</v>
+        <v>174360</v>
       </c>
       <c r="C380" s="6"/>
       <c r="D380" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ(ясла-садок) "Веселка" c.Щекичин</t>
+          <t>ДНЗ "Малятко" с. Яринівка</t>
         </is>
       </c>
       <c r="E380" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F380" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G380" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H380" s="6" t="inlineStr">
         <is>
-          <t>5623088801</t>
+          <t>5625485805</t>
         </is>
       </c>
       <c r="I380" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J380" s="4" t="inlineStr">
         <is>
-          <t>с. Щекичин, Корецький район, Рівненська область</t>
+          <t>с. Яринівка, Сарненський район, Рівненська область</t>
         </is>
       </c>
       <c r="K380" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 40а</t>
+          <t>вулиця Шевченка, 1</t>
         </is>
       </c>
       <c r="L380" s="6" t="inlineStr">
         <is>
-          <t>UA56060090160026652</t>
+          <t>UA56080170350056099</t>
         </is>
       </c>
       <c r="M380" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Щекичин</t>
+          <t>Рівненська обл., Сарненський р-н, с. Яринівка</t>
         </is>
       </c>
       <c r="N380" s="7"/>
       <c r="O380" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді та спорту Корецької районної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P380" s="4"/>
       <c r="Q380" s="4"/>
       <c r="R380" s="4"/>
       <c r="S380" s="4"/>
       <c r="T380" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U380" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V380" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W380" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X380" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y380" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) "Малятко" с.Яринівка з короткотривалим режимом роботи комунальної власності Ремчицької сільської ради</t>
+          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" с.Яринівка Малинської сільської ради Рівненської області</t>
         </is>
       </c>
       <c r="B381" s="5" t="n">
-        <v>174360</v>
-[...1 lines deleted...]
-      <c r="C381" s="6"/>
+        <v>171473</v>
+      </c>
+      <c r="C381" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D381" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ "Малятко" с. Яринівка</t>
+          <t>ЗДО (ясла-садок) "Сонечко" с.Яринівка</t>
         </is>
       </c>
       <c r="E381" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F381" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G381" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H381" s="6" t="inlineStr">
         <is>
-          <t>5625485805</t>
+          <t>5620489501</t>
         </is>
       </c>
       <c r="I381" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J381" s="4" t="inlineStr">
         <is>
-          <t>с. Яринівка, Сарненський район, Рівненська область</t>
+          <t>с. Яринівка, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K381" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 1</t>
+          <t>вулиця Миру, 1</t>
         </is>
       </c>
       <c r="L381" s="6" t="inlineStr">
         <is>
-          <t>UA56080170350056099</t>
+          <t>UA56060370060013490</t>
         </is>
       </c>
       <c r="M381" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Сарненський р-н, с. Яринівка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Яринівка</t>
         </is>
       </c>
       <c r="N381" s="7"/>
       <c r="O381" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P381" s="4"/>
+          <t>Відділ освіти, культури, молоді та спорту Малинської сільської ради</t>
+        </is>
+      </c>
+      <c r="P381" s="4" t="inlineStr">
+        <is>
+          <t>(068)5392056</t>
+        </is>
+      </c>
       <c r="Q381" s="4"/>
-      <c r="R381" s="4"/>
-      <c r="S381" s="4"/>
+      <c r="R381" s="4" t="inlineStr">
+        <is>
+          <t>covaltcuk@ukr.net</t>
+        </is>
+      </c>
+      <c r="S381" s="4" t="inlineStr">
+        <is>
+          <t>https://sonechkoyarinivka.wordpress.com</t>
+        </is>
+      </c>
       <c r="T381" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Ковальчук Валентина Карпівна</t>
         </is>
       </c>
       <c r="U381" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V381" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W381" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X381" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y381" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти (ясла-садок) "Сонечко" с.Яринівка Малинської сільської ради Рівненської області</t>
+          <t>Дошкільний навчальний заклад дитячий садок "Росинка" с. Яцьковичі</t>
         </is>
       </c>
       <c r="B382" s="5" t="n">
-        <v>171473</v>
-[...5 lines deleted...]
-      </c>
+        <v>171481</v>
+      </c>
+      <c r="C382" s="6"/>
       <c r="D382" s="4" t="inlineStr">
         <is>
-          <t>ЗДО (ясла-садок) "Сонечко" с.Яринівка</t>
+          <t>ДНЗ "Росинка" с. Яцьковичі</t>
         </is>
       </c>
       <c r="E382" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F382" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G382" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H382" s="6" t="inlineStr">
         <is>
-          <t>5620489501</t>
+          <t>5620489801</t>
         </is>
       </c>
       <c r="I382" s="4" t="inlineStr">
         <is>
           <t>Рівненська область</t>
         </is>
       </c>
       <c r="J382" s="4" t="inlineStr">
         <is>
-          <t>с. Яринівка, Березнівський район, Рівненська область</t>
+          <t>с. Яцьковичі, Березнівський район, Рівненська область</t>
         </is>
       </c>
       <c r="K382" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 1</t>
+          <t>вулиця Молодіжна, 7</t>
         </is>
       </c>
       <c r="L382" s="6" t="inlineStr">
         <is>
-          <t>UA56060370060013490</t>
+          <t>UA56060030370079201</t>
         </is>
       </c>
       <c r="M382" s="4" t="inlineStr">
         <is>
-          <t>Рівненська обл., Рівненський р-н, с. Яринівка</t>
+          <t>Рівненська обл., Рівненський р-н, с. Яцьковичі</t>
         </is>
       </c>
       <c r="N382" s="7"/>
       <c r="O382" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Малинської сільської ради</t>
-[...6 lines deleted...]
-      </c>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P382" s="4"/>
       <c r="Q382" s="4"/>
-      <c r="R382" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R382" s="4"/>
       <c r="S382" s="4" t="inlineStr">
         <is>
-          <t>https://sonechkoyarinivka.wordpress.com</t>
+          <t>відсутній</t>
         </is>
       </c>
       <c r="T382" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальчук Валентина Карпівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U382" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V382" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W382" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X382" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y382" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="383">
-[...99 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y383"/>
+  <autoFilter ref="A1:Y382"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>