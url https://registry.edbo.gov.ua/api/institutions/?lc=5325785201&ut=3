--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -367,51 +367,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5325785201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Федунка, Шишацький район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка, 54</t>
+          <t>вулиця Тараса Шевченка, 54</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53060330620092542</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Миргородський р-н, с. Федунка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Шишацької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)7269362</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">