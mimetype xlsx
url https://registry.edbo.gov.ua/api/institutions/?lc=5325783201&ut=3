--- v0 (2025-10-29)
+++ v1 (2026-03-12)
@@ -367,51 +367,51 @@
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5325783201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Михайлики, Шишацький район, Полтавська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 16</t>
+          <t>вулиця Ярослави Кривоніс, 16</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA53060330380053592</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Миргородський р-н, с. Михайлики</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Шишацької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05352)97640, (05352)97642</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">