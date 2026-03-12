--- v0 (2025-10-23)
+++ v1 (2026-03-12)
@@ -335,55 +335,51 @@
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Таверівська загальноосвітня школа І-ІІ ступенів Чутівської селищної ради Полтавського району Полтавської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142488</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Таверівська ЗОШ І-ІІ ступенів</t>
         </is>
       </c>
-      <c r="E2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2" s="4"/>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5325483201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Таверівка, Чутівський район, Полтавська область</t>
         </is>
       </c>