--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -618,51 +618,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Решетилівської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05363)21090</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>primary.resh@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://reshschool.kl.com.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Деркач Лариса Василівна</t>
+          <t>Директор Ніколаєнко Юлія Вікторівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>