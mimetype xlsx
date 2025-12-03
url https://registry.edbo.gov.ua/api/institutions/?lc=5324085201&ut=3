--- v0 (2025-10-17)
+++ v1 (2025-12-03)
@@ -397,51 +397,55 @@
           <t>UA53080370470068163</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Супрунівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0532)557149</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>syprynovka@meta.ua</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/schoolsnvk/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Таранець Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>