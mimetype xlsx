--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Полтавська обл., Полтавський р-н, с. Абазівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Полтавської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0532)555266</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>abazivska_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://abazivka.eddy.school/</t>
+          <t>https://sites.google.com/view/abazivkaschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Косиця Надія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>