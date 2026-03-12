--- v1 (2025-12-14)
+++ v2 (2026-03-12)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Абазівська загальноосвітня школа І-ІІІ ступенів Полтавської міської ради</t>
+          <t>Абазівська гімназія Полтавської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140159</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Абазівська ЗОШ І-ІІІ ступенів</t>
+          <t>Абазівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5324080101</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Полтавська область</t>